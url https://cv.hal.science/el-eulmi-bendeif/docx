--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> EL-EULMI BENDEIF </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">el-eulmi-bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6187-9889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">112293530</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de Conférences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de Cristallographie, Résonance Magnétique et Modélisation (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">) de l'Université de Lorraine (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UL</w:t></w:r></w:hyperlink><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités Pédagogiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements à la </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faculté des Sciences et Technologies (FST)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  (du L1 au M2): Optique et Imagerie; Electrostatique; Cristallographie; diffraction et diffusion des rayons X.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements à la (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faculté de Médecine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, de </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et à </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polytech Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">): Radoactivité; Electrostatique & Magnétostatique; Ondes Acoustiques & psychoacoustique; Mécanique des fluides.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Formation des jeunes chercheurs Africains à travers l’action Internationale intitulée </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« International IUCr-UNESCO OpenLabs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o Mes activités de recherche sont réalisées au Laboratoire  </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du Pôle Scientifique </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CPM </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">(Chimie et Physique Moléculaire).o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Caractérisation structurale multi-échelles de Matériaux et nanomatériaux Moléculaires Fonctionnels.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches & Méthodologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Photo-Cristallographie & Nanocristallographie.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Matériaux et nanomatériaux photo-actifs; biomatériaux pour la santé.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités en Recherche et Rayonnement Scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :	: Membre du Comité </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe-Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> dans le cadre du </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consortium LEAPS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">League of European Accelerator-based Photon Sources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">).o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :	Membre du comité Européen </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ReMade@ARI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Research Infrastructure in Europe : Expert in X-ray diffraction and scattering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022- Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du comité de programme </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRC3</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">du synchrotron SOLEIL (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matter & Material Properties: Structure, Organisation Characterisation, Elaboration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">) .o	 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Co-responsable avec Pr. C. Lecomte du projet </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFRAMED</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appui à la Formation et la Recherche en Afrique par des Mesures à Distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du comité « </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IUCr-UNESCO Africa Initiative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> » .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encadrement Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : (co)-direction de : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3 stages M2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 stages M1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 stage BTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets financés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : (co)-porteur et partenaire de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">10 projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (EIC-Pathfinder, ANR, IRN, CPER, FEDER, CNRS, LUE).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux de recherche et Sociétés Savantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du réseau </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECIPROCS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de la Société Française de Physique (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de l'Association Européenne de Cristallographie (</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du réseau international des matériaux multifonctionnels à base de molécules (GDRI-MCM).o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de l'Association Française de Cristallographie (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFC</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membre fondateur de l'Association Algérienne de Cristallographie (ACA).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités Collectives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Référent réseau C'Nano EST au CRM2.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Référent réseau UL-Connect au CRM2.o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Responsable et Directeur Scientifique de la Plateforme de Mesures de Diffraction et de Diffusion des rayons X (</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PMD²X</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du Conseil de laboratoire CRM2.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Coordinateur du GDR SolvATE au laboratoire CRM2.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septembre 2009-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Maître de Conférences au Laboratoire </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Cristallographie, Résonance Magnétique et Modélisation) (UMR-CNRS 7036) de l’</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (UL) à Nancy.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007-2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Chercheur Post-Doctoral sur la ligne </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRISTAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> au </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron SOLEIL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : Contribution active à la construction et aux développements de la ligne CRISTAL.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006-2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Chercheur Post-Doctoral au sein de l'Equipe Modélisation Quantique et Cristallographique (EMQC) du laboratoire LCM3B: développement du </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">logiciel MoPro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004-2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Thèse de doctorat en physique au laboratoire de Cristallographie LCM3B (actuellement </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) à Nancy. Le sujet portait sur l’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">analyse de la densité électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">propriétés topologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour l’étude des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">systèmes moléculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">applications dans le domaine pharmaceutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002-2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Maître Assistant à l’</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Abderrahmane Mira de Béjaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Enseignant vacataire à l’</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Mentouri de Constantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Thèse de Magister en Sciences des Matériaux à l’</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Mentouri de Constantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (69)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking New Frontiers: Photo‐Isomerism and Magnetic Properties in Multifunctional Hetero‐Tetra‐Metallic Complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Suzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Forté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Malischewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202402601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral Metallic DM-EDT-TTF Radical Cation Salts: Anion Size Dependent Structural and Electronic Transitions, Charge Ordering and Chirality Induced Spin Selectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Mroweh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Auban-Senzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Rikken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daichi Hirobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 147 (31), pp.27749-27767. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.5c06549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structure and Hirshfeld surface analysis of 2-oxo-2 H -chromen-6-yl 4- tert -butylbenzoate: work carried out as part of the AFRAMED project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Kenfack Tsobnang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ziki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soso Siaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Yoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seham Kamal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 80 (2), pp.106-109. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2056989023011052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale investigation on the formation path of the apatite phase in bioactive glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Ghneim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Abou Samra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Soule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Carteret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 639, pp.123095. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2024.123095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Structure, Computational Studies and Nonlinear Optical properties of a New Organic Chalcone Crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjer Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Taboukhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyamine Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1294 (2), pp.136488. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal engineering of a new pharmaceutical polymorph of Gallic acid monohydrate: A structural comparative study and chemical computational quantum investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasreddine Ghouari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djallila Missaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (45), pp.6279-6290. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3ce00766a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383384v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Structure, Hirhfeld Surface Analysis and IR Analysis of 2-Amino-1,9-Dihydro-6H-Purin-6-One-Selenate-Water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Poyraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hannachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (7), pp.1350-1359. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0022476623070181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, characterization and structural study of new nickel(II) and mercury (II) complexes with imidazole oxime ligand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjer Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Guergouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Bensegueni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouacida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1287, pp.135674. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.135674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, catalytic activity, magnetic study and anticorrosive activity of mild steel in HCl 1 M medium of (H3dien)[Cu(NO3)(C2O4)2].2H2O. A redetermination at 100 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Akouibaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Driouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tanji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouarsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 307, pp.128130. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2023.128130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04393347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Properties of Metal–Organic Frameworks at Elevated Thermal Conditions via a Combined Density Functional Tight Binding Molecular Dynamics (DFTB MD) Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix R S Purtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Christanell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Seiwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rödl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127 (3), pp.1560-1575. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c05103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04390906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the Binary System of Proxyphylline Enantiomers: Structural Resolution and Phase Diagram Determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pinetre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina C Harfouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Brandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Sanselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.3c00922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role and Effect of Meso-Structuring Surfactants on Properties and Formation Mechanism of Microfluidic-Enabled Mesoporous Silica Microspheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Bchellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qisheng Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuming Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micromachines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (5), pp.936. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/mi14050936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of novel hybrid decavanadate material (NH4)2(H2en)2{V10O28}.4H2O: Characterization, anticorrosion and biological activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Idboumlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Driouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.F.I. Ngopoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 287, pp.126211. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2022.126211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04393343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structural elucidation, spectroscopic, Hirshfeld surface analysis and theoretical simulation of a new adeninium orthoperiodate (1−) bis(hydrate) organic–inorganic hybrid crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1224, pp.129034. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The supramolecular behavior and molecular recognition of adeninium cations on anionic hydrogen selenite/diselenite frameworks: A structural and theoretical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Yahia Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1229, pp.129836. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential scanning calorimetry and NMR study of water confined in a mesoporous bioactive glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Khoder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jawhar Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bouguet-Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gardiennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 316, pp.110922. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2021.110922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and comparative study of water confined in a mesoporous bioglass by X-ray total scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Letaief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lucas-Girot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics and Chemistry of Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (4), pp.564-574. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00319104.2020.1757094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoinduced Mo-CN bond breakage in octacyanomolybdate leading to spin triplet trapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinghui Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coen de Graaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Magott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 59 (8), pp.3117-3121. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201914527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imprinting isolated single iron atoms onto mesoporous silica by templating with metallosurfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gueddida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 573, pp.193-203. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2020.03.095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structural investigation and NLO properties of three 1,2,4-triazole Schiff bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumeya Maza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kijatkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Bouhidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1219, pp.128492. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray scattering study of water confined in bioactive glasses: experimental and simulated pair distribution function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Khoder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (5), pp.589-599. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273320007834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal structure of a new phenyl(morpholino)methanethione derivative: 4-[(morpholin-4-yl)carbothioyl]benzoic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finagnon Hyacinthe Agnimonhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Ahoussi Akanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahokannou Fernand Gbaguidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (4), pp.581-584. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2056989020003977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unprecedented reverse volume expansion in spin‐transition crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenbin Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Daro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (57), pp.12927-12930. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202001821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New architecture of organo electronic chalcones derivatives: Synthesis, crystal structures and optical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Waszkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouraiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Taboukhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 108, pp.110188. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2020.110188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, spectroscopic characterization, crystal structure, DFT studies and biological activities of new hydrazone derivative: 1-(2,5-bis((E)-4-isopropylbenzylidene)cyclopentylidene)-2-(2,4-dinitrophenyl) hydrazine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Saouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Selatnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Zouchoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Sid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saber Mustapha Zendaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1213, pp.128203. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear optical organic–inorganic crystals: synthesis, structural analysis and verification of harmonic generation in tri-( o -chloroanilinium nitrate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Athmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kijatkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 75 (1), pp.107-114. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273318014122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02319758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A structural comparative study of charge transfer compounds: Synthesis, crystal structure, IR, Raman-spectroscopy, DFT computation and hirshfeld surface analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Golea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Samai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1192, pp.132-144. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2019.04.084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a photoinduced isonitrosyl isomer in ruthenium dinitrosyl compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (38), pp.5804-5810. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CE01119F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pure, Size Tunable ZnO Nanocrystals Assembled into Large Area PMMA Layer as Efficient Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Beydoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rinnert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.162. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal9020162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Evidence of a Photoinduced Electron Transfer in Diluted “Molybdenum-Copper” Molecular Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Quatremare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jürgen von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (3-4), pp.370-377. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201700983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very Long-Lived Photogenerated High-Spin Phase of a Multistable Spin-Crossover Molecular Material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Guénée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Hauser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Javier Valverde-Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 140 (40), pp.12870-12876. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.8b06042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband Emission in a New Two-Dimensional Cd-Based Hybrid Perovskite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (4), pp.1599-1611. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.8b00052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conducting Anilate-Based Mixed-Valence Fe(II)Fe(III) Coordination Polymer: Small-Polaron Hopping Model for Oxalate-Type Fe(II)Fe(III) 2D Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suchithra Ashoka Sahadevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemi Monni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Sáenz de Pipaón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Ramón Galán-Mascarós</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 140 (39), pp.12611-12621. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.8b08032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wavelength-selective photoisomerisation of nitric oxide and nitrite in a rhodium complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.-C. Böttcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (44), pp.7100 - 7108. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8CE01345D⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hidden hysteretic behavior of a paramagnetic iron(II) network revealed by light irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Mguenar Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chastanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3-4, pp.305-313. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201701098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-house time-resolved photocrystallography on the millisecond timescale using a gated X-ray hybrid pixel area detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Parois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 73 (4), pp.696 - 707. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052520617009234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709681v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the white-light emission in the mixed two-dimensional hybrid perovskites (C6H11NH3)2[PbBr4−xIx]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 699, pp.1122-1133. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.01.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of multifunctional β-NaEuF4/NaGdF4 core–shell nanoparticles with narrow size distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilli Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorben Rinkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Voss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Chrobak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann P. Klare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.2832-2843. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5NR06915G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural analysis and IR-spectroscopy of a new anilinium hydrogenselenite hybrid compound: A subtle structural phase transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 446, pp.6-12. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ica.2016.02.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic frustration triggering photoinduced hidden hysteresis and multistability in a two-dimensional photoswitchable Hofmann-like spin-Crossover metal–organic framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Milin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Patinec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (22), pp.11652-11661. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-induced linkage NO isomers in the dinitrosyl complex [Ru(NO)(2)(PCy3)(2)Cl](BF4) identified by photocrystallography and IR-spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (38), pp.7260-7268. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6ce00735j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photocrystallography and IR spectroscopy of light-induced linkage NO isomers in [RuBr(NO)(2)(PCyp(3))(2)]BF4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna K. E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71 (6, SI), pp.788-797. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052520615018132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure determination of molecular nanocomposites by combining pair distribution function analysis and solid-state NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-Y. Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.8895. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4RA11470A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Investigation of Broadband White-Light Emission in Self-Assembled Organic-Inorganic Perovskite (C6H11NH3)(2)PbBr4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damein Garrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (41), pp.23638-23647. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b06211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of a light-induced spin transition in a Molybdenum (IV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.8229. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5CC01714A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01150666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of light-induced spin transition in molybdenum( iv )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51 (39), pp.8229-8232. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cc01714a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple light-induced NO linkage isomers in the dinitrosyl complex [RuCl(NO)(2)(PPh3)(2)]BF4 nravelled by photocrystallographic and IR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna K. E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Union of Crystallography journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (1), pp.35-44. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052252514023598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The structural properties of a noncentrosymmetric polymorph of 4-aminobenzoic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (3), pp.323-U279. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053229614002447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of two polymorphs of L-aspartic acid hydrochloride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (7), pp.689+. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053229614013163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature bistability with wide thermal hysteresis in a spin crossover silica nanocomposite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Carteret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouazaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.1933. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3tc00546a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00880310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light-Induced Bistability in the 2D Coordination Network \[Fe(bbtr)(3)][BF4](2)\(infinity): Wavelength-Selective Addressing of Molecular Spin States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pradip Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Enachescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bronisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (34), pp.11418-11428. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201301257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural reinvestigation of the photoluminescent complex [NdCl2(H2O)(6)]Cl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelatif Doudouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (9, SI), pp.1002+. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108270113021367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giant Ising-type Magnetic Anisotropy in Trigonal Bipyramidal Ni(II) Complexes : Experiment and Theory.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Ruamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.J. Batchelor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Boggio-Pasqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (8), pp.3017-3026. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja308146e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of guest molecules confined in a mesoporous silica matrix: Complementary NMR and PDF characterisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (48), pp.26132-26141. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3ra45347b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of metastable linkage NO isomers in Na2[Fe(CN)5NO]·2H2O incorporated in mesopores of silica xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lepski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (11), pp.3775-3781. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2cp23607a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can a Formally Zwitterionic Rhodium(I) Complex Emulate the Charge Density of a Cationic Rhodium(I) Complex? A Combined Synchrotron X-ray and Theoretical Charge-Density Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chérif F Matta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stradiotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fertey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 51 (6), pp.3754-3769. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic2026347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimetastability, phototrapping, and thermal trapping of a metastable commensurate superstructure in a FeII spin-crossover compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Shepherd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Guionneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (6), pp.064106. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.86.064106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00731243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffraction X haute résolution : les secrets de la liaison chimique révélés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le rayonnement synchrotron, une lumière pour comprendre la chimie, 356-357, pp.118-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyanocarbanion-based spin-crossover materials: photocrystallographic and photomagnetic studies of a new iron(II) neutral chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dupouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos J. Gómez-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (20), pp.9358-68. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic101038z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between structural studies and third order NLO properties of selected new quinolinium semi-organic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasnaa El Ouazzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 375 (1), pp.1 - 7. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemphys.2010.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following an isosymmetric phase transition by changes in bond lengths and anisotropic displacement parameters: the case of meta -carboxyphenylammonium phosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slimane Dahaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 65 (1), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108768108042298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charge Density and Electrostatic Interactions of Fidarestat, an Inhibitor of Human Aldose Reductase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Podjarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 131 (31), pp.10929-10941. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja8095015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experimental library multipolar atom model refinement of L-aspartic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jelsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.o361-o364. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108270107021671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00207553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tautomerism and hydrogen bonding in guaninium phosphite and guaninium phosphate salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section B: Structural crystallography and crystal chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.448-458. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108768107005332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00207066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experimental library multipolar atom model refinement of L-aspartic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63 (6), pp.o361-o364. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108270107021671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isostructural phase transition in m-carboxyphenylammonium monohydrogenphosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.E. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.700-709. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108768105026686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytosinium oxalate monohydrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.2755-2757. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536805023494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition and charge density study of the m-carboxyphenyl ammonium phosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.E. Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations of Crystallography [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.C425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, IR, NMR AND X-ray studies of two hybrid compounds: (NH 3C6H4COOH)+(H2PO 4)- and (NH3C6H4COOH) +(H2PO3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aouatef Cherouana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 29 (2), pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO-Au heterojunction enhanced the photoluminescence of ZnO nanocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aotmane En Naciri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Miska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isostructural phase transition in the m-carboxy phenyl ammonium monohydrogenphosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Algerian Congress of Crystallography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Constantine, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water dynamics in a mesoporous bioactive glass studied by NMR relaxometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Bchellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dorbez-Sridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromar 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size controlled photoemission and photocatalytic activity of Au-ZnO nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Beydoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Research Society (MRS) Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Boston, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Phase Transition and Nonlinear Optical Properties in P-Nitroaniline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Essaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTONMW.2008.4773107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Third order nonlinear optical properties of hybrid mono crystals with π-conjugated systems)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Sofiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Migalska-Zalas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition and charge density study of the m-carboxyphenyl ammonium phosphate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition in a new phosphite hybrid material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristallographie à haute résolution des complexes acides minéraux bases azotées ou acides aminés : Etude des interactions intermoléculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2006NAN10140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01754305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId397"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> EL-EULMI BENDEIF </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">el-eulmi-bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6187-9889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">112293530</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de Conférences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de Cristallographie, Résonance Magnétique et Modélisation (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">) de l'Université de Lorraine (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UL</w:t></w:r></w:hyperlink><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités Pédagogiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements à la </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faculté des Sciences et Technologies (FST)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  (du L1 au M2): Optique et Imagerie; Electrostatique; Cristallographie; diffraction et diffusion des rayons X.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements à la (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faculté de Médecine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, de </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et à </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polytech Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">): Radoactivité; Electrostatique & Magnétostatique; Ondes Acoustiques & psychoacoustique; Mécanique des fluides.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Formation des jeunes chercheurs Africains à travers l’action Internationale intitulée </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« International IUCr-UNESCO OpenLabs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o Mes activités de recherche sont réalisées au Laboratoire  </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du Pôle Scientifique </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CPM </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">(Chimie et Physique Moléculaire).o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Caractérisation structurale multi-échelles de Matériaux et nanomatériaux Moléculaires Fonctionnels.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches & Méthodologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Photo-Cristallographie & Nanocristallographie.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Matériaux et nanomatériaux photo-actifs; biomatériaux pour la santé.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités en Recherche et Rayonnement Scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :	: Membre du Comité </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe-Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> dans le cadre du </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consortium LEAPS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">League of European Accelerator-based Photon Sources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">).o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :	Membre du comité Européen </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ReMade@ARI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Research Infrastructure in Europe : Expert in X-ray diffraction and scattering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022- Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du comité de programme </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRC3</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">du synchrotron SOLEIL (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matter & Material Properties: Structure, Organisation Characterisation, Elaboration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">) .o	 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Co-responsable avec Pr. C. Lecomte du projet </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFRAMED</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appui à la Formation et la Recherche en Afrique par des Mesures à Distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du comité « </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IUCr-UNESCO Africa Initiative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> » .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encadrement Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : (co)-direction de : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3 stages M2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 stages M1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 stage BTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets financés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : (co)-porteur et partenaire de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">10 projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (EIC-Pathfinder, ANR, IRN, CPER, FEDER, CNRS, LUE).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux de recherche et Sociétés Savantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du réseau </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECIPROCS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de la Société Française de Physique (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de l'Association Européenne de Cristallographie (</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du réseau international des matériaux multifonctionnels à base de molécules (GDRI-MCM).o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre de l'Association Française de Cristallographie (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFC</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membre fondateur de l'Association Algérienne de Cristallographie (ACA).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités Collectives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Référent réseau C'Nano EST au CRM2.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Référent réseau UL-Connect au CRM2.o </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Responsable et Directeur Scientifique de la Plateforme de Mesures de Diffraction et de Diffusion des rayons X (</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PMD²X</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Membre du Conseil de laboratoire CRM2.o	</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Coordinateur du GDR SolvATE au laboratoire CRM2.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septembre 2009-Présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Maître de Conférences au Laboratoire </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Cristallographie, Résonance Magnétique et Modélisation) (UMR-CNRS 7036) de l’</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (UL) à Nancy.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007-2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Chercheur Post-Doctoral sur la ligne </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRISTAL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> au </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron SOLEIL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : Contribution active à la construction et aux développements de la ligne CRISTAL.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006-2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Chercheur Post-Doctoral au sein de l'Equipe Modélisation Quantique et Cristallographique (EMQC) du laboratoire LCM3B: développement du </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">logiciel MoPro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004-2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Thèse de doctorat en physique au laboratoire de Cristallographie LCM3B (actuellement </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRM2</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) à Nancy. Le sujet portait sur l’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">analyse de la densité électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">propriétés topologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> pour l’étude des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">systèmes moléculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">applications dans le domaine pharmaceutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002-2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Maître Assistant à l’</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Abderrahmane Mira de Béjaia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Enseignant vacataire à l’</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Mentouri de Constantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Thèse de Magister en Sciences des Matériaux à l’</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Mentouri de Constantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Algérie).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (69)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking New Frontiers: Photo‐Isomerism and Magnetic Properties in Multifunctional Hetero‐Tetra‐Metallic Complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Suzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Forté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Malischewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202402601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral Metallic DM-EDT-TTF Radical Cation Salts: Anion Size Dependent Structural and Electronic Transitions, Charge Ordering and Chirality Induced Spin Selectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Mroweh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Auban-Senzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Rikken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daichi Hirobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 147 (31), pp.27749-27767. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.5c06549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structure and Hirshfeld surface analysis of 2-oxo-2 H -chromen-6-yl 4- tert -butylbenzoate: work carried out as part of the AFRAMED project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Kenfack Tsobnang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ziki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soso Siaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Yoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seham Kamal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 80 (2), pp.106-109. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2056989023011052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale investigation on the formation path of the apatite phase in bioactive glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Ghneim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Abou Samra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Soule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Carteret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 639, pp.123095. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2024.123095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, characterization and structural study of new nickel(II) and mercury (II) complexes with imidazole oxime ligand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjer Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Guergouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Bensegueni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouacida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1287, pp.135674. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.135674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Structure, Hirhfeld Surface Analysis and IR Analysis of 2-Amino-1,9-Dihydro-6H-Purin-6-One-Selenate-Water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Poyraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hannachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (7), pp.1350-1359. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0022476623070181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal engineering of a new pharmaceutical polymorph of Gallic acid monohydrate: A structural comparative study and chemical computational quantum investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasreddine Ghouari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djallila Missaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (45), pp.6279-6290. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3ce00766a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383384v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Structure, Computational Studies and Nonlinear Optical properties of a New Organic Chalcone Crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjer Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Taboukhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyamine Messaadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1294 (2), pp.136488. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, catalytic activity, magnetic study and anticorrosive activity of mild steel in HCl 1 M medium of (H3dien)[Cu(NO3)(C2O4)2].2H2O. A redetermination at 100 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Akouibaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Driouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tanji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ouarsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 307, pp.128130. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2023.128130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04393347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Properties of Metal–Organic Frameworks at Elevated Thermal Conditions via a Combined Density Functional Tight Binding Molecular Dynamics (DFTB MD) Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix R S Purtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Christanell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Seiwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rödl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127 (3), pp.1560-1575. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c05103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04390906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the Binary System of Proxyphylline Enantiomers: Structural Resolution and Phase Diagram Determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pinetre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina C Harfouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Brandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Sanselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.3c00922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role and Effect of Meso-Structuring Surfactants on Properties and Formation Mechanism of Microfluidic-Enabled Mesoporous Silica Microspheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Bchellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qisheng Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuming Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micromachines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (5), pp.936. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/mi14050936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of novel hybrid decavanadate material (NH4)2(H2en)2{V10O28}.4H2O: Characterization, anticorrosion and biological activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Idboumlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Driouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.F.I. Ngopoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 287, pp.126211. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2022.126211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04393343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential scanning calorimetry and NMR study of water confined in a mesoporous bioactive glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Khoder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jawhar Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bouguet-Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gardiennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 316, pp.110922. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2021.110922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structural elucidation, spectroscopic, Hirshfeld surface analysis and theoretical simulation of a new adeninium orthoperiodate (1−) bis(hydrate) organic–inorganic hybrid crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1224, pp.129034. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The supramolecular behavior and molecular recognition of adeninium cations on anionic hydrogen selenite/diselenite frameworks: A structural and theoretical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Yahia Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1229, pp.129836. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.129836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and comparative study of water confined in a mesoporous bioglass by X-ray total scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Letaief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lucas-Girot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics and Chemistry of Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (4), pp.564-574. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00319104.2020.1757094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, structural investigation and NLO properties of three 1,2,4-triazole Schiff bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumeya Maza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kijatkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Bouhidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1219, pp.128492. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoinduced Mo-CN bond breakage in octacyanomolybdate leading to spin triplet trapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinghui Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coen de Graaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Magott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 59 (8), pp.3117-3121. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201914527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imprinting isolated single iron atoms onto mesoporous silica by templating with metallosurfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gueddida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 573, pp.193-203. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2020.03.095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02560219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray scattering study of water confined in bioactive glasses: experimental and simulated pair distribution function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Khoder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (5), pp.589-599. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273320007834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal structure of a new phenyl(morpholino)methanethione derivative: 4-[(morpholin-4-yl)carbothioyl]benzoic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finagnon Hyacinthe Agnimonhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Ahoussi Akanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahokannou Fernand Gbaguidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (4), pp.581-584. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2056989020003977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unprecedented reverse volume expansion in spin‐transition crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenbin Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Daro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (57), pp.12927-12930. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202001821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New architecture of organo electronic chalcones derivatives: Synthesis, crystal structures and optical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Belahlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Waszkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouraiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Taboukhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 108, pp.110188. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2020.110188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, spectroscopic characterization, crystal structure, DFT studies and biological activities of new hydrazone derivative: 1-(2,5-bis((E)-4-isopropylbenzylidene)cyclopentylidene)-2-(2,4-dinitrophenyl) hydrazine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Saouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Selatnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Zouchoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Sid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saber Mustapha Zendaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1213, pp.128203. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a photoinduced isonitrosyl isomer in ruthenium dinitrosyl compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (38), pp.5804-5810. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CE01119F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A structural comparative study of charge transfer compounds: Synthesis, crystal structure, IR, Raman-spectroscopy, DFT computation and hirshfeld surface analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Falek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Golea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Samai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1192, pp.132-144. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2019.04.084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear optical organic–inorganic crystals: synthesis, structural analysis and verification of harmonic generation in tri-( o -chloroanilinium nitrate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Athmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kijatkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 75 (1), pp.107-114. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273318014122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02319758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pure, Size Tunable ZnO Nanocrystals Assembled into Large Area PMMA Layer as Efficient Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Beydoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rinnert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.162. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal9020162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Evidence of a Photoinduced Electron Transfer in Diluted “Molybdenum-Copper” Molecular Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Quatremare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jürgen von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (3-4), pp.370-377. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201700983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very Long-Lived Photogenerated High-Spin Phase of a Multistable Spin-Crossover Molecular Material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Guénée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Hauser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Javier Valverde-Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 140 (40), pp.12870-12876. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.8b06042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband Emission in a New Two-Dimensional Cd-Based Hybrid Perovskite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (4), pp.1599-1611. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.8b00052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conducting Anilate-Based Mixed-Valence Fe(II)Fe(III) Coordination Polymer: Small-Polaron Hopping Model for Oxalate-Type Fe(II)Fe(III) 2D Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suchithra Ashoka Sahadevan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Abhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemi Monni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Sáenz de Pipaón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Ramón Galán-Mascarós</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 140 (39), pp.12611-12621. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.8b08032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wavelength-selective photoisomerisation of nitric oxide and nitrite in a rhodium complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.-C. Böttcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (44), pp.7100 - 7108. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8CE01345D⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hidden hysteretic behavior of a paramagnetic iron(II) network revealed by light irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Mguenar Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chastanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3-4, pp.305-313. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201701098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-house time-resolved photocrystallography on the millisecond timescale using a gated X-ray hybrid pixel area detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Parois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 73 (4), pp.696 - 707. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052520617009234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709681v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the white-light emission in the mixed two-dimensional hybrid perovskites (C6H11NH3)2[PbBr4−xIx]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymen Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 699, pp.1122-1133. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.01.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural analysis and IR-spectroscopy of a new anilinium hydrogenselenite hybrid compound: A subtle structural phase transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 446, pp.6-12. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ica.2016.02.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic frustration triggering photoinduced hidden hysteresis and multistability in a two-dimensional photoswitchable Hofmann-like spin-Crossover metal–organic framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Milin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Patinec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (22), pp.11652-11661. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b01081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of multifunctional β-NaEuF4/NaGdF4 core–shell nanoparticles with narrow size distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilli Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorben Rinkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Voss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Chrobak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann P. Klare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.2832-2843. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5NR06915G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-induced linkage NO isomers in the dinitrosyl complex [Ru(NO)(2)(PCy3)(2)Cl](BF4) identified by photocrystallography and IR-spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (38), pp.7260-7268. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6ce00735j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Investigation of Broadband White-Light Emission in Self-Assembled Organic-Inorganic Perovskite (C6H11NH3)(2)PbBr4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damein Garrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (41), pp.23638-23647. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b06211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure determination of molecular nanocomposites by combining pair distribution function analysis and solid-state NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-Y. Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.8895. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4RA11470A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photocrystallography and IR spectroscopy of light-induced linkage NO isomers in [RuBr(NO)(2)(PCyp(3))(2)]BF4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna K. E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71 (6, SI), pp.788-797. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052520615018132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of a light-induced spin transition in a Molybdenum (IV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.8229. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5CC01714A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01150666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of light-induced spin transition in molybdenum( iv )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. von Bardeleben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51 (39), pp.8229-8232. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cc01714a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple light-induced NO linkage isomers in the dinitrosyl complex [RuCl(NO)(2)(PPh3)(2)]BF4 nravelled by photocrystallographic and IR analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Casaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna K. E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Union of Crystallography journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (1), pp.35-44. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2052252514023598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The structural properties of a noncentrosymmetric polymorph of 4-aminobenzoic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (3), pp.323-U279. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053229614002447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of two polymorphs of L-aspartic acid hydrochloride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radhwane Takouachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (7), pp.689+. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053229614013163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01521183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature bistability with wide thermal hysteresis in a spin crossover silica nanocomposite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Carteret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouazaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.1933. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3tc00546a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00880310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light-Induced Bistability in the 2D Coordination Network \[Fe(bbtr)(3)][BF4](2)\(infinity): Wavelength-Selective Addressing of Molecular Spin States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pradip Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Enachescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bronisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (34), pp.11418-11428. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201301257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural reinvestigation of the photoluminescent complex [NdCl2(H2O)(6)]Cl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelatif Doudouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Schaniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (9, SI), pp.1002+. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108270113021367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of guest molecules confined in a mesoporous silica matrix: Complementary NMR and PDF characterisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Woike</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (48), pp.26132-26141. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3ra45347b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giant Ising-type Magnetic Anisotropy in Trigonal Bipyramidal Ni(II) Complexes : Experiment and Theory.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Ruamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.J. Batchelor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Boggio-Pasqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (8), pp.3017-3026. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja308146e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of metastable linkage NO isomers in Na2[Fe(CN)5NO]·2H2O incorporated in mesopores of silica xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lepski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-Ying Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (11), pp.3775-3781. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2cp23607a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can a Formally Zwitterionic Rhodium(I) Complex Emulate the Charge Density of a Cationic Rhodium(I) Complex? A Combined Synchrotron X-ray and Theoretical Charge-Density Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chérif F Matta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stradiotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fertey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 51 (6), pp.3754-3769. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic2026347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimetastability, phototrapping, and thermal trapping of a metastable commensurate superstructure in a FeII spin-crossover compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Shepherd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Guionneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (6), pp.064106. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.86.064106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00731243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffraction X haute résolution : les secrets de la liaison chimique révélés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le rayonnement synchrotron, une lumière pour comprendre la chimie, 356-357, pp.118-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyanocarbanion-based spin-crossover materials: photocrystallographic and photomagnetic studies of a new iron(II) neutral chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dupouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Triki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos J. Gómez-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (20), pp.9358-68. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic101038z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between structural studies and third order NLO properties of selected new quinolinium semi-organic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasnaa El Ouazzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 375 (1), pp.1 - 7. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemphys.2010.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following an isosymmetric phase transition by changes in bond lengths and anisotropic displacement parameters: the case of meta -carboxyphenylammonium phosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slimane Dahaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 65 (1), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108768108042298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charge Density and Electrostatic Interactions of Fidarestat, an Inhibitor of Human Aldose Reductase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Podjarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 131 (31), pp.10929-10941. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja8095015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tautomerism and hydrogen bonding in guaninium phosphite and guaninium phosphate salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta crystallographica Section B: Structural crystallography and crystal chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.448-458. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108768107005332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00207066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experimental library multipolar atom model refinement of L-aspartic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jelsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63, pp.o361-o364. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108270107021671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00207553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experimental library multipolar atom model refinement of L-aspartic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jelsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section C : Crystal Structure Communications [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63 (6), pp.o361-o364. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108270107021671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytosinium oxalate monohydrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.2755-2757. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536805023494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition and charge density study of the m-carboxyphenyl ammonium phosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.E. Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations of Crystallography [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.C425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isostructural phase transition in m-carboxyphenylammonium monohydrogenphosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.E. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science [1968-2013]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61, pp.700-709. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/s0108768105026686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00022088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, IR, NMR AND X-ray studies of two hybrid compounds: (NH 3C6H4COOH)+(H2PO 4)- and (NH3C6H4COOH) +(H2PO3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourredine Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aouatef Cherouana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 29 (2), pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO-Au heterojunction enhanced the photoluminescence of ZnO nanocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aotmane En Naciri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Miska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isostructural phase transition in the m-carboxy phenyl ammonium monohydrogenphosphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Algerian Congress of Crystallography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Constantine, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water dynamics in a mesoporous bioactive glass studied by NMR relaxometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Rjiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Bchellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dorbez-Sridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Gansmuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromar 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size controlled photoemission and photocatalytic activity of Au-ZnO nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issraa Shahine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Beydoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Research Society (MRS) Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Boston, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Phase Transition and Nonlinear Optical Properties in P-Nitroaniline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Essaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTONMW.2008.4773107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition and charge density study of the m-carboxyphenyl ammonium phosphate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Third order nonlinear optical properties of hybrid mono crystals with π-conjugated systems)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bouchouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Sofiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Migalska-Zalas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transition in a new phosphite hybrid material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.E. Bendeif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Benali-Cherif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristallographie à haute résolution des complexes acides minéraux bases azotées ou acides aminés : Etude des interactions intermoléculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El-Eulmi Bendeif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2006NAN10140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01754305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId397"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0EA26BD8"/>
+    <w:nsid w:val="2936B7C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="484A801A"/>
+    <w:nsid w:val="6857AB53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6AAE3BBF"/>
+    <w:nsid w:val="D58E4710"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/el-eulmi-bendeif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6187-9889" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112293530" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/membres/el-eulmi-bendeif/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-lorraine.fr/luniversite-de-lorraine/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fst.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medecine.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pharma.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech-nancy.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/outreach/openlabs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cpm.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leaps-initiative.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://remade-project.eu/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/en/users/proposal-evaluation/review-panels#CP3en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/news/newsletter/volume-31/number-1/appui-a-la-formation-et-la-recherche-a-travers-les-mesures-a-distance-aframed-a-recent-and-ambitious-project-for-the-development-of-crystallography-in-africa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/outreach/africa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdifx.univ-rennes1.fr/RECIPROCS/RECIPROCS.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfpnet.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecanews.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afc.asso.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/plateformes/pmd2x/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/fr/lignes-de-lumiere/cristal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/logiciels/mopro/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-bejaia.dz/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umc.edu.dz/index.php/fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04971352v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Suzana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Eulmi Bendeif" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Malischewski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402601" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05395520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Pop" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mroweh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Rikken" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daichi Hirobe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c06549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460408v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Kenfack Tsobnang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ziki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soso Siaka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Yoda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seham Kamal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989023011052" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634451v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ghneim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Abou Samra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Schaniel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Soule" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.123095" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383392v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Belahlou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Abed" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bouchouit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taboukhat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyamine Messaadia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136488" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383384v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasreddine Ghouari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Benali-Cherif" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhwane Takouachet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Falek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallila Missaoui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ce00766a" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baaziz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poyraz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benali-Cherif" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Falek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannachi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0022476623070181" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Guergouri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Bensegueni" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouacida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.135674" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Akouibaa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Kadiri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Driouch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tanji" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouarsal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2023.128130" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390906v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix R S Purtscher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Christanell" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Schulte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Seiwald" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus R&#246;dl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c05103" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04369083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pinetre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina C Harfouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.3c00922" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274300v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Bchellaoui" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qisheng Xu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuming Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14050936" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393343v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Idboumlik" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadiri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamdi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Driouch" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F.I. Ngopoh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2022.126211" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916064v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Benali-Cherif" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jelsch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129034" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127405v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Yahia Cherif" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129836" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209728v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Rjiba" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Khoder" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Jelassi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bouguet-Bonnet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gardiennet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2021.110922" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886576v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rjiba" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jelassi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Letaief" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas-Girot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00319104.2020.1757094" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghui Qi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coen de Graaf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Magott" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201914527" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560219v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gueddida" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouizi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellouard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-E. Bendeif" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.03.095" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974975v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumeya Maza" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kijatkin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouhidel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128492" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445615v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273320007834" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finagnon Hyacinthe Agnimonhan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ahoussi Akanni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahokannou Fernand Gbaguidi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Martin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989020003977" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945219v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Guo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daro" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001821" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974978v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Belahlou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Waszkowska" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouraiou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Taboukhat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2020.110188" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974967v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Saouli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Selatnia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Zouchoune" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Sid" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Mustapha Zendaoui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128203" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02319758v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Athmani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273318014122" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974953v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Golea" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Samai" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2019.04.084" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02382478v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Woike" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gallien" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE01119F" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02443660v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issraa Shahine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Beydoun" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Gaumet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9020162" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709670v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bridonneau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quatremare" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#252;rgen von Bardeleben" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cantin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700983" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314062v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Delgado" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tissot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hauser" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Javier Valverde-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b06042" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01731273v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Yangui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lusson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Triki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.8b00052" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356983v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchithra Ashoka Sahadevan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abherv&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Monni" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina S&#225;enz de Pipa&#243;n" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ram&#243;n Gal&#225;n-Mascar&#243;s" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b08032" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01926697v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schaniel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-E. Bendeif" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Woike" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-C. B&#246;ttcher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01345D" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01629238v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Mguenar Ndiaye" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chastanet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701098" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709681v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alle" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wenger" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Parois" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520617009234" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01533346v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Pillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.01.032" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGBNZ231-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01531876v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilli Schneider" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorben Rinkel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Voss" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Chrobak" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann P. Klare" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR06915G" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532136v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.02.047" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407977v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Milin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patinec" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01081" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01533283v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ce00735j" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521795v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna K. E. Gallien" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520615018132" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122927v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Bendeif" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gansmuller" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-Y. Hsieh" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Woike" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA11470A" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521801v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yangui" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damein Garrot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S Lauret" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lusson" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b06211" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150666v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Long" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen von Bardeleben" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC01714A" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925154v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bridonneau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Long" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. von Bardeleben" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc01714a" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521900v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252514023598" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521320v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614002447" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521183v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614013163" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880310v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouazaoui" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc00546a" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520890v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Chakraborty" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Enachescu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bronisz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201301257" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NXVXVXW4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520996v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-Ying Hsieh" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Doudouh" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270113021367" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FFD46673D3435D94595A10C103089527BB701FBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795681v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ruamps" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Batchelor" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boggio-Pasqua" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja308146e" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520989v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gansmuller" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra45347b" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398349v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Tahri" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lepski" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp23607a" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398334v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif F Matta" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stradiotto" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fertey" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lecomte" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2026347" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731243v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Bonnet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shepherd" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guionneau" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.064106" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398386v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545079v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dupouy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cosquer" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos J. G&#243;mez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic101038z" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03027823v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouchouit" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa El Ouazzani" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dahaoui" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecomte" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2010.07.007" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVR0NJGN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398362v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Dahaoui" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108768108042298" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720074v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guillot" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Podjarny" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja8095015" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207553v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jelsch" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108270107021671" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-75TQ77PG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207066v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benali-Cherif" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108768107005332" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H4NRVGG5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713025v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270107021671" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022088v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francois" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Benali-Cherif" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108768105026686" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SPX5G7TS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022888v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536805023494" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022883v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413406v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouchouit" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatef Cherouana" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02647982v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gaumet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089647v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02271927v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Dorbez-Sridi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02917594v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413384v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Essaidi" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sahraoui" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTONMW.2008.4773107" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089927v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sofiani" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Migalska-Zalas" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089930v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089743v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754305v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006NAN10140" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/el-eulmi-bendeif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6187-9889" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112293530" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/membres/el-eulmi-bendeif/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-lorraine.fr/luniversite-de-lorraine/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fst.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medecine.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pharma.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech-nancy.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/outreach/openlabs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cpm.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leaps-initiative.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://remade-project.eu/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/en/users/proposal-evaluation/review-panels#CP3en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/news/newsletter/volume-31/number-1/appui-a-la-formation-et-la-recherche-a-travers-les-mesures-a-distance-aframed-a-recent-and-ambitious-project-for-the-development-of-crystallography-in-africa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucr.org/outreach/africa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdifx.univ-rennes1.fr/RECIPROCS/RECIPROCS.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfpnet.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecanews.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afc.asso.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/plateformes/pmd2x/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/fr/lignes-de-lumiere/cristal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synchrotron-soleil.fr/fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crm2.univ-lorraine.fr/logiciels/mopro/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-bejaia.dz/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umc.edu.dz/index.php/fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04971352v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Suzana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Eulmi Bendeif" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Malischewski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402601" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05395520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Pop" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mroweh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Rikken" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daichi Hirobe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c06549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460408v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Kenfack Tsobnang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ziki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soso Siaka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Yoda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seham Kamal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989023011052" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634451v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Ghneim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Abou Samra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Schaniel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Soule" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.123095" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383398v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bouchouit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Belahlou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Guergouri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Bensegueni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouacida" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.135674" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421741v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baaziz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poyraz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benali-Cherif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Falek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannachi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0022476623070181" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383384v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasreddine Ghouari" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Benali-Cherif" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhwane Takouachet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Falek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallila Missaoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ce00766a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383392v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Abed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taboukhat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyamine Messaadia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136488" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Akouibaa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Kadiri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Driouch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tanji" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouarsal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2023.128130" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390906v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix R S Purtscher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Christanell" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Schulte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Seiwald" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus R&#246;dl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c05103" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04369083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pinetre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina C Harfouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.3c00922" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274300v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Bchellaoui" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qisheng Xu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuming Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14050936" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393343v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Idboumlik" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadiri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamdi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Driouch" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F.I. Ngopoh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2022.126211" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209728v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Rjiba" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Khoder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Jelassi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bouguet-Bonnet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gardiennet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2021.110922" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916064v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Benali-Cherif" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jelsch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129034" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127405v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Yahia Cherif" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129836" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886576v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rjiba" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jelassi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Letaief" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas-Girot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00319104.2020.1757094" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974975v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumeya Maza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kijatkin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouhidel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128492" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499555v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghui Qi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coen de Graaf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Magott" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201914527" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560219v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gueddida" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouizi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellouard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-E. Bendeif" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.03.095" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445615v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273320007834" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finagnon Hyacinthe Agnimonhan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Ahoussi Akanni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahokannou Fernand Gbaguidi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Martin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989020003977" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945219v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Guo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daro" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001821" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974978v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Belahlou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Waszkowska" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouraiou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Taboukhat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2020.110188" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974967v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Saouli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Selatnia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Zouchoune" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Sid" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Mustapha Zendaoui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128203" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02382478v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Woike" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gallien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE01119F" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974953v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Golea" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Samai" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2019.04.084" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02319758v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Athmani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273318014122" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02443660v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issraa Shahine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Beydoun" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Gaumet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9020162" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709670v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bridonneau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quatremare" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#252;rgen von Bardeleben" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cantin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201700983" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314062v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Delgado" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tissot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hauser" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Javier Valverde-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b06042" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01731273v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Yangui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lusson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Triki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.8b00052" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356983v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchithra Ashoka Sahadevan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abherv&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Monni" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina S&#225;enz de Pipa&#243;n" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ram&#243;n Gal&#225;n-Mascar&#243;s" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b08032" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01926697v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schaniel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-E. Bendeif" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Woike" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-C. B&#246;ttcher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01345D" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01629238v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Mguenar Ndiaye" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chastanet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701098" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709681v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alle" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wenger" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Parois" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520617009234" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01533346v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Pillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.01.032" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGBNZ231-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532136v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2016.02.047" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407977v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Milin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patinec" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01081" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01531876v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilli Schneider" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorben Rinkel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Voss" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Chrobak" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann P. Klare" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR06915G" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01533283v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ce00735j" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521801v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yangui" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damein Garrot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S Lauret" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lusson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b06211" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122927v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Bendeif" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gansmuller" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-Y. Hsieh" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Woike" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA11470A" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521795v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna K. E. Gallien" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520615018132" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150666v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Long" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen von Bardeleben" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC01714A" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925154v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bridonneau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Long" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. von Bardeleben" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc01714a" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521900v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252514023598" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521320v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614002447" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01521183v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614013163" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880310v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouazaoui" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc00546a" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520890v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Chakraborty" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Enachescu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bronisz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201301257" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NXVXVXW4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520996v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-Ying Hsieh" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Doudouh" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270113021367" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FFD46673D3435D94595A10C103089527BB701FBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520989v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gansmuller" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra45347b" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795681v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ruamps" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Maurice" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Batchelor" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boggio-Pasqua" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja308146e" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398349v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Tahri" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lepski" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp23607a" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398334v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif F Matta" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stradiotto" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fertey" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lecomte" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2026347" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731243v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Bonnet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shepherd" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guionneau" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.064106" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398386v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545079v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dupouy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cosquer" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos J. G&#243;mez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic101038z" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03027823v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouchouit" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa El Ouazzani" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dahaoui" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecomte" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2010.07.007" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVR0NJGN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398362v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Dahaoui" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108768108042298" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720074v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guillot" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Podjarny" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja8095015" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207066v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benali-Cherif" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108768107005332" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H4NRVGG5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207553v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jelsch" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108270107021671" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-75TQ77PG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713025v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270107021671" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022888v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536805023494" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022883v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Francois" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Benali-Cherif" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022088v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s0108768105026686" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SPX5G7TS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413406v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouchouit" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatef Cherouana" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02647982v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gaumet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089647v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02271927v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Dorbez-Sridi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02917594v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413384v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Essaidi" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sahraoui" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTONMW.2008.4773107" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089930v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089927v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sofiani" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Migalska-Zalas" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089743v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754305v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006NAN10140" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>