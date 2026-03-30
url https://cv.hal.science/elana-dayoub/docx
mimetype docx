--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1265,402 +1265,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04165810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts du changement climatique sur la culture de soja et possibilités d’adaptation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Climate change impacts and possibilities of adaptation for soybean cultivation in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Abella</w:t>
+                <w:t xml:space="preserve">P Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elana Dayoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Champolivier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
+                <w:t xml:space="preserve">Céline Shoving</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Abella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Rencontres Francophones sur les Légumineuses (RFL3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Angers, France. 23p</w:t>
+              <w:t xml:space="preserve">Landscape 2021 - Diversification for Sustainable and Resilient Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846076v1</w:t>
+                <w:t xml:space="preserve">hal-03765023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change impacts and possibilities of adaptation for soybean cultivation in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P Debaeke</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Shoving</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Abella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape 2021 - Diversification for Sustainable and Resilient Agriculture</w:t>
+              <w:t xml:space="preserve">2021 Landscape Conference "Diversification for Sustainable and Resilient Agriculture"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765023v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change impacts and possibilities of adaptation for soybean cultivation in France</w:t>
+                <w:t xml:space="preserve">Impacts du changement climatique sur la culture de soja et possibilités d’adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Abella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Champolivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Abella</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Landscape Conference "Diversification for Sustainable and Resilient Agriculture"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">3ème Rencontres Francophones sur les Légumineuses (RFL3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Angers, France. 23p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04165886v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harnessing crop models to pinpoint the establishment quality of field crops under the 21 st century climate change: case studies of soybean and sugar beet in northern france</w:t>
               </w:r>
@@ -1946,51 +1946,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Champolivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Quinquiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2080,51 +2080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Champolivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Quinquiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2211,51 +2211,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts du changement climatique sur la culture de soja et possibilités d’adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2542,51 +2542,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="70BD71CF"/>
+    <w:nsid w:val="16FDC58C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2773,51 +2773,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elana-dayoub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6408-8545" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224581562" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05164858v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pull" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111863" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905304v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Feng Cong" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2022.108795" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165606v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Shirtliffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12092187" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726450v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2022021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03135133v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay-Ram Lamichhane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schoving" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11010188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605035v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Shirtliffe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00244" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143072v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Depierre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846076v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abella" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765023v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Debaeke" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Shoving" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Abella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165886v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937490v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04903932v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banuja Shanthalingam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefebvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35599.29608" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167275v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Quinquiry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8168565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169376v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Quinquiry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787960v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01730275v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ANGE0031" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elana-dayoub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6408-8545" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224581562" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05164858v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pull" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111863" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905304v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Feng Cong" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2022.108795" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165606v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Shirtliffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12092187" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726450v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2022021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03135133v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay-Ram Lamichhane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schoving" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11010188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605035v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Shirtliffe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00244" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143072v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Depierre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765023v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Debaeke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Shoving" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Abella" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165886v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846076v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937490v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04903932v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banuja Shanthalingam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefebvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35599.29608" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167275v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Quinquiry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8168565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169376v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Quinquiry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787960v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01730275v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ANGE0031" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>