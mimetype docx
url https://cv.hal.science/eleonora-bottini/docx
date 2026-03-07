--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -187,51 +187,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le référendum d'initiative partagée : l'avenir d'une illusion ? Étude sur l'office du juge constitutionnel des initiatives référendaires</w:t>
+                <w:t xml:space="preserve">Le référendum d’initiative partagée : l’avenir d’une illusion ? Étude sur l’office du juge constitutionnel des initiatives référendaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Cuvelier</w:t>
@@ -258,75 +258,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2, pp.88-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05368728v1</w:t>
+                <w:t xml:space="preserve">halshs-05151608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le référendum d’initiative partagée : l’avenir d’une illusion ? Étude sur l’office du juge constitutionnel des initiatives référendaires</w:t>
+                <w:t xml:space="preserve">Le référendum d'initiative partagée : l'avenir d'une illusion ? Étude sur l'office du juge constitutionnel des initiatives référendaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Cuvelier</w:t>
@@ -353,51 +353,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2, pp.88-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05151608v1</w:t>
+                <w:t xml:space="preserve">halshs-05368728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'attendre du Conseil constitutionnel en matière de protection des libertés ? Le défi de la légitimité du juge constitutionnel français</w:t>
               </w:r>
@@ -1098,226 +1098,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">[Compte-rendu] Bruce Ackerman, Revolutionary Constitutions: Charismatic Leadership andtheRuleofLaw, Belknap Press: Harvard Univers ity Press, 2019, 472 pp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Arban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesha Samararatne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modern Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 83 (5), pp.1108-1112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1468-2230.12520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chronique de droit constitutionnel comparé (juillet 2019 à fin décembre 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Corre-Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Titre VII / Dossier : La séparation des pouvoirs, 2 (3), pp.151-165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/tvii.003.0151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962362v1</w:t>
-              </w:r>
-[...106 lines deleted...]
-                <w:t xml:space="preserve">hal-03208084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de droit constitutionnel comparé (janvier 2020 à juin 2020)</w:t>
               </w:r>
@@ -2154,221 +2154,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Table ronde : Pandémies et états d'exceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Larrouturou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pandémies et états d'exceptions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRDFED; Université Caen Normandie, Dec 2021, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les réformes récentes du système électoral et leurs conséquences sur les institutions italiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque : Construire des majorités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209551v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-04042443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le concept de vulnérabilité en droit</w:t>
               </w:r>
@@ -2486,234 +2486,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Interroger les liens entre populisme et démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : Raviver la démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Marchés, Institutions, Libertés (MIL), Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contentieux constitutionnel de la concurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : La systématique des contentieux concurrence en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Démocratie électorale et démocratie constitutionnelle : influences réciproques en droit comparé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude : Les systèmes électoraux et la démocratie au XXIème siècle : quelles évolutions possibles ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209680v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03209553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Droit politique, un dépassement de la sanction constitutionnelle ?</w:t>
               </w:r>
@@ -2831,165 +2831,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Constitutional customary law and sanction: an antinomy ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Enjeux philosophiques du droit coutumier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche en Histoire des Idées; Département de Philosophie de l’Université Nice Sophia Antipolis; Centre de Théorie et Analyse du Droit (CTAD – Université Paris Nanterre); Laboratoire d’Anthropologie et de Psychologie Cognitives et Sociales (LAPCOS), May 2018, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comparative Law Services in Supreme and Constitutional Courts and their impact on constitutional reasoning. Starting a new project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Constitutional Reasoning at the10th World Conference of Constitutional Law (IACL-AIDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209684v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03209694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparer les états d’urgence en Europe</w:t>
               </w:r>
@@ -3107,165 +3107,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’Union européenne et les dimensions constitutionnelles de la paix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Jean Monnet : L’Union européenne et la paix. Quelles avancées vers une fédération Européenne ? (partie II)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’état d’urgence en droit comparé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Bottini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude : Ce qui reste(ra) toujours de l’urgence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209697v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03209682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La doctrine étrangère dans le travail de la Cour constitutionnelle italienne : un silence parlant ?</w:t>
               </w:r>
@@ -4004,51 +4004,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05507217v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Bottini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59704/fe39c6067488842b" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05368728v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cuvelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de Gliniasty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05151608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081896v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05331278v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520112v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Corre-Basset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087770v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bouaziz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.17206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087809v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520127v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520137v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520130v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962362v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.003.0151" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208084v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Arban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesha Samararatne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-2230.12520" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269641v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.005.0180" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03207975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330400v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Basset" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bottini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208000v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aijc.2019.2681" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208070v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648872v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boucobza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539422v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Banci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Saccucci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Neri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Magrini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02176432v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pasetto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.859" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209551v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042443v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Larrouturou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Lemarchand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209544v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209542v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209680v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209556v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209553v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209676v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209349v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209684v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209694v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209374v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209692v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209697v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209682v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209510v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209275v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard E. Harcourt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Pfersmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Pasquino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209282v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209293v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024101v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ayn&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689259v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20240309-220233-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05507217v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Bottini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59704/fe39c6067488842b" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05151608v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cuvelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de Gliniasty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05368728v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081896v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05331278v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520112v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Corre-Basset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087770v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bouaziz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.17206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087809v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520127v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520137v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520130v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208084v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Arban" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesha Samararatne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-2230.12520" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962362v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.003.0151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269641v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.005.0180" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03207975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330400v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Basset" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bottini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208000v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aijc.2019.2681" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208070v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01648872v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boucobza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539422v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Banci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Saccucci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Neri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Magrini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03208080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02176432v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pasetto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.859" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042443v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Larrouturou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Lemarchand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209551v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209544v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209542v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209556v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209553v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209680v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209676v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209349v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209694v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209374v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209692v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209682v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209697v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209510v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209275v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard E. Harcourt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Pfersmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Pasquino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209282v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209293v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024101v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ayn&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689259v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17176/20240309-220233-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>