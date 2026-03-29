--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1881,186 +1881,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03126612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La création contemporaine du Yuju à Taiwan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Rencontre entre deux espaces : culture et religion. Le cas des représentations lors du Qingshou à Taizhou dans la région du Zhejiang » (traduit par)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fu Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Quillet, Françoise. </w:t>
+              <w:t xml:space="preserve">Jean-Marie Pradier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théâtres contemporains en Asie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.199--212, 2016, 978-2-84867-548-0</w:t>
+              <w:t xml:space="preserve">La Croyance et le corps. Esthétique, corporéité des croyances et identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Bordeaux, p. 87-102, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01983791v1</w:t>
+                <w:t xml:space="preserve">hal-03126613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Rencontre entre deux espaces : culture et religion. Le cas des représentations lors du Qingshou à Taizhou dans la région du Zhejiang » (traduit par)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La création contemporaine du Yuju à Taiwan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Marie Pradier. </w:t>
+              <w:t xml:space="preserve">Quillet, Françoise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Croyance et le corps. Esthétique, corporéité des croyances et identités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Bordeaux, p. 87-102, 2016</w:t>
+              <w:t xml:space="preserve">Théâtres contemporains en Asie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.199--212, 2016, 978-2-84867-548-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03126613v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La traduction du terme Xiqu 戏曲par « opéra » : quels malentendus ?</w:t>
               </w:r>
@@ -4532,178 +4532,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03825321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« (Im)postures de la clowne : de l’assignation de genre à la légitimation artistique »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une voix et des jeux. De la Parade Bilboquet à Radio-Circus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Astrid Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Impostures et vérités en art(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Duret-Pujol, Marguerite Vappereau et Christian Malaurie, Feb 2021, Université Bordeaux-Montaigne, France</w:t>
+              <w:t xml:space="preserve">A l'écoute des voix du cirque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marion Guyez; Cyril Thomas; Esther Friess, Sep 2021, CNAC, Châlons-en-Champagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153833v1</w:t>
+                <w:t xml:space="preserve">hal-03363082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une voix et des jeux. De la Parade Bilboquet à Radio-Circus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« (Im)postures de la clowne : de l’assignation de genre à la légitimation artistique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A l'écoute des voix du cirque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marion Guyez; Cyril Thomas; Esther Friess, Sep 2021, CNAC, Châlons-en-Champagne, France</w:t>
+              <w:t xml:space="preserve">Colloque Impostures et vérités en art(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Duret-Pujol, Marguerite Vappereau et Christian Malaurie, Feb 2021, Université Bordeaux-Montaigne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363082v1</w:t>
+                <w:t xml:space="preserve">hal-03153833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créations in situ : conscience/geste écologique et enjeux identitaires à Taiwan</w:t>
               </w:r>
@@ -4765,178 +4765,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03265377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiqu 戏曲, maxi 马戏, zaji 杂技: écueils ethnocentriques et enjeux de traduction</w:t>
+                <w:t xml:space="preserve">Des rizières aux montagnes taïwanaises : jouer (dans) la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gauthard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours culturels : littérature - traduction - didactique en littérature (文化的十字路口:文学-翻译-教学法)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des Langues étrangères de Beijing (BFSU), Faculté d'Études françaises et francophones; Centre de Recherche Wallonie-Bruxelles (WBI), May 2021, Beijing, Chine</w:t>
+              <w:t xml:space="preserve">Sensibilités végétales : par-delà art et nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence Gaiotti; Sandrine Marchand; Isabelle Roussel-Gillet; Anne-Gaëlle Weber, Oct 2021, Université d'Artois (Arras), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03245588v1</w:t>
+                <w:t xml:space="preserve">hal-03384324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des rizières aux montagnes taïwanaises : jouer (dans) la nature</w:t>
+                <w:t xml:space="preserve">Xiqu 戏曲, maxi 马戏, zaji 杂技: écueils ethnocentriques et enjeux de traduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Martin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Gauthard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensibilités végétales : par-delà art et nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Florence Gaiotti; Sandrine Marchand; Isabelle Roussel-Gillet; Anne-Gaëlle Weber, Oct 2021, Université d'Artois (Arras), France</w:t>
+              <w:t xml:space="preserve">Carrefours culturels : littérature - traduction - didactique en littérature (文化的十字路口:文学-翻译-教学法)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Langues étrangères de Beijing (BFSU), Faculté d'Études françaises et francophones; Centre de Recherche Wallonie-Bruxelles (WBI), May 2021, Beijing, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03384324v1</w:t>
+                <w:t xml:space="preserve">hal-03245588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mimes et clown·e·s : histoires croisées</w:t>
               </w:r>
@@ -6953,51 +6953,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DF7E195"/>
+    <w:nsid w:val="60D5661F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7101,51 +7101,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="32DCF17C"/>
+    <w:nsid w:val="304C360D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7249,51 +7249,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="636BD10D"/>
+    <w:nsid w:val="F02132E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7397,51 +7397,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="9BE1C72E"/>
+    <w:nsid w:val="AD14CCBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7637,51 +7637,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eleonore-martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-0847-7177" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129715697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sofeth.hypotheses.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/arts-vivants/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.mshparisnord.fr/ethnographie/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03245593v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647538v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gauthard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522604v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Jos&#233; Souza de Oliveira" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/139x4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888443v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888736v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557622v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003973" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522389v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126609v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Hengfu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983791v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126613v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu Jin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124709v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna B&#233;r&#233;nice de Sanctis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae-Ran Jeong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjoo Lee" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522657v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522656v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860120v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/139ws" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956900v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265382v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522391v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe-Meden" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2237-266036964" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794573v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zhen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Ji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126615v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zou Yuanjiang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155210v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155209v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053448v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Charlier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053450v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647536v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053444v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354577v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duret Pujol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581281v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698605v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825323v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605165v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825321v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153833v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363082v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265377v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245588v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384324v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479647v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133211v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124725v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124713v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124716v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124710v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4713" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124715v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124720v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124712v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140437v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144779v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144781v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144784v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pradier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144787v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144790v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144793v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144798v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144795v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144803v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144804v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053439v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126610v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392843v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255610v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448968v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodolec" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capdeville" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Chicharro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eleonore-martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-0847-7177" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129715697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sofeth.hypotheses.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/arts-vivants/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.mshparisnord.fr/ethnographie/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03245593v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647538v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gauthard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522604v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Jos&#233; Souza de Oliveira" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/139x4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888443v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888736v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557622v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003973" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522389v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126609v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Hengfu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126613v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu Jin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983791v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124709v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna B&#233;r&#233;nice de Sanctis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae-Ran Jeong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjoo Lee" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522657v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522656v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860120v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/139ws" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956900v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265382v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522391v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe-Meden" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2237-266036964" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794573v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zhen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Ji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126615v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zou Yuanjiang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155210v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155209v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053448v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Charlier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053450v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647536v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053444v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354577v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duret Pujol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581281v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698605v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825323v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605165v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825321v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363082v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153833v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265377v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384324v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245588v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479647v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133211v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124725v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124713v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124716v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124710v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4713" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124715v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124720v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124712v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140437v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144779v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144781v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144784v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pradier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144787v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144790v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144793v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144798v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144795v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144803v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144804v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053439v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126610v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392843v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255610v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448968v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodolec" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capdeville" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Chicharro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>