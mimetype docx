--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -25,50 +25,152 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eléonore PÉRÈS </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">eleonore-peres</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0003-0304-8248</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">219471916</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> VIAF : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">72151050020833410719</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
@@ -92,703 +194,703 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the biocompatibility and stability of allogeneic tissue-engineered cartilage in humanized mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Perrier-Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Pasdeloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Gazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeleine Duc Dodon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (5), pp.e0217183. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0217183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02194957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PDZ domain-binding motif of Tax sustains T-cell proliferation in HTLV-1-infected humanized mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano P. Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Artesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14 (3), pp.e1006933. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1006933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01953695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HTLV-1-induced leukotriene B4 secretion by T cells promotes T cell recruitment and virus propagation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Percher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Percher</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maria Artesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rosewick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8, pp.15890. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms15890⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01545491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Immunodeficiency to Humanization: The Contribution of Mouse Models to Explore HTLV-1 Leukemogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Bagdassarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien This</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Villaudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viruses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (12), pp.6371-6386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/v7122944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A role for dendritic translation of CaMKIIα mRNA in olfactory plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Néant-Fery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Nasrallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Kessner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Gribaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (6), pp.e40133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0040133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01543630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -798,156 +900,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition : À la limite — Innover à la mesure du monde — 2055</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Lehoucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cléo Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cluzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.18774267⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -957,114 +1059,208 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La souris humanisée : modèle d'étude in vivo du processus leucémogène induit par HTLV-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Virologie. Université de Lyon, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017LYSEN043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01622933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement médiatique des inconduites scientifiques : enjeux et stratégies d’acteurs. Exemples des « affaires » O. Voinnet, C. Jessus et A. Peyroche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'information et de la communication. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">dumas-02392489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1130,51 +1326,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="DA2A033D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -1211,51 +1559,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02194957v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Perrier-Groult" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Pasdeloup" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gazzolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Duc Dodon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0217183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Blin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano P. Ricci" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Artesi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hahaut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006933" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01545491v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Percher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Curis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rosewick" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15890" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533992v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Bagdassarian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien This" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Villaudy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rigal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v7122944" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543630v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie N&#233;ant-Fery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nasrallah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Kessner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Gribaudo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040133" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534045v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Santolini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Collomb" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18774267" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01622933v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSEN043" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eleonore-peres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0304-8248" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/219471916" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/72151050020833410719" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02194957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Perrier-Groult" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Pasdeloup" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gazzolo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Duc Dodon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0217183" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953695v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Blin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano P. Ricci" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Artesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hahaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006933" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01545491v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Percher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Curis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rosewick" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15890" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533992v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Bagdassarian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien This" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Villaudy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rigal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v7122944" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543630v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie N&#233;ant-Fery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nasrallah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Kessner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Gribaudo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040133" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534045v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Santolini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Collomb" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18774267" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01622933v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSEN043" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-02392489v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>