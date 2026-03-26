--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -982,2002 +982,2002 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04248173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sperm DNA methylation patterns at discrete CpGs and genes involved in embryonic development are related to bull fertility</w:t>
+                <w:t xml:space="preserve">Prepubertal nutritional modulation in the bull and its impact on sperm DNA methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriama Štiavnická</w:t>
+                <w:t xml:space="preserve">Chinju Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Hošek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Kenny</w:t>
+                <w:t xml:space="preserve">Alysha Dance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-022-08614-5⟩</w:t>
+              <w:t xml:space="preserve">Cell and Tissue Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00441-022-03659-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03672214v1</w:t>
+                <w:t xml:space="preserve">hal-03713030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting male fertility from the sperm methylome: application to 120 bulls with hundreds of artificial insemination records</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+                <w:t xml:space="preserve">Absence of Testicular Estrogen Leads to Defects in Spermatogenesis and Increased Semen Abnormalities in Male Rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+                <w:t xml:space="preserve">Emilie Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Albina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Epigenetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13148-022-01275-x⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes13112070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654993v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03884254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of adjusting settings within a Computer-Assisted Sperm Analysis (CASA) system on bovine sperm motility and morphology results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara O’meara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Henrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kasia Kupisiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marleen Broekhuijse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1590/1984-3143-ar2021-0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03559554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of Testicular Estrogen Leads to Defects in Spermatogenesis and Increased Semen Abnormalities in Male Rabbits</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine André</w:t>
+                <w:t xml:space="preserve">Sperm-borne sncRNAs: potential biomarkers for semen fertility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Albina</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes13112070⟩</w:t>
+              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (1-2), pp.160-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/rd21276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03884254v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prepubertal nutritional modulation in the bull and its impact on sperm DNA methylation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sperm DNA methylation patterns at discrete CpGs and genes involved in embryonic development are related to bull fertility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriama Štiavnická</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinju Johnson</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Kiefer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+                <w:t xml:space="preserve">Petr Hošek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alysha Dance</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">David Kenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell and Tissue Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00441-022-03659-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-022-08614-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03713030v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03672214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sperm-borne sncRNAs: potential biomarkers for semen fertility?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting male fertility from the sperm methylome: application to 120 bulls with hundreds of artificial insemination records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Schibler</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (1-2), pp.160-173. </w:t>
+              <w:t xml:space="preserve">Clinical Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp.54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/rd21276⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13148-022-01275-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03379525v1</w:t>
+                <w:t xml:space="preserve">hal-03654993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Functional Characterization of a Testicular Long Non-coding RNA (4930463O16Rik) Identified in the Meiotic Arrest of the Mouse Topaz1–/– Testes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The epigenome of male germ cells and the programming of phenotypes in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Chadourne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Johan Castille</w:t>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Animal Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (6), pp.28-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.700290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/af/vfab062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298848v2</w:t>
+                <w:t xml:space="preserve">hal-03508599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The epigenome of male germ cells and the programming of phenotypes in cattle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of cattle sperm sncRNAs during maturation, from testis to ejaculated sperm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costes</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (6), pp.28-38. </w:t>
+              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, pp.2-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/af/vfab062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13072-021-00397-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508599v1</w:t>
+                <w:t xml:space="preserve">hal-03233594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of cattle sperm sncRNAs during maturation, from testis to ejaculated sperm</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural and Functional Characterization of a Testicular Long Non-coding RNA (4930463O16Rik) Identified in the Meiotic Arrest of the Mouse Topaz1–/– Testes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Rau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Manon Chadourne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Passet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Castille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14, pp.2-18. </w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13072-021-00397-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.700290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233594v1</w:t>
+                <w:t xml:space="preserve">hal-03298848v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating Onset of Puberty Through Modification of Early Life Nutrition Induces Modest but Persistent Changes in Bull Sperm DNA Methylation Profiles Post-puberty</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comprehensive overview of bull sperm-borne small non-coding RNAs and their diversity across breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00945⟩</w:t>
+              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13072-020-00340-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192093v1</w:t>
+                <w:t xml:space="preserve">hal-03176141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation in bull spermatozoa: evolutionary impacts, interindividual variability, and contribution to the embryo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+                <w:t xml:space="preserve">Accelerating Onset of Puberty Through Modification of Early Life Nutrition Induces Modest but Persistent Changes in Bull Sperm DNA Methylation Profiles Post-puberty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 100 (1), pp.1-16. </w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/cjas-2019-0071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959991v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’épigénétique et la construction du phénotype chez le bovin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA methylation in bull spermatozoa: evolutionary impacts, interindividual variability, and contribution to the embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4477⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100 (1), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cjas-2019-0071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02947903v1</w:t>
+                <w:t xml:space="preserve">hal-02959991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive overview of bull sperm-borne small non-coding RNAs and their diversity across breeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">L’épigénétique et la construction du phénotype chez le bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (2), pp.109-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13072-020-00340-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03176141v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual role of DMXL2 in olfactory information transmission and the first wave of spermatogenesis</w:t>
+                <w:t xml:space="preserve">Intergenerational effects on mouse sperm quality after in utero exposure to acetaminophen and ibuprofen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Gobe</w:t>
+                <w:t xml:space="preserve">Moïra Rossitto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+                <w:t xml:space="preserve">Candice Marchive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine André</w:t>
+                <w:t xml:space="preserve">Alain Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Ghettas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007909⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (1), pp.339-357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.201800488RRR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622530v1</w:t>
+                <w:t xml:space="preserve">hal-01832367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergenerational effects on mouse sperm quality after in utero exposure to acetaminophen and ibuprofen</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dual role of DMXL2 in olfactory information transmission and the first wave of spermatogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candice Marchive</w:t>
+                <w:t xml:space="preserve">Clara Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Pruvost</w:t>
+                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurelie Ghettas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 33 (1), pp.339-357. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (2), pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/fj.201800488RRR⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832367v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-scale analysis of bull sperm methylome revealed both species peculiarities and conserved tissue-specific features</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2985,51 +2985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (1), pp.404. </w:t>
@@ -3061,1048 +3061,1060 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01975403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy cattle reproduction is a tightly regulated genetic process: Highlights on genes, pathways, and biological processes</w:t>
+                <w:t xml:space="preserve">Enhancing bull sexual behaviour using oestrus-specific molecules identified in cow urine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Valour</w:t>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Michot</w:t>
+                <w:t xml:space="preserve">Olivier Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Bonnet</w:t>
+                <w:t xml:space="preserve">Philippe Chemineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Frontiers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 83 (9), pp.1381-1388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2015.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/af.2015-0006⟩</w:t>
-[...12 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01130525v1</w:t>
+                <w:t xml:space="preserve">hal-01194949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing bull sexual behaviour using oestrus-specific molecules identified in cow urine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of combinations of in vitro quality assessments to predict fertility of bovine semen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+                <w:t xml:space="preserve">M.L.W.J. Broekhuijse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gerard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">L. Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Ponsart</w:t>
+                <w:t xml:space="preserve">S. Camugli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Chemineau</w:t>
+                <w:t xml:space="preserve">E. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theriogenology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 83 (9), pp.1381-1388. </w:t>
+              <w:t xml:space="preserve">, 2015, 84 (9), pp.1447-1454.e5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2015.02.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2015.07.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194949v1</w:t>
+                <w:t xml:space="preserve">hal-03226360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of combinations of in vitro quality assessments to predict fertility of bovine semen</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dairy cattle reproduction is a tightly regulated genetic process: Highlights on genes, pathways, and biological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.L.W.J. Broekhuijse</w:t>
+                <w:t xml:space="preserve">Damien Valour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Chevrier</w:t>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Camugli</w:t>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Schmitt</w:t>
+                <w:t xml:space="preserve">Rachel Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2015.07.035⟩</w:t>
+              <w:t xml:space="preserve">Animal Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), pp.32-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/af.2015-0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03226360v1</w:t>
+                <w:t xml:space="preserve">hal-01130525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants des décisions d’investissement dans les exploitations laitières. Une approche par la théorie de la gouvernance élargie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 341, pp.6-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Québec : la performance des exploitations agricoles à la suite du transfert intergénérationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 324, pp.3-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of post-thaw dilution with caffeine, pentoxifylline, 2’-deoxyadenosine and prostatic fluid on motility of frozen-thawed dog semen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Milani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fontbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Stelletta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theriogenology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 74 (1), pp.153-164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2010.01.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03226358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of genetic parameters and genome scan for 15 semen characteristics traits of Holstein bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom T. Druet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Breeding and Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 126 (4), pp.269-277. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1439-0388.2008.00788.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient adverse effects of an attenuated bluetongue virus vaccine on the quality of ram semen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Catinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Record</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 160 (13), pp.431-435. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/vr.160.13.431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4112,1225 +4124,1225 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting Male Fertility: From Decades of Semen Analysis to Future Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIVETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFFAB, Oct 2025, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bovine sperm sncRNAs vary according to bull fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APPRENTISSAGE AUTOMATIQUE ET EPIGENETIQUE : PREDICTION DE LA FERTILITE DES TAUREAUX A PARTIR DU METHYLOME SPERMATIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of bull fertility based on the sperm methylome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP Annual Meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différenciation et reprogrammation épigénétique des cellules germinales mâles dans le testicule fœtal bovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term impact of early life nutrition on DNA methylation patterns in bull sperm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. Annual Meeting EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gand, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and non-genetic factors determine DNA methylation patterns in bull sperm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Hoze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eplmmun: Effets du vieillissement sur la réponse inflammatoire chez la vache laitière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothee Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE-INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le &amp;quot;patrimoine épigénétique&amp;quot; des spermatozoïdes bovins : variations physiologiques et pathologiques du méthylome spermatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Contribution of sperm methylome to bull fertility and interactions with DNA polymorphism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 ASAS-CSAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Animal Science (ASAS). USA., Jul 2018, Vancouver, Canada. pp.522, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/sky404.815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734129v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of sperm methylome to bull fertility and interactions with DNA polymorphism</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Le &amp;quot;patrimoine épigénétique&amp;quot; des spermatozoïdes bovins : variations physiologiques et pathologiques du méthylome spermatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 ASAS-CSAS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nouzilly, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733892v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big data pour les données épigénétiques: illustration par des données pan-génomiques de méthylation de l’ADN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5362,738 +5374,738 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Adebiotech. FRA., Mar 2018, Romainville, France. pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bull sperm sncRNAs: A new source for potential fertility biomarkers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les petits ARN non codants du spermatozoïde bovin, de potentiels biomarqueurs de la fertilité mâle ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1p</w:t>
+              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608764v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Les petits ARN non codants du spermatozoïde bovin, de potentiels biomarqueurs de la fertilité mâle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791776v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaneze Mehalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605215v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605221v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bull spermatozoa methylation landscape displays breed-specific features revealed by RRBS analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6112,212 +6124,212 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 45 Diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small non coding RNA from Frozen bull sperm cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain S. Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Organisation on Animal Reproduction. FRA., Jun 2016, Tours, France. 676 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools to analyse DNA methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6325,515 +6337,515 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2015, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le transfert de ferme : une affaire de gestion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Gestion et établissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Saint-Hyacinthe, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants financiers et organisationnels de la viabilité économique des entreprises agricoles familiales après leur transfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées de recherches en sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL detection for male fertility traits in dairy cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom T. Druet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Salas-Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Dublin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de paramètres génétiques et détection de QTL liés à des caractères de fertilité mâle, de production de semence et de qualité de la semence chez le taureau laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tom T. Druet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle M.-N. Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6843,1169 +6855,1169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bovine sperm sncRNAs vary according to bull fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Reproscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of bull fertility based on the sperm methylome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DADE (Domestic Animals DOHaD and Epigenetics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Quebec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHARACTERIZATION OF ESTROGEN PRODUCTION AND FUNCTION IN ADULT RABBIT TESTES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Giton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54th SSR Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Saint-Louis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03599844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Nuclear protein contents - An epigenetic marking of sperm cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Journal of Animal Science, 96 suppl n°3, pp.522, 2018, Abstracts 2018- ASAS-CSAS Annual. </w:t>
+              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Westport, Ireland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cambridge University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Advances in Animal Biosciences, 9 (spécial Issue 2 Mai 2018), 2018, Proceedings of the Interantional Bull Fertility Conference</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734979v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear protein contents - An epigenetic marking of sperm cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bray</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+                <w:t xml:space="preserve">Laura Notebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Westport, Ireland. </w:t>
+              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Vancouver, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambridge University Press</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">American Society of Animal Science</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journal of Animal Science, 96 suppl n°3, pp.522, 2018, Abstracts 2018- ASAS-CSAS Annual. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734045v1</w:t>
+                <w:t xml:space="preserve">hal-02734979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: A Biomarkers panel of male fertility</w:t>
+                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Qan Diego, United States. , 2017</w:t>
+              <w:t xml:space="preserve">36. Conference of the International Society for Animal Genetics (ISAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Dublin, Ireland. , pp.222, 2017, ISAG 2017 36th International Society for Animal Genetics Conference</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738179v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36. Conference of the International Society for Animal Genetics (ISAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Dublin, Ireland. , pp.222, 2017, ISAG 2017 36th International Society for Animal Genetics Conference</w:t>
+              <w:t xml:space="preserve">PAG XXVI Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735698v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
+                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: A Biomarkers panel of male fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXVI Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
+              <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Qan Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738420v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histone/protamine content of frozen bull sperm cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Bray</w:t>
+                <w:t xml:space="preserve">Bull spermatozoa DNA methylation landscape displays unique features revealed by multi-scale analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
+              <w:t xml:space="preserve">24. Plant and Animal Genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016, Plant &amp; Animal Genome XXIV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743274v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bull spermatozoa DNA methylation landscape displays unique features revealed by multi-scale analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Reprogrammation épigénétique des cellules germinales mâles de ruminants : résultats et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8013,739 +8025,739 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Plant and Animal Genome (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016, Plant &amp; Animal Genome XXIV</w:t>
+              <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Saint-Pée-sur-Nivelle, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741887v1</w:t>
+                <w:t xml:space="preserve">hal-02798618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reprogrammation épigénétique des cellules germinales mâles de ruminants : résultats et perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+                <w:t xml:space="preserve">Histone/protamine content of frozen bull sperm cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Saint-Pée-sur-Nivelle, France. , 2016</w:t>
+              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798618v1</w:t>
+                <w:t xml:space="preserve">hal-02743274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetics of bovine semen: tools to DNA methylation analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Methylation levels at the GNAS locus is not associated with field fertility in Holstein bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Acloque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Edition</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost Office</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01194108v1</w:t>
+                <w:t xml:space="preserve">hal-01194109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methylation levels at the GNAS locus is not associated with field fertility in Holstein bulls</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetics of bovine semen: tools for DNA methylation analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Acloque</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COST Edition</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01194109v1</w:t>
+                <w:t xml:space="preserve">hal-02799304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetics of bovine semen: tools for DNA methylation analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Epigenetics of bovine semen: tools to DNA methylation analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
+              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799304v1</w:t>
+                <w:t xml:space="preserve">hal-01194108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phéromones de l’oestrus et potentialisation de la libido chez le taureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8755,171 +8767,171 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les petits ARN non codants du spermatozoïde bovin : de potentiels biomarqueurs de la fertilité mâle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie de la reproduction. Université Paris-Saclay, 2021. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2021UPASB008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03223078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigénétique de la semence bovine : analyse moléculaire de la qualité de la semence et impact potentiel sur le développement embryonnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie animale. Université Paris Saclay (COmUE), 2017. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017SACLA037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02098254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8929,165 +8941,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of estrogen leads to defects in spermatogenesis and increased semen abnormalities in male rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Albina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04444948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId234"/>
+      <w:footerReference w:type="default" r:id="rId235"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9155,51 +9167,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DB8A8BFC"/>
+    <w:nsid w:val="1A0AC876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9386,51 +9398,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eliaou-sellem" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9251-9077" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285561v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sandrock" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T N Generalovic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G E L Petersen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/23524588-bja10260" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220883v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrita Raja Ravi Shankar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11934-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489600v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298623" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690669v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ghieh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Passet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0309974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285571v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Paul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donkpegan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masseron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101197" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248173v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Philibert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle St&#233;vant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie D&#233;jardin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Girard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2023.114085" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672214v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriama &#352;tiavnick&#225;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Ho&#353;ek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kenny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08614-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654993v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01275-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559554v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara O&#8217;meara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henrotte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasia Kupisiewicz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Broekhuijse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1984-3143-ar2021-0077" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884254v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dujardin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Albina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13112070" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinju Johnson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysha Dance" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-022-03659-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/rd21276" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298848v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chadourne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.700290" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508599v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab062" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233594v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-021-00397-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192093v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Byrne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00945" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959991v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjas-2019-0071" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176141v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-020-00340-0" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622530v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gobe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007909" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01832367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra Rossitto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Marchive" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pruvost" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Ghettas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201800488RRR" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130525v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Valour" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eozenou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lefebvre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/af.2015-0006" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194949v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gerard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2015.02.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226360v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.W.J. Broekhuijse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chevrier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camugli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schmitt" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2015.07.035" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630931v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepage" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Couderc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506063v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Parent" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226358v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Milani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fontbonne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stelletta" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. G&#233;rard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.01.026" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664188v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom T. Druet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Fritz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basso" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gerard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0388.2008.00788.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XXQX8KVH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667961v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Breard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pozzi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Catinot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.160.13.431" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499465v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499468v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364090v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364124v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735495v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736384v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738321v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734297v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608764v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743053v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Marthey" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754456v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755995v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757966v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Salas-Cortes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764245v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Rossignol" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499474v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440281v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599844v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734045v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsas.org.uk/bull-fertility" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738179v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735698v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738420v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743274v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194109v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806080v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Danvic" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ponsart" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03223078v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPASB008" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02098254v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLA037" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444948v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eliaou-sellem" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9251-9077" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285561v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sandrock" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T N Generalovic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G E L Petersen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/23524588-bja10260" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220883v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrita Raja Ravi Shankar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11934-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489600v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298623" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690669v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ghieh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Passet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0309974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285571v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Paul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donkpegan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masseron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101197" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248173v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Philibert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle St&#233;vant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie D&#233;jardin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Girard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2023.114085" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinju Johnson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysha Dance" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-022-03659-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884254v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dujardin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Albina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13112070" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara O&#8217;meara" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henrotte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasia Kupisiewicz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Latour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Broekhuijse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1984-3143-ar2021-0077" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379525v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/rd21276" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672214v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriama &#352;tiavnick&#225;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Ho&#353;ek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kenny" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08614-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654993v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01275-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508599v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab062" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233594v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-021-00397-5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298848v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chadourne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.700290" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176141v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-020-00340-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192093v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Byrne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00945" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959991v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjas-2019-0071" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01832367v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra Rossitto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Marchive" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pruvost" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Ghettas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201800488RRR" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622530v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gobe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007909" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194949v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gerard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2015.02.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7923RHMD-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226360v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.W.J. Broekhuijse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chevrier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camugli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schmitt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2015.07.035" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130525v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Valour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eozenou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lefebvre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/af.2015-0006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630931v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepage" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Couderc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506063v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Parent" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226358v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Milani" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fontbonne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stelletta" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. G&#233;rard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.01.026" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664188v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom T. Druet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Fritz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basso" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gerard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0388.2008.00788.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XXQX8KVH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667961v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Breard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pozzi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Catinot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.160.13.431" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499465v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499468v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364090v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364124v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735495v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736384v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738321v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734297v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608764v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743053v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Marthey" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754456v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755995v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757966v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Salas-Cortes" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764245v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Rossignol" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499474v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440281v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599844v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734045v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsas.org.uk/bull-fertility" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735698v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738420v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738179v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743274v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194109v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295297.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806080v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Danvic" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ponsart" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03223078v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPASB008" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02098254v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLA037" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444948v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>