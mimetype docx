--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,259 +100,259 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coexistence and the Flow of Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasushi Hirai. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bergson's Scientific Metaphysics: Matter and Memory Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Publishing, pp.175-193, 2023, 9781350341975</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">We Bergsonians: The Kyoto Manifesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasushi Hirai. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bergson's Scientific Metaphysics: Matter and Memory Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Publishing, pp.223-242, 2023, 9781350341975</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Whitehead, une autre théorie de la gravitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Brax, Etienne Klein, Pierre Vanhove. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Qu'est-ce que la gravité ? Le grand défi de la physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod Poche, 2023, 2100856162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426282v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">hal-04426225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Futur</w:t>
               </w:r>
@@ -405,246 +405,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bergson (1859-1941)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mathilde Lequin et Albert Piette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des anthropologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.83-91, 2022, 978-2-84016-498-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sublime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clélia Zernik, Justin Jaricot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abécédaire de la beauté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, B42, pp.195-200, 2022, 978-2-490-07773-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...71 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ghosts of transparency : photography and architecture</w:t>
+                <w:t xml:space="preserve">Fantômes de la transparence : photographie et architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benoit Brient, Aurélie Pétrel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exagraphie – Photographic Scores (2003-2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ExposerPublier / Les Presses du réel, 2021, 979-1-096841-03-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04426746v1</w:t>
+                <w:t xml:space="preserve">hal-04426725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time as Form: Lessons from the Bergson-Einstein Dispute</w:t>
               </w:r>
@@ -706,169 +706,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The ghosts of transparency : photography and architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benoit Brient, Aurélie Pétrel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exagraphie – Photographic Scores (2003-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ExposerPublier / Les Presses du réel, 2021, 979-1-096841-03-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thinking against the brain: the performance of algorithmic space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Yuusuke Karasawa: Toward Network Type Architecture by Algorithmic Method</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Contemporary Architect’s Concept Series n°28, LIXIL Publishing, 2021, 978-4-86480-050-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426419v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04426725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bergson, Einstein, et le temps des jumeaux : une singulière obstination</w:t>
               </w:r>
@@ -1425,465 +1425,465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Unità e pluralità dei principi etici universali: &amp;quot;Non fare agli altri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sangalli, Samuele. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Futuro e responsabilità. Dialoghi di pratica etica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luiss University Press, 2015, 978-88-6856-043-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temps réel, temps universel, temps cosmique : trois dimensions de la cosmologie bergsonienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Abiko, Shin and Goda, Masato and Fujita, Hisashi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tout ouvert: l'évolution créatrice en tous sens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georg Olms Verlag AG, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vous êtes subtil Monsieur Bergson&amp;quot;, ou le bergsonisme peut-il s'enseigner ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DELBRACCIO, Mireille and PANERO, Alain and MATTON, Sylvain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bergson Professeur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, 2015, 978-90-429-3151-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le monde doit être maquettisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zerbib, David. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Octavo : Des formes de l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses du réel, 2015, 978-2-84066-657-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'espace lisse au temps troué : à propos des musiques nomades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Criton, Pascale and Chouvel, Jean-Marc. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gilles Deleuze, la pensée-musique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de documentation de la musique contemporaine, 2015, 978-2-916738-08-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Art, Science, and the Nexus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rothman, Roger and Verstegen, Ian. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Art of the Real: Visual Studies and New Materialisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge Scholars Publishing, 2015, 978-1-4438-7653-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619562v1</w:t>
-              </w:r>
-[...363 lines deleted...]
-                <w:t xml:space="preserve">hal-02619567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In che cosa consiste una pratica etica?</w:t>
               </w:r>
@@ -2009,539 +2009,539 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ce que nous apprend le rétrofuturisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'ange de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Beaux-arts de Paris éditions, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'architecture espace-temps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art et architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions HYX, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinematography and the Extended &amp;quot;Now&amp;quot; : From Bergson to Video Art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rathgeber, Pirkko and Steinmüller, Nina. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BildBewegungen/ImageMovements.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm Fink Verlag, 2013, 978-3-7705-5621-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réduction, blocage, déplacement : l'art de disqualifier la question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rabouin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pourquoi y a-t-il quelque chose plutôt que rien?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.27--56, 2013, 978-2-13-062426-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeitlupen: von Vertov bis Matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alloa, Emmanuel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Erscheinung und Ereignis. Zur Zeitlichkeit des Bildes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm Fink Verlag, 2013, 978-3-7705-5504-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois corps de l'animal sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Blouin, Patrice. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des corps compétents (sportifs, artistes, burlesques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses du réel, 2013, 978-2-84066-647-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vérité et imposture au sens extra-moral : le coup de Sokal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Darmon, Jean-Charles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de l'imposture : Entre philosophie, littérature et sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Editions Desjonquères, 2013, 978-2-84321-140-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619577v1</w:t>
-              </w:r>
-[...437 lines deleted...]
-                <w:t xml:space="preserve">hal-02619573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2969,1457 +2969,1457 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">We Bergsonians: The Kyoto Manifesto</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie During</w:t>
+                <w:t xml:space="preserve">Survoler le temps : l’espace-temps comme schème, mythe et thème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Métaphysique et de Morale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 107 (3), pp.347-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.203.0347⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">we bergsonians: the kyoto manifesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul-Antoine Miquel</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parrhesia : A Journal of Critical Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">We Bergsonians: The Kyoto Manifesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parrhesia : A Journal of Critical Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020, 33, pp.17-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Survoler le temps : l’espace-temps comme schème, mythe et thème</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détraquer les machines simples : le style de Claude Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 869 (10), pp.820-838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/criti.869.0820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sentir et penser sans gravité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace(s) : le cahier de l'Observatoire de l'espace du CNES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17, pp.10-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ville comme forme temporelle : le paradoxe de Tokyo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">国際日本学 [Texte imprimé] = International Japanese Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sur L'anormalité de La philosophie (à partir d'un cours de Bergson)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lo Sguardo | Rivista di Filosofia Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26(1), pp.39-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1432777⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 445, pp.115-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que Gagarine a vu : condition orbitale et transcendance technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Mars-Avril (3), pp.59--67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La condition orbitale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art press 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44, pp.39--47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nous, bergsoniens : Manifeste de Kyoto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissertatio: Revista de Filosofia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Dossiê Bergson, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'universel en archipel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 833, pp.789--806</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retro-mirai [rétro-futurs]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hyosho Media Kenkyu [Studies of Media, Body, and Image]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.1--29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode ou système ? Pour une métaphysique locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Temps Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 682, pp.48-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ltm.682.0048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auteur ou artisan ? La figure du DJ dans les musiques électroniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse Musicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrainte intérieure et fragilité de l'agir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanpierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 802 (3), pp.225-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/criti.802.0225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01505170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Método ou sistema? Por uma metafísica local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veritas (Porto Alegre)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 59 (2), pp.255-271</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langevin ou le paradoxe introuvable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Métaphysique et de Morale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, N° 107 (3), pp.347-364. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rmm.203.0347⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 84, pp.513--527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.144.0513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...111 lines deleted...]
-                <w:t xml:space="preserve">Détraquer les machines simples : le style de Claude Imbert</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art illustré par la philosophie : Bernard-Henri Lévy à la Fondation Maeght</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 869 (10), pp.820-838. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 805-806, pp.557--572</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...858 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619561v1</w:t>
-              </w:r>
-[...249 lines deleted...]
-                <w:t xml:space="preserve">hal-02619553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4558,51 +4558,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourier revient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanpierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 812-813, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4640,51 +4640,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Castel, les vies de l'esprit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanpierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">During, Élie; Jeanpierre, Laurent. France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 802, 2014</w:t>
@@ -5070,504 +5070,504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le futur n'existe pas: rétrotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bublex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions B42</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 978-2-917855-42-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bergson professeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Worms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Riquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Panero; Sylvain Matton; Mireille Delbraccio. Peeters, 2014, Bibliothèque philosophique de Louvain, 978904293151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Future Does Not Exist: Retrotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bublex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions B42, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Alain Bublex</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrits philosophiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Madelrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 978-2-917855-42-3</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Worms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bouaniche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de France, pp.1031, 2011, Quadrige. Grands textes, 978-2-13-058249-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00920507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'énergie spirituelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Madelrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Bourgeois</w:t>
+                <w:t xml:space="preserve">Frédéric Worms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Worms</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie During</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...260 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de France, pp.508, 2009, Quadrige. Grands textes, 978-2-13-057023-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -5878,51 +5878,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426282v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie During" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426209v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426225v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Miquel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426594v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426546v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426132v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110753707-009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426419v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426725v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.9392" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426363v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427229v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619579v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427169v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619560v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619574v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619562v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619572v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619569v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619575v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619567v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619565v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619577v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619564v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619559v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rabouin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619566v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619580v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619573v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426305v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Miravete" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Nagano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bergsoniana.1215" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426443v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53984/philoseries06417" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426100v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.903.0658" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426158v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/288159" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426400v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.891.0751" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426118v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.203.0347" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051231v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426103v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.869.0820" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426394v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1432777" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427183v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427210v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619557v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619576v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619556v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Miquel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619571v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619554v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.682.0048" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619555v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619561v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01505170v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Castel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanpierre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.802.0225" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619553v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.144.0513" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426797v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cordoba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Balibar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01507236v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01507239v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426923v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Bachelard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/la-dialectique-de-la-duree" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426612v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bublex" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philharmoniedeparis.fr/fr/magazine/series/editions-de-la-philharmonie/supersoniques-2-glenn-gould-fiction?_ga=2.40242539.894086569.1706624588-579271028.1706624588" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Alloa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/choses-en-soi-metaphysique-du-realisme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619581v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Stiegler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619551v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619552v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b42.com/produit/le-futur-nexiste-pas-retrotypes/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03348441v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bourgeois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Worms" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riquier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fran&#231;ois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00920507v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Madelrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bouaniche" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00920518v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Allouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassou-Nogu&#232;s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie During" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426225v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Miquel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426282v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426546v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426594v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426725v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426132v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110753707-009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426746v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426419v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.9392" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426363v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427229v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619579v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427169v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619560v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619574v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619575v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619572v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619569v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619567v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619565v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619564v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619559v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619566v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rabouin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619580v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619577v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426305v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Miravete" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Nagano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bergsoniana.1215" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426443v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53984/philoseries06417" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426100v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.903.0658" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426158v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/288159" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426400v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.891.0751" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426118v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.203.0347" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051231v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426103v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.869.0820" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426394v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427183v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427198v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1432777" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427210v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619557v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619556v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Miquel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619576v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619571v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619554v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.682.0048" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619555v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01505170v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Castel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanpierre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.802.0225" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619568v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619553v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.144.0513" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619561v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426797v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cordoba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Balibar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01507236v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01507239v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426923v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Bachelard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/la-dialectique-de-la-duree" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04426612v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bublex" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philharmoniedeparis.fr/fr/magazine/series/editions-de-la-philharmonie/supersoniques-2-glenn-gould-fiction?_ga=2.40242539.894086569.1706624588-579271028.1706624588" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04427151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Alloa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/choses-en-soi-metaphysique-du-realisme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619581v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Stiegler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619552v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b42.com/produit/le-futur-nexiste-pas-retrotypes/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03348441v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bourgeois" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Worms" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riquier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fran&#231;ois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02619551v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00920507v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Madelrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bouaniche" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00920518v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Allouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassou-Nogu&#232;s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>