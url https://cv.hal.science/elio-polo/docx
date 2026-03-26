--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -274,155 +274,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267661v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Titus Decidius Domitianus et Licinia Optatina: un couple de notables du Ier siècle dans deux nouvelles inscriptions de Vienne (Gaule Narbonnaise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Polo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chiron. Mitteilungen der Kommission für Alte Geschichte und Epigraphik des Deutschen Archäologischen Instituts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55, pp.247-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34780/5606gk74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La station de &amp;lt;i&amp;gt;Bergusium&amp;lt;/i&amp;gt; et le site des Buissières à Panossas (Isère) : de la toponymie à l’archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Borlenghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Stations routières en Gaule romaine, 73 (1), pp.133-163. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/gallia.515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01887422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -432,288 +523,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découvertes archéologiques et épigraphiques inédites dans le Jardin de Cybèle à Vienne (38)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées régionales de l’archéologie de Auvergne-Rhône-Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SRA Auvergne-Rhône-Alpes, Nov 2024, Clermont -Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Briord (Ain) : un quartier de l’agglomération antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées régionales de l’archéologie de Auvergne-Rhône-Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SRA - Auvergne-Rhône-Alpes, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille préventive de Champdôtre (21), carrière Maggioni, Évolution au cours de l’Holocène d’un paléochenal entre Ouche et Tille : dynamique naturelle et relations avec l’occupation humain protohistorique et antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouffroy-Bapicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Flottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Leblé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées régionales de l’archéologie de Bourgogne-Franche-Comté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SRA - Bourgogne-Franche-Comté, Dec 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -723,225 +814,225 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille préventive de Champdôtre (Côte d'Or). Évolution au cours de l'Holocène d'un paléochenal entre Ouche et Tille, dynamique naturelle et relations avec l'occupation humaine protohistorique et antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouffroy-Bapicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Leblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Flottes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées régionales de l'Archéologie de Bourgogne-Franche-Comté. Besançon, 2-3 décembre 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de Culture, pp.73-78, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04805231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Où sont passés les villages lyonnais ? Identification et interprétation de l’habitat groupé autour de &amp;lt;i&amp;gt;Lugdunum&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerisay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -981,51 +1072,51 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> octobre 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11, AVAGE, pp.273-294, 2024, Mémoires d'archéologie du Grand Est, 978-2-9590817-1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1035,1137 +1126,1137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Briord (01), Rue de Saint-Didier, Un quartier de l'agglomération antique</w:t>
+                <w:t xml:space="preserve">Saint-Romain-en-Gal (69), 2 Route départementale 386. Un nouvel ilot urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Archier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Baldassari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kilian Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Catté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archeodunum. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antony Carbone</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04570286v1</w:t>
+                <w:t xml:space="preserve">hal-04771885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Romain-en-Gal (69), 2 Route départementale 386. Un nouvel ilot urbain</w:t>
+                <w:t xml:space="preserve">Briord (01), Rue de Saint-Didier, Un quartier de l'agglomération antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Archier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kilian Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Borghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chavot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archeodunum. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Catté</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-04771885v1</w:t>
+                <w:t xml:space="preserve">hal-04570286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sainte-Colombe (69), Le Bourg. Un quartier antique figé par les flammes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Baldassari</w:t>
+                <w:t xml:space="preserve">Champdôtre (21), Les Grands Pâtis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Polo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kilian Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Ancel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément Chavot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Collombet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archeodunum. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Blondel</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04255490v1</w:t>
+                <w:t xml:space="preserve">hal-04184082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Champdôtre (21), Les Grands Pâtis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sainte-Colombe (69), Le Bourg. Un quartier antique figé par les flammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Baldassari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Ancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bonaventure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archeodunum. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04184082v1</w:t>
+                <w:t xml:space="preserve">hal-04255490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clermont-Ferrand (63), Place des Carmes Déchaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zabeo Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Ancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Ancel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clément Chavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archeodunum. 2022, pp.1416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03924424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Romain-en-Gal (69), Route Nationale. Occupation en terrasse en rive droite du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Grasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Androuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chavot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2022, pp.838 (3 vol)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Savin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Ancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Ancel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clément Chavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archeodunum. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vienne (38), 33/39 rue du 11 novembre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Zabeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Ancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Ancel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clément Chavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2020, pp.768 (3 vol.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvoire (74), lieu-dit &amp;quot;la Motte Est</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Zabeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Prioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015, pp.320 (1 Vol)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId63"/>
+      <w:footerReference w:type="default" r:id="rId66"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2233,51 +2324,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EF83BEEF"/>
+    <w:nsid w:val="E59A2F16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2464,51 +2555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elio-polo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-6955-4761" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281334005" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267661v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Polo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16577" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887422v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Borlenghi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lassus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Morillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnefoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.515" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466639v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466655v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466672v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805231v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790272v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fily" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04570286v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Blanc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Borghi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Carbone" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chavot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771885v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Archier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baldassari" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Catt&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184082v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924424v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zabeo Marco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Collomb" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802247v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grasso" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210151v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846024v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zabeo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846027v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Prioux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elio-polo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-6955-4761" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281334005" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267661v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Polo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16577" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553997v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34780/5606gk74" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887422v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Borlenghi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lassus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Morillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnefoy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.515" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466655v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466672v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805231v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790272v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fily" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771885v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Archier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baldassari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Blanc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Catt&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04570286v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Borghi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Carbone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chavot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184082v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924424v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zabeo Marco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Collomb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grasso" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210151v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846024v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zabeo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Prioux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>