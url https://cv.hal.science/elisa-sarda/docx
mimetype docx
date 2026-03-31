--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elisa Sarda </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">elisa-sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4725-5049</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">225864525</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black-and-White” thinking: Does visual contrast polarize moral judgment? Independent replications and extension of Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 117, pp.104712. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jesp.2024.104712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes sur les Violences Faites aux Femmes : une étude exploratoire selon l’âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Potard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ndobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérontologie et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, vol. 47/n° 177 (2), pp.77-95. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gs1.177.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social media use and roles of self-objectification, self-compassion and body image concerns: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire El-Jor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Hallez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Patiram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Eating Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (1), pp.192. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40337-025-01353-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-compassion and relationship status moderate the relationship between sexual minority status and body image concerns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Arsandaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel F Rodgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49, pp.101696. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bodyim.2024.101696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus qu’un simple jeu : quelques conséquences du jeu vidéo sur l’objectification de la femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CRINI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56078/cahier-du-crini.563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Can I Help You? The Influence of Situation and Hostile Sexism on Perception of Appropriate Gender of Conversational Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (1), pp.10. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/irsp.669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suggestibility, Facebook use and relationship with substance addictive behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chapoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Tinquaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chirain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (3), pp.261-267. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2021.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04587260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do lecturers conceptualise pedagogical innovations in higher education?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Kasatkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Education and Teaching International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 61 (4), pp.611-621. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14703297.2023.2205871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Do Women and Men Look at the Past? Large Scanpath in Women during Autobiographical Retrieval—A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad El Haj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boutoleau-Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Guerrero Sastoque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Moustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (3), pp.439. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/brainsci13030439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coping strategies of individuals in multiple jeopardy settings: the case of unemployed older women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ndobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Galharret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-26. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00224545.2022.2143313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some effects of sexist video games on self-masculinity associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information, Communication and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (12), pp.1683-1698. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369118X.2021.1877770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexism and racism perceptions: It depends on who does it and why</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Bastart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyla Branscombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsp.2713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which world regions does the valence–dominance model of social perception apply?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedict C Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa M Debruine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica K Flake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tullio Liuzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Antfolk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), pp.1531 - 1543. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6084/m9.figshare.7611443.v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which world regions does the valence–dominance model of social perception apply?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedict Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Debruine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Flake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tullio Liuzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Antfolk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (1), pp.159-169. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41562-020-01007-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03921870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of the ISP131001 Sensor for Mobile Peripheral Body Temperature Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (1), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/irsp.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaken & Stirred: effect alcohol portrayals in movies on attitudes toward alcohol and self-alcohol associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Substance Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (5), pp.462-468. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14659891.2020.1736662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Regulation Failure Reduces the Effect Alcohol Portrayals in Movies on Indirect Attitudes toward Alcohol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 154 (4), pp.309-324. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00223980.2020.1732853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Games Exposure and Sexism in a Representative Sample of Adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Roché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (11), pp.674-679. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02083092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet Gaming Disorder and Well-Being: A Scale Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Roché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cyberpsychology, Behavior, and Social Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (11), pp.674-679. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/cyber.2016.0286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02083099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différences individuelles dans le vécu professionnel des hospitalo-universitaires : fitting de valeurs professionnelles et institutionnelles comme facteur de bien-être au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Congard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Hericy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Deledalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVes Journées Internationales de Psychologie Différentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MODEVAIA, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et identification au personnage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Le Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sanrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Stereotype of Us : effet des jeux vidéo sur la perception de soi et des autres femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moana Georgon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sanrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Le Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire un intérêt professionnel pour la recherche et choisir la voie Hospitalo-Universitaire (HU): un chemin sinueux chez les étudiant-ES.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Congard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Galharret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Cohen-Aubart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black and White” thinking? Does visual contrast really polarize moral judgment? Two independent replications of Zarkadi and Schnall’s (2013) Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black and White” thinking? Does visual contrast really polarize moral judgment? Two independent replications of Zarkadi and Schnall’s (2013) Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des jeux vidéo à contenu sexiste sur l'objectivation de la femme et sur les stéréotypes de genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Grenoble Alpes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017GREAH026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01768474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId115"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elisa Sarda </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">elisa-sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4725-5049</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">225864525</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes sur les Violences Faites aux Femmes : une étude exploratoire selon l’âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Potard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ndobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérontologie et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, vol. 47/n° 177 (2), pp.77-95. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gs1.177.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social media use and roles of self-objectification, self-compassion and body image concerns: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire El-Jor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Hallez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Patiram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Eating Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (1), pp.192. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40337-025-01353-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black-and-White” thinking: Does visual contrast polarize moral judgment? Independent replications and extension of Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 117, pp.104712. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jesp.2024.104712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-compassion and relationship status moderate the relationship between sexual minority status and body image concerns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Arsandaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel F Rodgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49, pp.101696. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bodyim.2024.101696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Do Women and Men Look at the Past? Large Scanpath in Women during Autobiographical Retrieval—A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad El Haj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boutoleau-Bretonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Guerrero Sastoque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Lenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Moustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (3), pp.439. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/brainsci13030439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do lecturers conceptualise pedagogical innovations in higher education?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Kasatkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Education and Teaching International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 61 (4), pp.611-621. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14703297.2023.2205871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suggestibility, Facebook use and relationship with substance addictive behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chapoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Tinquaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chirain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (3), pp.261-267. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2021.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04587260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus qu’un simple jeu : quelques conséquences du jeu vidéo sur l’objectification de la femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CRINI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56078/cahier-du-crini.563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Can I Help You? The Influence of Situation and Hostile Sexism on Perception of Appropriate Gender of Conversational Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (1), pp.10. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/irsp.669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coping strategies of individuals in multiple jeopardy settings: the case of unemployed older women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ndobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Galharret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-26. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00224545.2022.2143313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some effects of sexist video games on self-masculinity associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information, Communication and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (12), pp.1683-1698. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369118X.2021.1877770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexism and racism perceptions: It depends on who does it and why</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Bastart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyla Branscombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Delmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsp.2713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of the ISP131001 Sensor for Mobile Peripheral Body Temperature Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (1), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/irsp.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which world regions does the valence–dominance model of social perception apply?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedict C Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa M Debruine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica K Flake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tullio Liuzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Antfolk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), pp.1531 - 1543. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6084/m9.figshare.7611443.v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which world regions does the valence–dominance model of social perception apply?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedict Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Debruine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Flake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tullio Liuzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Antfolk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (1), pp.159-169. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41562-020-01007-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03921870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Regulation Failure Reduces the Effect Alcohol Portrayals in Movies on Indirect Attitudes toward Alcohol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 154 (4), pp.309-324. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00223980.2020.1732853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaken & Stirred: effect alcohol portrayals in movies on attitudes toward alcohol and self-alcohol associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulmann Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Substance Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (5), pp.462-468. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14659891.2020.1736662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video Games Exposure and Sexism in a Representative Sample of Adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Roché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (11), pp.674-679. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02083092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet Gaming Disorder and Well-Being: A Scale Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Roché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Bry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gentile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cyberpsychology, Behavior, and Social Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (11), pp.674-679. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/cyber.2016.0286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02083099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différences individuelles dans le vécu professionnel des hospitalo-universitaires : fitting de valeurs professionnelles et institutionnelles comme facteur de bien-être au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Congard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Hericy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Deledalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVes Journées Internationales de Psychologie Différentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MODEVAIA, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et identification au personnage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Le Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sanrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Stereotype of Us : effet des jeux vidéo sur la perception de soi et des autres femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moana Georgon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sanrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Le Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jul 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire un intérêt professionnel pour la recherche et choisir la voie Hospitalo-Universitaire (HU): un chemin sinueux chez les étudiant-ES.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Congard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Galharret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Cohen-Aubart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black and White” thinking? Does visual contrast really polarize moral judgment? Two independent replications of Zarkadi and Schnall’s (2013) Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Black and White” thinking? Does visual contrast really polarize moral judgment? Two independent replications of Zarkadi and Schnall’s (2013) Study 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vezirian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Ijzerman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des jeux vidéo à contenu sexiste sur l'objectivation de la femme et sur les stéréotypes de genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Grenoble Alpes, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017GREAH026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01768474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId115"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CBEFBA27"/>
+    <w:nsid w:val="8778074A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elisa-sarda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4725-5049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225864525" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vezirian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sarda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Laine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Ijzerman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2024.104712" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418972v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ndobo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cherrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Morin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0077" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05289796v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire El-Jor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hallez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Patiram" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-025-01353-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809257v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arsandaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ferr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel F Rodgers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bodyim.2024.101696" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04080333v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/cahier-du-crini.563" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230155v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.669" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chapoton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tinquaut" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue Shankland" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chirain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.10.001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809293v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kasatkina" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14703297.2023.2205871" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04584901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Guerrero Sastoque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci13030439" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04294900v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Faure" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie de Bont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2022.2143313" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Gentile" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369118X.2021.1877770" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03186377v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bastart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyla Branscombe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2713" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481682v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict C Jones" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa M Debruine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica K Flake" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tullio Liuzza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Antfolk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.7611443.v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921870v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Jones" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Debruine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Flake" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-020-01007-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04048578v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Klein" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dujols" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329073v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14659891.2020.1736662" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329076v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2020.1732853" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083092v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Roch&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00466" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083099v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cyber.2016.0286" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949420v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bour" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Hericy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04342721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure de Place" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04342705v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moana Georgon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949405v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cohen-Aubart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814079v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Begue" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743562v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768474v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAH026" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elisa-sarda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4725-5049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225864525" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418972v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ndobo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cherrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Morin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0077" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05289796v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sarda" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire El-Jor" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hallez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Patiram" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-025-01353-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vezirian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Laine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Ijzerman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2024.104712" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809257v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arsandaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ferr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel F Rodgers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bodyim.2024.101696" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04584901v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Guerrero Sastoque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci13030439" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809293v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kasatkina" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14703297.2023.2205871" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587260v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chapoton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tinquaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue Shankland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chirain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.10.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04080333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/cahier-du-crini.563" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230155v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.669" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04294900v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Faure" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie de Bont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2022.2143313" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Gentile" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369118X.2021.1877770" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03186377v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bastart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyla Branscombe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2713" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04048578v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Klein" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dujols" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.409" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481682v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict C Jones" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa M Debruine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica K Flake" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tullio Liuzza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Antfolk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.7611443.v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Jones" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Debruine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Flake" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-020-01007-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329076v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2020.1732853" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329073v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14659891.2020.1736662" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083092v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Roch&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00466" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083099v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cyber.2016.0286" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949420v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bour" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Hericy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04342721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure de Place" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04342705v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moana Georgon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949405v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cohen-Aubart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814079v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Begue" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743562v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768474v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAH026" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>