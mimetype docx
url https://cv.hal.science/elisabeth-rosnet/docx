--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -606,377 +606,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Group-Based Emotions: Evidence for Emotion-Performance Relationships in Team Sports</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoît Louvet</w:t>
+                <w:t xml:space="preserve">The Influence of Tropical Climate on Cognitive Task Performance and Aiming Accuracy in Young International Fencers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Collado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sinnapah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Ferrand</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02701367.2018.1563274⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Performance in Extreme Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (1), pp.4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7771/2327-2937.1110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03384739v1</w:t>
+                <w:t xml:space="preserve">hal-02193979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Influence of Tropical Climate on Cognitive Task Performance and Aiming Accuracy in Young International Fencers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Sinnapah</w:t>
+                <w:t xml:space="preserve">Group-Based Emotions: Evidence for Emotion-Performance Relationships in Team Sports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Hue</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Performance in Extreme Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 15 (1), pp.4. </w:t>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90 (1), pp.54-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7771/2327-2937.1110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2018.1563274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02193979v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03384739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions and performance in rugby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Lane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8 (6), pp.595-600. </w:t>
@@ -1290,77 +1290,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpersonal emotion regulation in team sport: Mechanisms and reasons to regulate teammates' emotions examined</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1437,90 +1437,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions, Context, Time and Performance in Rugby Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Lane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
@@ -1926,77 +1926,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions in Team Contact Sports: A Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Mellalieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martinent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2650,103 +2650,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences émotionnelles, contextuelles et temporelles sur la performance en rugby à XV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew M. Lane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées nationales d'études de la Société Française de Psychologie du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2771,90 +2771,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche interpersonnelle des émotions en sport. Etude expérimentale en rugby à XV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2987,281 +2987,281 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de l’enfant et de l’adulte.</w:t>
+                <w:t xml:space="preserve">Chapitre 4, Préparation mentale et psychologie du sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Antonini-Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pascal Legrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les diplômes des Activités Physiques et Sportives : Psychologie, pédagogie et santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, 2016, 9782100726097</w:t>
+              <w:t xml:space="preserve">Les diplômes des activités physiques et sportives‎ : psychologie, pédagogie et santé du sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.103-163, 2016, 978-2-10-072609-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02934828v1</w:t>
+                <w:t xml:space="preserve">hal-05163373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 4, Préparation mentale et psychologie du sport</w:t>
+                <w:t xml:space="preserve">Développement de l’enfant et de l’adulte.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Antonini-Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Legrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Martin-Krumm; Cyril Tarquinio. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les diplômes des activités physiques et sportives‎ : psychologie, pédagogie et santé du sportif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, pp.103-163, 2016, 978-2-10-072609-7</w:t>
+              <w:t xml:space="preserve">Les diplômes des Activités Physiques et Sportives : Psychologie, pédagogie et santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, 2016, 9782100726097</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163373v1</w:t>
+                <w:t xml:space="preserve">halshs-02934828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 3, Motivation et performance</w:t>
               </w:r>
@@ -3273,77 +3273,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Antonini Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Legrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les diplômes des activités physiques et sportives‎ : psychologie, pédagogie et santé du sportif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.57-102, 2016, 978-2-10-072609-7</w:t>
@@ -3541,51 +3541,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05222854v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24061821" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482295v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Robin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique van Ombergen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bergouignan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vico" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41990-4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493744v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pagnini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Manzey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Ferravante" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier White" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-023-00270-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130957v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Collado" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sinnapah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7771/2327-2937.1147" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384739v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Louvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2018.1563274" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193979v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7771/2327-2937.1110" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276640v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.05.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276200v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hornus-Dragne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dedieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.04.001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512758v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milazzo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rosnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrow" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Fournier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.07.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDQW546Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384787v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sanchez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Friesen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2015.1114501" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330781v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Campo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Lane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725559v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monfort" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Hainaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bolmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/asem.3818.2014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111990v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vallerand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Amoura" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2012.43.079" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01828652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Debois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ledon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Argiolas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2012.04.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01809549v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mellalieu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.26.1.62" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01390547v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Finez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christena Cleveland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianne Tice" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2012.718089" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01813431v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.25.3.288" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112205v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03640748v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Cl&#233;ment Biard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Tixier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ferrari" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969082v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Lane" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969091v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044678v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Heuz&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02934828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Paquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Antonini-Philippe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legrain" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163373v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163359v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Antonini Philippe" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05222854v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24061821" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482295v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Robin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique van Ombergen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bergouignan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vico" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41990-4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493744v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pagnini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Manzey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Ferravante" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier White" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-023-00270-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130957v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Collado" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sinnapah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7771/2327-2937.1147" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193979v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7771/2327-2937.1110" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384739v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Louvet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2018.1563274" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276640v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.05.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276200v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hornus-Dragne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dedieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.04.001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512758v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milazzo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rosnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrow" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Fournier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.07.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDQW546Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384787v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sanchez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Friesen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2015.1114501" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330781v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Campo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Lane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725559v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monfort" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Hainaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bolmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/asem.3818.2014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111990v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vallerand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Amoura" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2012.43.079" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01828652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Debois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ledon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Argiolas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2012.04.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01809549v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mellalieu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.26.1.62" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01390547v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Finez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christena Cleveland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianne Tice" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2012.718089" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01813431v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.25.3.288" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112205v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03640748v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Cl&#233;ment Biard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Tixier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ferrari" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969082v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M. Lane" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969091v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044678v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Heuz&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163373v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Paquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Antonini-Philippe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legrain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02934828v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163359v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Antonini Philippe" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>