--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -908,278 +908,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04465826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking on-farm innovative practices to support crop mixture design: The case of annual mixtures including a legume crop</w:t>
+                <w:t xml:space="preserve">Grain legume-cereal intercropping enhances the use of soil-derived and biologically fixed nitrogen in temperate agroecosystems. A meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Verret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+                <w:t xml:space="preserve">Erik Steen Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carolina Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Carlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Eric Englund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Flöhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 115, 19 p. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126018⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 118, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627821v1</w:t>
+                <w:t xml:space="preserve">hal-02904512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain legume-cereal intercropping enhances the use of soil-derived and biologically fixed nitrogen in temperate agroecosystems. A meta-analysis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tracking on-farm innovative practices to support crop mixture design: The case of annual mixtures including a legume crop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan-Eric Englund</w:t>
+                <w:t xml:space="preserve">Valentin Verret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Flöhr</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 118, pp.1-11. </w:t>
+              <w:t xml:space="preserve">, 2020, 115, 19 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02904512v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participatory design of agronomic scenarios for the reintroduction of legumes into a French territory</w:t>
               </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Butier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bazot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 74, pp.121-127. </w:t>
@@ -1580,51 +1580,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALLIANCE: Amélioration des performances écologiques et économiques par association de plantes de services légumineuses dans des systèmes de grandes cultures.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Valantin-Morison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Verret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safia Médiène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1701,90 +1701,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traque aux innovations d’agriculteurs pour la conception d’associations d’espèces incluant des légumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Verret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 74, pp.143-154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1916,558 +1916,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can legume companion plants control weeds without decreasing crop yield? A meta-analysis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transition vers des systèmes agricole et agro-alimentaire durables : quelle place et qualification pour les légumineuses à graines ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safia Mediene</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Cholez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenaelle Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Field Crops Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18, pp.53-75</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01528844v1</w:t>
+                <w:t xml:space="preserve">hal-01708614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, assessment and feasibility of legume-based cropping systems in three European regions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment optimiser les chaînes d'approvisionnement en biomasse issue de cultures énergétiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. S. Jensen</w:t>
+                <w:t xml:space="preserve">Benoit Gabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truls Flatberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thor Harald Bjorkvoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop and Pasture Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/CP17064⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 54, pp.23-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.5137728981830786E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626043v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01562297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition vers des systèmes agricole et agro-alimentaire durables : quelle place et qualification pour les légumineuses à graines ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gérard Duc</w:t>
+                <w:t xml:space="preserve">Can legume companion plants control weeds without decreasing crop yield? A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Verret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guenaelle Hellou</w:t>
+                <w:t xml:space="preserve">Safia Mediene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Field Crops Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 204, pp.158-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fcr.2017.01.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01708614v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment optimiser les chaînes d'approvisionnement en biomasse issue de cultures énergétiques ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Gabrielle</w:t>
+                <w:t xml:space="preserve">Design, assessment and feasibility of legume-based cropping systems in three European regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Perrin</w:t>
+                <w:t xml:space="preserve">Céline Bourlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
+                <w:t xml:space="preserve">G. Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truls Flatberg</w:t>
+                <w:t xml:space="preserve">R. J. Lopez-Bellido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thor Harald Bjorkvoll</w:t>
+                <w:t xml:space="preserve">E. S. Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 54, pp.23-29. </w:t>
+              <w:t xml:space="preserve">Crop and Pasture Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68 (10-11), pp.902-914. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/1.5137728981830786E12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/CP17064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01562297v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des performances de différentes espèces de légumineuses à graines</w:t>
               </w:r>
@@ -2694,411 +2694,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01572165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers des systèmes de grande culture moins dépendants des énergies fossiles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Crop Management Affects the Performance of a Winter Pea-Wheat Intercrop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bazot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 108 (3), pp.1089-1100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2134/agronj2015.0440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631001v1</w:t>
+                <w:t xml:space="preserve">hal-01532590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why are grain-legumes rarely present in cropping systems despite their environmental and nutritional benefits? Analyzing lock-in in the French agrifood system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 126, pp.152-162. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2016.03.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2016.03.024⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02635664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop Management Affects the Performance of a Winter Pea-Wheat Intercrop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers des systèmes de grande culture moins dépendants des énergies fossiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Colnenne-David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.65-76</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01532590v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A global experimental dataset for assessing grain legume production</w:t>
               </w:r>
@@ -3186,787 +3186,787 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranking yields of energy crops: A meta-analysis using direct and indirect comparisons</w:t>
+                <w:t xml:space="preserve">Les agriculteurs sources d’innovations : exemple des associations pluri-spécifiques dans le grand Ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anabelle Laurent</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
+                <w:t xml:space="preserve">Alice Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (2), pp.47-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589814v1</w:t>
+                <w:t xml:space="preserve">hal-02631362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using site-specific data to estimate energy crop yield</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chantal Loyce</w:t>
+                <w:t xml:space="preserve">Estimating variability in grain legume yields across Europe and the Americas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 74, pp.104-113. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2015.09.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep11171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01536566v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidelines to design models assessing agricultural sustainability, based upon feedbacks from the DEXi decision support system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Craheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Craheix</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Angevin</w:t>
+                <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Bohanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 35 (4), pp.1431-1447. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13593-015-0315-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-modelling of the impacts of regional cropping system scenarios for phoma stem canker control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Hossard</w:t>
+                <w:t xml:space="preserve">Véronique Souchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Souchère</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xavier Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 68, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eja.2015.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les agriculteurs sources d’innovations : exemple des associations pluri-spécifiques dans le grand Ouest de la France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
+                <w:t xml:space="preserve">Ranking yields of energy crops: A meta-analysis using direct and indirect comparisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabelle Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lô-Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Loyce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46, pp.41 - 50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2015.02.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631362v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01589814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating variability in grain legume yields across Europe and the Americas</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+                <w:t xml:space="preserve">Using site-specific data to estimate energy crop yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabelle Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Loyce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74, pp.104-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2015.09.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep11171⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241057v1</w:t>
+                <w:t xml:space="preserve">hal-01536566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple cropping systems as drivers for providing multiple ecosystem services: from concepts to design</w:t>
               </w:r>
@@ -4112,51 +4112,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4203,51 +4203,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paving the way for sustainable bioenergy in Europe: technological options and research avenues for large-scale biomass feedstock supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bamière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4363,51 +4363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Fustec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4484,90 +4484,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations céréales-légumineuses récoltées en grain : Une réussite liée à l’ajustement de l’itinéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives Agricoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 408, pp.47-51</w:t>
@@ -4622,51 +4622,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4730,51 +4730,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions entre facteurs biotiques et fonctionnement des associations végétales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4858,337 +4858,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainability of European maize-based cropping systems : economic, environmental and social assessment of current and proposed innovative IPM-based systems</w:t>
+                <w:t xml:space="preserve">Les légumineuses dans l'Europe du XXIè siècle : Quelle place dans les systèmes agricoles et alimentaires actuels et futurs ? Quels nouveaux défis pour la recherche ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.P. V. Vasileiadis</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.C. A. Moonen</w:t>
+                <w:t xml:space="preserve">Jacques Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. M. Sattin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">X X. Pons</w:t>
+                <w:t xml:space="preserve">Christian Huyghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2013.02.001⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30, pp.283-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/767p-n553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001412v1</w:t>
+                <w:t xml:space="preserve">hal-01005055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les légumineuses dans l'Europe du XXIè siècle : Quelle place dans les systèmes agricoles et alimentaires actuels et futurs ? Quels nouveaux défis pour la recherche ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sustainability of European maize-based cropping systems : economic, environmental and social assessment of current and proposed innovative IPM-based systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.P. V. Vasileiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C. A. Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. Sattin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
+                <w:t xml:space="preserve">S. S. Otto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Guéguen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+                <w:t xml:space="preserve">X X. Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2013.02.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/767p-n553⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01005055v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legumes for feed, food, biomaterials and bioenergy in Europe : a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques J. Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5196,51 +5196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Huyghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene M.-H. Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, décembre (Online), pp.1-20. </w:t>
@@ -5278,103 +5278,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A participatory approach to design spatial scenarios of cropping systems and assess their effects on phoma stem canker management at a regional scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Pinochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Souchère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 48, pp.17 - 26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5408,51 +5408,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations céréale-légumineuses multi-services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5581,51 +5581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bazot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5714,51 +5714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Fortino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5828,295 +5828,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIPPOM-WOSR: A Simulator for Integrated Pathogen POpulation Management of phoma stem canker on Winter OilSeed Rape: I. Description of the model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Déterminants écologiques et physiologiques de la productivité et de la stabilité des associations graminées-légumineuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydia Bousset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.U. Salam</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">X. Pinochet</w:t>
+                <w:t xml:space="preserve">Joëlle Fustec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lô-Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Julier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Field Crops Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fcr.2010.04.007⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11, pp.79-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/41ch-qa28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173218v1</w:t>
+                <w:t xml:space="preserve">hal-01173245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants écologiques et physiologiques de la productivité et de la stabilité des associations graminées-légumineuses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+                <w:t xml:space="preserve">SIPPOM-WOSR: A Simulator for Integrated Pathogen POpulation Management of phoma stem canker on Winter OilSeed Rape: I. Description of the model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Fustec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elise Lô-Pelzer</w:t>
+                <w:t xml:space="preserve">Lydia Bousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Julier</w:t>
+                <w:t xml:space="preserve">M.U. Salam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 11, pp.79-99. </w:t>
+              <w:t xml:space="preserve">Field Crops Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 118 (1), pp.73-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/41ch-qa28⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fcr.2010.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173245v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIPPOM-WOSR: A Simulator for Integrated Pathogen POpulation Management of phoma stem canker on Winter OilSeed Rape: II. Sensitivity analysis</w:t>
               </w:r>
@@ -6128,77 +6128,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.U. Salam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Field Crops Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 118 (1), pp.82-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6232,51 +6232,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel déploiement spatio-temporel des variétés et des itinéraires techniques pour accroître la durabilité des résistances variétales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Lannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6526,51 +6526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Messean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lô-Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6669,64 +6669,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Bousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 58 (1), pp.61-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6786,77 +6786,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 125 (4), pp.515-522. </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7049,51 +7049,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gelisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Lannou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7740,260 +7740,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions sociotechniques d'un changement de pratiques vers plus de biodiversité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current dominant crop sequences across EU : A typology based on LUCAS dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ballot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilpart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIAG Biodiversité et durabilité des agricultures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">European Conference on Crop Diversification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517178v1</w:t>
+                <w:t xml:space="preserve">hal-04429375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current dominant crop sequences across EU : A typology based on LUCAS dataset</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Ballot</w:t>
+                <w:t xml:space="preserve">Conditions sociotechniques d'un changement de pratiques vers plus de biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bonifazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Guilpart</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Margot Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Loyce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Crop Diversification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">CIAG Biodiversité et durabilité des agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04429375v1</w:t>
+                <w:t xml:space="preserve">hal-04517178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-cropping effects from grain legumes on wheat and oilseed rape: nitrogen fluxes and productivity</w:t>
               </w:r>
@@ -8031,51 +8031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maé Guinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DiverIMPACTS European Conference on Crop Diversification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8094,247 +8094,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02907212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des légumineuses dans les systèmes de culture d'aujourd'hui et de demain</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+                <w:t xml:space="preserve">Quantifier pour optimiser les performances et services rendus de différentes espèces de légumineuses en exploitations agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque final ANR LEGITIMES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Jul 2018, Paris, France. 18 p</w:t>
+              <w:t xml:space="preserve">Colloque de restitution LEGITIMES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France. 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02786416v1</w:t>
+                <w:t xml:space="preserve">hal-02784934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifier pour optimiser les performances et services rendus de différentes espèces de légumineuses en exploitations agricoles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+                <w:t xml:space="preserve">La place des légumineuses dans les systèmes de culture d'aujourd'hui et de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ballot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de restitution LEGITIMES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Paris, France. 30 p</w:t>
+              <w:t xml:space="preserve">Colloque final ANR LEGITIMES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Jul 2018, Paris, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02784934v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée de certains services écosytémiques directement ou indirectement liés au flux azotés des systèmes avec légumineuses à graines</w:t>
               </w:r>
@@ -8346,77 +8346,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maé Guinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t>
@@ -8445,51 +8445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Productivity and pre-crop effects of various legume species in agricultural conditions in three french regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Janus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8570,90 +8570,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traque aux innovations d’agriculteurs pour la conception d’associations de cultures incluant des légumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Verret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France. 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8678,51 +8678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traque aux associations de grandes cultures en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Verret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8812,51 +8812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Oddos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel de l’UMT Alter’N "Connaître les sources alternatives d’azote (légumineuses et produits résiduaires organiques) pour gérer des systèmes de culture à faibles pertes azotées et moins dépendants aux engrais de synthèse"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Terres Inovia. FRA., Oct 2017, Grignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8881,51 +8881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does a mixture of pea varieties with different leaf morphology improve crop performance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9000,411 +9000,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercropping cereal and grain legume:10 years of experiments from field to plate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+                <w:t xml:space="preserve">Design and ex ante assement of cropping systems with legumes in four European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bourlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Carlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Steen Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop of Intercropping for Agronomy and Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Xi'an, China. 36 p</w:t>
+              <w:t xml:space="preserve">5. International Symposium for Farming Systems Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRO2015., Sep 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795618v1</w:t>
+                <w:t xml:space="preserve">hal-02743534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and ex ante assement of cropping systems with legumes in four European countries</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Carlsson</w:t>
+                <w:t xml:space="preserve">Improving logistics for biomass supply from energy crops in Europe: Main results from the Logist'EC Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truls Flatberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Steen Jensen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+                <w:t xml:space="preserve">Thor Bjørkwoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Symposium for Farming Systems Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd European Biomass Conference and Exhibition (EUBCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Vienna, Austria. n.p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5071/23rdEUBCE2015-1CP.2.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743534v1</w:t>
+                <w:t xml:space="preserve">hal-01535239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving logistics for biomass supply from energy crops in Europe: Main results from the Logist'EC Project</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thor Bjørkwoll</w:t>
+                <w:t xml:space="preserve">Intercropping cereal and grain legume:10 years of experiments from field to plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Justes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Hauggaard-Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Biomass Conference and Exhibition (EUBCE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop of Intercropping for Agronomy and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Xi'an, China. 36 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535239v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des assolements, des successions culturales et des systèmes de culture passés et présents</w:t>
               </w:r>
@@ -9429,51 +9429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9541,51 +9541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Alaphilippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Fortino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9634,484 +9634,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association de cultures annuelles combinant une légumineuse et une céréale. Retours d’expériences d’agriculteurs et analyse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Pelzer</w:t>
+                <w:t xml:space="preserve">Interactions entre facteurs biotiques et fonctionnement des associations végétales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Métivier</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Cannavacciuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIAG 2014 : Carrefours de l'Innovation Agronomique "Associations Végétales"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2014, Angers, France. 131 p</w:t>
+              <w:t xml:space="preserve">, Ecole Supérieure d'Agricultures d'Angers (ESA d'Angers). Angers, FRA., Nov 2014, Angers, France. pp.132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741726v1</w:t>
+                <w:t xml:space="preserve">hal-01173342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions entre facteurs biotiques et fonctionnement des associations végétales</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La complémentarité pour l’acquisition des ressources abiotiques dans les associations végétales : quels processus en jeu expliquant les performances ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mario Cannavacciuolo</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Justes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIAG 2014 : Carrefours de l'Innovation Agronomique "Associations Végétales"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ecole Supérieure d'Agricultures d'Angers (ESA d'Angers). Angers, FRA., Nov 2014, Angers, France. pp.132</w:t>
+              <w:t xml:space="preserve">, Nov 2014, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173342v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La complémentarité pour l’acquisition des ressources abiotiques dans les associations végétales : quels processus en jeu expliquant les performances ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association de cultures annuelles combinant une légumineuse et une céréale. Retours d’expériences d’agriculteurs et analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene M.-H. Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIAG 2014 : Carrefours de l'Innovation Agronomique "Associations Végétales"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2014, Angers, France</w:t>
+              <w:t xml:space="preserve">, Nov 2014, Angers, France. 131 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744205v1</w:t>
+                <w:t xml:space="preserve">hal-02741726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transition vers des systèmes agro-alimentaires durables : quelle place et qualification pour les légumineuses à graines ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Grande Transformation de l'Agriculture, 20 ans après : renouveler les approches institutionnalistes sur l'agriculture et l'alimentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montpellier, France. 25 p</w:t>
@@ -10166,51 +10166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Fortino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10313,51 +10313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Ingénieries Agroécologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Montpellier, France. 19 p</w:t>
@@ -10386,103 +10386,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et simulation de scenarios de gestion durable des resistances au phoma du colza avec une version améliorée du modèle spatio-temporel SIPPOM-WOSR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Hossard</w:t>
+                <w:t xml:space="preserve">Véronique Souchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Souchère</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xavier Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Conférence Internationale sur les Maladies des Plantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Tours, France. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10753,103 +10753,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel renouvellement des questions de recherche sur les légumineuses ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Huyghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop légumineuses: Atelier de réflexion pour un renouvellement des questions de recherche sur les Légumineuses : du gène à la filière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dijon, France. 4 p</w:t>
@@ -10878,103 +10878,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel renouvellement des questions de recherches sur les légumineuses ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Huyghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier de réflexion pour un renouvellement des questions de recherche sur les légumineuses : du gène à la filière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dijon, France. 4 p</w:t>
@@ -11016,51 +11016,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEXiPM, a model for qualitative multi-criteria assessment of the sustainability of innovative cropping systems based on integrated crop management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Bockstaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11124,51 +11124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel déploiement spatio-temporel des variétés et des itinéraires techniques pour accroître la durabilité des résistances variétales?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11370,51 +11370,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cadre conceptuel pluridisciplinaire pour la gestion durable des résistances variétales dans un écosystème agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11810,51 +11810,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12020,103 +12020,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to improve the performance of biomass supply chains from energy crops in Europe? An overview of the Logist’EC project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truls Flatberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thor Harald Bjorkvoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspects of Applied Biology 131, "Biomass and Energy Crops V"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Warwich, United Kingdom. AAB - Association of Applied Biologists, Aspects of Applied Biology, 280 p., 2015, Aspects of Applied Biology</w:t>
@@ -12689,51 +12689,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04118165v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Chafiqi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoussou Karamoko" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ch&#232;n&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vanderriele" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2022.122278" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418638v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126412" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144605v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lefeuvre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colnenne-David" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2022.126573" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gendre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fort" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mahmoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5061/dryad.9ghx3ffhv" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343737v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13979" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04465826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baranger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;e" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2021.108268" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627821v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Verret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904512v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Steen Jensen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Rodriguez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Carlsson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Eric Englund" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Fl&#246;hr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126077" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise L&#244;-Pelzer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonifazi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Souli&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Quinio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.102893" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349951v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Butier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bazot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/rmastk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7vwkdt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/BJQLLK" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154620v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/n3ogy9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624238v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-017-0698-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528844v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2017.01.010" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626043v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourlet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlsson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Lopez-Bellido" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S. Jensen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CP17064" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708614v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Cholez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Hellou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562297v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gabrielle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truls Flatberg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor Harald Bjorkvoll" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137728981830786E12" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685942v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513850748029309E12" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572165v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Fortino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Messean" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.11.018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631001v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Colnenne-David" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635664v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2016.03.024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVRLM7BM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532590v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2015.0440" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602467v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2016.84" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01589814v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Laurent" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2015.02.023" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQT050J4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536566v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.09.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KN5B7JZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173366v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Craheix" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Bohanec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0315-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173360v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinochet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2015.04.006" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631362v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lam&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241057v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11171" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173332v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0272-z" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173352v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hombert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj13.0590" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173026v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bami&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Caldes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Cara" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decocq" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.01.050" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634547v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173338v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;tivier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/83mt-jz86" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173337v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cassagne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cannavacciuolo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/17wx-by11" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001412v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. V. Vasileiadis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. A. Moonen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Sattin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Otto" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X X. Pons" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.02.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQSC0VQG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005055v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gu&#233;guen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/767p-n553" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956058v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Huyghe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene M.-H. Jeuffroy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0189-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003392v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pinochet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.05.014" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173335v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bousseau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Chaigne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/w3pk-w678" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019458v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2012.01.010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZSD70ST-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019370v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2011.11.019" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VL712KBT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173218v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Bousset" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.U. Salam" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2010.04.007" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173245v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/41ch-qa28" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173221v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2010.04.006" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939527v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Monod" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/kcs4-pk81" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173244v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tys8-e073" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173190v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/28re-fr04" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173162v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2008.01931.x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173181v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-009-9499-y" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CH8C2CF7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096471v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pourtau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jennings" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Pallas" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wingler" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01374815v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gelisse" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145363v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04162935v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422230v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295321v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04134934v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517178v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lecl&#232;re" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04429375v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907212v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schneider" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Guinet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786416v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784934v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733604v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733565v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Janus" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mauline" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789520v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479917v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785653v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Oddos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786810v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Djordjevic" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Gaudio" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743534v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Steen Jensen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535239v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor Bj&#248;rkwoll" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5071/23rdEUBCE2015-1CP.2.1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739544v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741726v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173342v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cassagne" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744205v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123012v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186821v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173288v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173344v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933028v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lebon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leconte" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelzer" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749867v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Vasileiadis" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mess&#233;an" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804480v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gueguen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003340v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173185v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173260v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papaix" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173173v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios P. Vasileiadis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Otto" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sattin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173189v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ch&#232;vre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173297v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904151v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98914-3_4" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790040v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536510v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Strullu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260300v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378300v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lebon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Tarsim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186819v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Holst" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hennen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langrel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748072v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Berder" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Morison" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04118165v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Chafiqi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoussou Karamoko" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ch&#232;n&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vanderriele" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2022.122278" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418638v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126412" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144605v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lefeuvre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colnenne-David" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2022.126573" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gendre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fort" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mahmoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5061/dryad.9ghx3ffhv" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343737v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13979" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04465826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baranger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;e" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2021.108268" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904512v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Steen Jensen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Rodriguez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Carlsson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Eric Englund" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Fl&#246;hr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126077" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627821v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Verret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise L&#244;-Pelzer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonifazi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Souli&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Quinio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.102893" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349951v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Butier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bazot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/rmastk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7vwkdt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/BJQLLK" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154620v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/n3ogy9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624238v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-017-0698-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708614v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Cholez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Hellou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562297v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gabrielle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truls Flatberg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor Harald Bjorkvoll" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137728981830786E12" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528844v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2017.01.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626043v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourlet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlsson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Lopez-Bellido" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S. Jensen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CP17064" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685942v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513850748029309E12" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572165v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Fortino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Messean" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.11.018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532590v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2015.0440" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635664v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2016.03.024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVRLM7BM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631001v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Colnenne-David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602467v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2016.84" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631362v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lam&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241057v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11171" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173366v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Craheix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Bohanec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0315-0" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173360v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinochet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2015.04.006" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01589814v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2015.02.023" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQT050J4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536566v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.09.008" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KN5B7JZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173332v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0272-z" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173352v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hombert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj13.0590" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173026v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bami&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Caldes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Cara" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decocq" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.01.050" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634547v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173338v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;tivier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/83mt-jz86" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173337v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cassagne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cannavacciuolo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/17wx-by11" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005055v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gu&#233;guen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/767p-n553" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001412v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. V. Vasileiadis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. A. Moonen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Sattin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Otto" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X X. Pons" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.02.001" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQSC0VQG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956058v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Huyghe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene M.-H. Jeuffroy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0189-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003392v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pinochet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.05.014" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173335v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bousseau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Chaigne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/w3pk-w678" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019458v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2012.01.010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZSD70ST-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019370v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2011.11.019" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VL712KBT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173245v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fustec" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/41ch-qa28" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173218v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Bousset" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.U. Salam" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2010.04.007" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173221v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2010.04.006" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939527v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Monod" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/kcs4-pk81" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173244v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tys8-e073" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173190v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/28re-fr04" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173162v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2008.01931.x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173181v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-009-9499-y" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CH8C2CF7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096471v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pourtau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jennings" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Pallas" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wingler" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01374815v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gelisse" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145363v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04162935v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04422230v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295321v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04134934v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04429375v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517178v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lecl&#232;re" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907212v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schneider" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Guinet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784934v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786416v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733604v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733565v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Janus" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mauline" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789520v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479917v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785653v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Oddos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786810v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Djordjevic" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Gaudio" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743534v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Steen Jensen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535239v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor Bj&#248;rkwoll" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5071/23rdEUBCE2015-1CP.2.1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739544v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173342v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cassagne" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744205v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741726v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123012v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186821v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173288v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173344v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933028v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lebon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leconte" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelzer" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749867v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Vasileiadis" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mess&#233;an" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804480v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gueguen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003340v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173185v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173260v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papaix" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173173v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios P. Vasileiadis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Otto" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sattin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173189v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ch&#232;vre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173297v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904151v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98914-3_4" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790040v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536510v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Strullu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260300v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378300v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lebon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Tarsim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186819v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Holst" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hennen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langrel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748072v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Berder" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Morison" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>