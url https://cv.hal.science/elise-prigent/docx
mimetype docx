--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1450,303 +1450,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Big Five personality traits contribute to prosocial responses to others’ pain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Deroche</w:t>
+                <w:t xml:space="preserve">A Virtual Reality Study of Help Recognition and Metacognition with an Affective Agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Oker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Courgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Eyharabide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aina Chalabaev</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadine Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.paid.2015.01.038⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Synthetic Emotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (1), pp.60-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/IJSE.2015010104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319522v1</w:t>
+                <w:t xml:space="preserve">hal-03278297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Virtual Reality Study of Help Recognition and Metacognition with an Affective Agent</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Courgeon</w:t>
+                <w:t xml:space="preserve">Big Five personality traits contribute to prosocial responses to others’ pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Deroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aina Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Synthetic Emotions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4018/IJSE.2015010104⟩</w:t>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 78, pp.94-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2015.01.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03278297v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptual weighting of pain behaviours of others, not information integration, varies with expertise.</w:t>
               </w:r>
@@ -2705,295 +2705,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03567064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Can you help me move this over there?”: training children with ASD to joint action through tangible interaction and virtual agent</w:t>
+                <w:t xml:space="preserve">Conception d'interactions virtuelles et tangibles pour apprendre la collaboration motrice à des enfants avec Trouble du Spectre de l'Autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Ravenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Nadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chi Tai Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elise Prigent</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEI '21: Fifteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Salzburg, Austria. pp.1-12, </w:t>
+              <w:t xml:space="preserve">IHM '21: 32e Conférence Francophone sur l'Interaction Homme-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM Association for Computing Machinery, Apr 2021, Virtual Event, France. pp.1-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3430524.3440646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3450522.3451335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04433012v1</w:t>
+                <w:t xml:space="preserve">hal-04433017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'interactions virtuelles et tangibles pour apprendre la collaboration motrice à des enfants avec Trouble du Spectre de l'Autisme</w:t>
+                <w:t xml:space="preserve">“Can you help me move this over there?”: training children with ASD to joint action through tangible interaction and virtual agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Ravenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chi Tai Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Nadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">E. Prigent</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM '21: 32e Conférence Francophone sur l'Interaction Homme-Machine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACM Association for Computing Machinery, Apr 2021, Virtual Event, France. pp.1-12, </w:t>
+              <w:t xml:space="preserve">TEI '21: Fifteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Salzburg, Austria. pp.1-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3450522.3451335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3430524.3440646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04433017v1</w:t>
+                <w:t xml:space="preserve">hal-04433012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Fast Is Sign Language? A Reevaluation of the Kinematic Bandwidth Using Motion Capture</w:t>
               </w:r>
@@ -4153,51 +4153,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Besnerais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouriel Grynszpan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105361" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03708554v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chaby" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benamara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Pino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Ravenet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2022.827312" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387018v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hamet Bagnou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1039169" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298752v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bigand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.710132" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411455v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259464" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341932v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Baur&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maquestiaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia R. Delucia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Defer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5273-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202987v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Monica de Oliveira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-017-1422-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272296v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Dozolme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Fang Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0200535" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319513v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deroche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descarreaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Shaughnessy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/7134825" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838655v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Oker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courgeon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Eyharabide" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Urbach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00133" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951434v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2015.01.038" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01VFSP4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319522v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chalabaev" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278297v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bazin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSE.2015010104" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935571v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Amorim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leconte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1532-2149.2013.00354.x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344973v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clint Hansen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Darracq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-014-4137-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04215759v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3570945.3607325" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738501v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133204v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03679246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387088v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieyeon Woo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Yang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3461615.3485422" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567064v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zagdoun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451337" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433012v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Giraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Tai Dang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Nadel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3430524.3440646" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433017v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451335" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351256v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404187" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400928v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329410" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400930v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359607" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400929v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836469v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonjiniaina Domohina Malala" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933484v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222963v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425438v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-El-Fatah Benchiheub" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Besnerais" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouriel Grynszpan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105361" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03708554v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chaby" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benamara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Pino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Ravenet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2022.827312" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387018v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hamet Bagnou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1039169" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298752v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bigand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.710132" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411455v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259464" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341932v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Baur&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maquestiaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia R. Delucia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Defer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5273-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202987v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Monica de Oliveira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-017-1422-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272296v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Dozolme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Fang Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0200535" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319513v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deroche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descarreaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Shaughnessy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/7134825" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838655v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Oker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courgeon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Eyharabide" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Urbach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00133" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951434v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2015.01.038" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01VFSP4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278297v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bazin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSE.2015010104" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319522v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chalabaev" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935571v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Amorim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leconte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1532-2149.2013.00354.x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344973v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clint Hansen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Darracq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-014-4137-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04215759v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3570945.3607325" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738501v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133204v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03679246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387088v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieyeon Woo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Yang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3461615.3485422" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567064v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zagdoun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451337" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433017v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Giraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Nadel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Tai Dang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451335" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433012v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3430524.3440646" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351256v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404187" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400928v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329410" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400930v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359607" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400929v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836469v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonjiniaina Domohina Malala" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933484v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222963v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425438v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-El-Fatah Benchiheub" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>