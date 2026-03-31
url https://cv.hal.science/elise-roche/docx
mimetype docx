--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -713,196 +713,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03446600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diversité sans diversité : différences &amp;quot;raciales&amp;quot; et accès au logement dans deux villes plurielles francophones (Montréal et Saint-Denis)</w:t>
+                <w:t xml:space="preserve">Eradiquer les bidonvilles en France : de la cabane à l'Algeco ? Enjeux des logements temporaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Roche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ted Rutland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lig.903.0019⟩</w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les irrécupérables, 37, pp.73-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/traces.9949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02364521v1</w:t>
+                <w:t xml:space="preserve">halshs-02496025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eradiquer les bidonvilles en France : de la cabane à l'Algeco ? Enjeux des logements temporaires</w:t>
+                <w:t xml:space="preserve">La diversité sans diversité : différences &amp;quot;raciales&amp;quot; et accès au logement dans deux villes plurielles francophones (Montréal et Saint-Denis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ted Rutland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Les irrécupérables, 37, pp.73-90. </w:t>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 83 (3), pp.19-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/traces.9949⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/lig.903.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02496025v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02364521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « villages d'insertion » : un événement territorial ? Quand la géographie sociale fait sienne la notion d'événement pour étudier les politiques urbaines</w:t>
               </w:r>
@@ -3072,51 +3072,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C364EB8"/>
+    <w:nsid w:val="860CACFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3303,51 +3303,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elise-roche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176507388" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article5636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045717v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04633724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tj0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541250v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.190.0021" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04535609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Legros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bourgois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22579" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03818218v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446600v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11849" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364521v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Rutland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.903.0019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496025v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.9949" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509606v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/societes-plurielles.2017.3666" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Fontaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Teppe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4463" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377195v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Costil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2015.3168" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244977v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.783" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246494v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386873v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellavoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Calandre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907144v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belmessous" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kipfer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Palomares" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386854v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386894v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748239v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01286276v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256865v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255381v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=44264" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259463v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660911v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Demougeot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huyghe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22573" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386079v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01650153v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052499v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660935v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997795v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elise-roche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176507388" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article5636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045717v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04633724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tj0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541250v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.190.0021" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04535609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Legros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bourgois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22579" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03818218v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446600v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11849" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496025v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.9949" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364521v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Rutland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.903.0019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509606v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/societes-plurielles.2017.3666" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Fontaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Teppe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4463" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377195v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Costil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2015.3168" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244977v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.783" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246494v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386873v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellavoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Calandre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907144v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belmessous" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kipfer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Palomares" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386854v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05386894v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748239v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01286276v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256865v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255381v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=44264" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259463v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660911v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Demougeot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huyghe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22573" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386079v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01650153v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052499v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660935v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997795v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>