--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elise RYST </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of context on the perception of syllable composition by French and English listeners as a function of their dominant language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, HS-11, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.2522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parsing CVCV words into syllables: a perceptual experimental study to test the language dominance effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The syllable: state of the art and perspectives (La sillaba : stato dell'arte e prospettive)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Pescara, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00817018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfaces between L1 & L2 syllabification preferences of CVCV (pseudo-)words by English and French adult listeners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces in English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Budapest, Hungary. (à paraître)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00764819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception de la segmentation de (pseudo-)mots CVCV en syllabes en fonction de la langue phonologiquement dominante des auditeurs : étude psycholinguistique expérimentale d'auditeurs francophones et anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Réseau Français de Phonologie - CNRS site Pouchet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllable segmentation of French and English CVCV (pseudo-)words by bilingual Parisian French and American English listeners as a function of language dominance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonetics and second language acquisition - Université Paris 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unbalanced effect of bilingualism: the role of the dominant language on syllable segmentation by Parisian French and American English bilingual hearers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Barcelona Summer School on Bilingualism and Multilingualism - Universitat Pompeu Fabra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Parisian French and American English speakers prefer parsing CVCV words? A perceptual experiment to test the effects of linguistic context and L2 exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domenico Russo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Notion of Syllable across History, Theories and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-1-4438-8054-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistique, psycholinguistique et enseignement des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dommergues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MARIE BOŘEK-DOHALSKÁ; KATEŘINA SUKOVÁ VYCHOPŇOVÁ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactique de la phonétique et phonétique en didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Charles de Prague, Karolinum, p. 11-25, 2015, 978-80-246-3211-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syllabation en anglais et en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Paris 8 - Saint-Denis, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02977498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId23"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elise RYST </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of context on the perception of syllable composition by French and English listeners as a function of their dominant language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, HS-11, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/corela.2522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfaces between L1 & L2 syllabification preferences of CVCV (pseudo-)words by English and French adult listeners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces in English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Budapest, Hungary. (à paraître)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00764819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parsing CVCV words into syllables: a perceptual experimental study to test the language dominance effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The syllable: state of the art and perspectives (La sillaba : stato dell'arte e prospettive)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Pescara, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00817018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception de la segmentation de (pseudo-)mots CVCV en syllabes en fonction de la langue phonologiquement dominante des auditeurs : étude psycholinguistique expérimentale d'auditeurs francophones et anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du Réseau Français de Phonologie - CNRS site Pouchet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllable segmentation of French and English CVCV (pseudo-)words by bilingual Parisian French and American English listeners as a function of language dominance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonetics and second language acquisition - Université Paris 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unbalanced effect of bilingualism: the role of the dominant language on syllable segmentation by Parisian French and American English bilingual hearers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Barcelona Summer School on Bilingualism and Multilingualism - Universitat Pompeu Fabra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00745342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Parisian French and American English speakers prefer parsing CVCV words? A perceptual experiment to test the effects of linguistic context and L2 exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domenico Russo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Notion of Syllable across History, Theories and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-1-4438-8054-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistique, psycholinguistique et enseignement des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dommergues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Pépiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MARIE BOŘEK-DOHALSKÁ; KATEŘINA SUKOVÁ VYCHOPŇOVÁ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactique de la phonétique et phonétique en didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Charles de Prague, Karolinum, p. 11-25, 2015, 978-80-246-3211-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syllabation en anglais et en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ryst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Paris 8 - Saint-Denis, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02977498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId23"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976780v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ryst" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.2522" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817018v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan P&#233;piot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00764819v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745362v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745371v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745342v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977473v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976765v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dommergues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02977498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976780v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ryst" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.2522" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00764819v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan P&#233;piot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817018v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745362v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745371v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745342v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977473v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976765v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dommergues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02977498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>