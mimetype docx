--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -447,252 +447,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressing emotion in romance fiction: how readers like their heroes and heroines to communicate passion</w:t>
+                <w:t xml:space="preserve">Expressing emotion in romance fiction: How readers like their heroes and heroines to communicate passion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherches anglaises et nord-américainses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51, pp.87-96</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04452538v1</w:t>
+                <w:t xml:space="preserve">hal-05255101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressing emotion in romance fiction: How readers like their heroes and heroines to communicate passion.</w:t>
+                <w:t xml:space="preserve">Expressing emotion in romance fiction: how readers like their heroes and heroines to communicate passion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches anglaises et nord-américainses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51, pp.87-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ranam.2018.1566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05255101v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagining Place: An Empirical Study of How Cultural Outsiders and Insiders Receive Fictional Representations of Place in Caryl Férey’s &amp;lt;i&amp;gt;Utu&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Review of &amp;lt;i&amp;gt;The voices of suspense and their translation in thrillers&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaginations - Revue d’études interculturelles de l’image</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5 (1), pp.67-80. </w:t>
+              <w:t xml:space="preserve">The Translator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (1), pp.107-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17742/IMAGE.periph.5-1.5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13556509.2015.979977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417055v1</w:t>
+                <w:t xml:space="preserve">hal-04417065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagining Place: an empirical study of how cultural outsiders and insiders receive fictional representations of place in Caryl Férey’s &amp;lt;i&amp;gt;Utu&amp;lt;/i&amp;gt;</w:t>
               </w:r>
@@ -741,316 +745,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05255105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of &amp;lt;i&amp;gt;The voices of suspense and their translation in thrillers&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Antipodean French crime fiction is all but pacific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Translator</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Textus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.91-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417065v1</w:t>
+                <w:t xml:space="preserve">hal-04417050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antipodean French crime fiction is all but pacific</w:t>
+                <w:t xml:space="preserve">Why not translate metaphor in French crime fiction? The case of Caryl Férey’s &amp;lt;i&amp;gt;Utu&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2, pp.91-108</w:t>
+              <w:t xml:space="preserve">The Journal of specialised translation (JoSTrans)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22, pp.44-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417050v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why not translate metaphor in French crime fiction?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Specialised Translation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22, pp.44-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05255106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why not translate metaphor in French crime fiction? The case of Caryl Férey’s &amp;lt;i&amp;gt;Utu&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Imagining Place: An Empirical Study of How Cultural Outsiders and Insiders Receive Fictional Representations of Place in Caryl Férey’s &amp;lt;i&amp;gt;Utu&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of specialised translation (JoSTrans)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Imaginations - Revue d’études interculturelles de l’image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (1), pp.67-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17742/IMAGE.periph.5-1.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417079v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anodisation of magnesium at high voltages</w:t>
               </w:r>
@@ -1166,165 +1166,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysing contemporary romance covers to uncover readers’ desires</w:t>
+                <w:t xml:space="preserve">Reading the pictures: romance fiction covers uncover readers’ desires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Romance revitalised, 9th International conference on popular romance studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Society for Text and Discourse: 33rd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Oslo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442795v1</w:t>
+                <w:t xml:space="preserve">hal-05442797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reading the pictures: romance fiction covers uncover readers’ desires</w:t>
+                <w:t xml:space="preserve">Analysing contemporary romance covers to uncover readers’ desires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Text and Discourse: 33rd Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Oslo, Sweden</w:t>
+              <w:t xml:space="preserve">Romance revitalised, 9th International conference on popular romance studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442797v1</w:t>
+                <w:t xml:space="preserve">hal-05442795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comfort reading and eating? Food, diet, and body image in contemporary romance fiction</w:t>
               </w:r>
@@ -1865,405 +1865,405 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05274581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mis-reading moko: Cross-cultural tattooing in Caryl Férey’s New Zealand crime fiction.</w:t>
+                <w:t xml:space="preserve">Mis-reading &amp;lt;i&amp;gt;moko&amp;lt;/i&amp;gt;: cross-cultural tattooing in Caryl Férey’s New Zealand crime fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kate Watson; Katharine Cox. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tattoos in Crime and Detective Narratives: Marking and Remarking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Manchester University Press, pp.80-94, 2019</w:t>
+              <w:t xml:space="preserve">Tattoos in crime and detective narratives: marking and remarking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Manchester University Press, pp.80-94, 2019, 9781526128676</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274580v1</w:t>
+                <w:t xml:space="preserve">hal-04454726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mis-reading &amp;lt;i&amp;gt;moko&amp;lt;/i&amp;gt;: cross-cultural tattooing in Caryl Férey’s New Zealand crime fiction</w:t>
+                <w:t xml:space="preserve">Mis-reading moko: Cross-cultural tattooing in Caryl Férey’s New Zealand crime fiction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kate Watson; Katharine Cox. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tattoos in crime and detective narratives: marking and remarking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Manchester University Press, pp.80-94, 2019, 9781526128676</w:t>
+              <w:t xml:space="preserve">Tattoos in Crime and Detective Narratives: Marking and Remarking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Manchester University Press, pp.80-94, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04454726v1</w:t>
+                <w:t xml:space="preserve">hal-05274580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translating popular fiction</w:t>
+                <w:t xml:space="preserve">Translating popular fiction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sue-Anne Harding; Ovidi Carbonell Cortés. </w:t>
+              <w:t xml:space="preserve">Sue-Ann Harding; Ovidi Carbonell Cortés. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Routledge handbook of translation and culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, pp.431-444, 2018, 9781138946309</w:t>
+              <w:t xml:space="preserve">The Routledge Handbook of Translation and Culture.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.431-444, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04454713v1</w:t>
+                <w:t xml:space="preserve">hal-05274578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translating popular fiction.</w:t>
+                <w:t xml:space="preserve">Translating popular fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sue-Ann Harding; Ovidi Carbonell Cortés. </w:t>
+              <w:t xml:space="preserve">Sue-Anne Harding; Ovidi Carbonell Cortés. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Routledge Handbook of Translation and Culture.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.431-444, 2018</w:t>
+              <w:t xml:space="preserve">Routledge handbook of translation and culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.431-444, 2018, 9781138946309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274578v1</w:t>
+                <w:t xml:space="preserve">hal-04454713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Space, time and early railways: oddities from the other end of the world</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Taking background research too far? Caryl Férey’s cross-cultural 'borrowings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">David Gwynn. </w:t>
+              <w:t xml:space="preserve">Angela Kimyongür; Ann Wigelsworth. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Early Railways 5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Six Martlets, pp.74-96, 2014</w:t>
+              <w:t xml:space="preserve">Rewriting Wrongs: French Crime Fiction and the Palimpsest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambridge Scholars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.129-144, 2014, 978-1-4438-6133-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04454693v1</w:t>
+                <w:t xml:space="preserve">hal-04417074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taking background research too far? Caryl Férey’s cross-cultural 'borrowings</w:t>
               </w:r>
@@ -2316,113 +2316,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05274582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking background research too far? Caryl Férey’s cross-cultural 'borrowings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Space, time and early railways: oddities from the other end of the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Carter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Carter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Angela Kimyongür; Ann Wigelsworth. </w:t>
+              <w:t xml:space="preserve">David Gwynn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rewriting Wrongs: French Crime Fiction and the Palimpsest</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.129-144, 2014, 978-1-4438-6133-5</w:t>
+              <w:t xml:space="preserve">Early Railways 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Six Martlets, pp.74-96, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417074v1</w:t>
+                <w:t xml:space="preserve">hal-04454693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cannibalistic Māori behead Rupert Murdoch: (mis)representations of antipodean otherness in Caryl Férey's 'Māori thrillers</w:t>
               </w:r>
@@ -2923,51 +2923,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313206v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1121684ar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454801v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452538v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ranam.2018.1566" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255101v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417055v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17742/IMAGE.periph.5-1.5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255105v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13556509.2015.979977" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417050v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417079v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452479v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom F Barton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham A. Wright" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/SURF990161" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442795v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442797v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442818v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454766v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897764v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454794v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454785v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274581v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274580v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454726v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454713v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274578v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454693v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Carter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274582v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417074v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-6133-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454831v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Walker-Morrison" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274576v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04417334v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EHES0134" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04423970v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313206v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1121684ar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454801v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255101v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452538v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ranam.2018.1566" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417065v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13556509.2015.979977" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255105v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417050v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417055v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17742/IMAGE.periph.5-1.5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452479v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom F Barton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham A. Wright" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/SURF990161" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442797v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442795v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05442818v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454766v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897764v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454794v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454785v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274581v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454726v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274580v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274578v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454713v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417074v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-6133-5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274582v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454693v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Carter" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454831v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Walker-Morrison" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274576v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04417334v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EHES0134" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04423970v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>