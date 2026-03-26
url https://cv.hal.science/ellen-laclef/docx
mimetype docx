--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -421,51 +421,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Moutoussamy</w:t>
+                <w:t xml:space="preserve">Madly Moutoussamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
@@ -475,1830 +475,1830 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seminar and workshops on co-design of conservation and valorisation of Creole breeds in Marie-Galante</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Charte de fonctionnement - Plateforme multi-acteurs - Projet CASDAR Zéro Chlordécone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Arquet</w:t>
+                <w:t xml:space="preserve">Xavier Xande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier O.B. Bade</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laura Montout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763631v1</w:t>
+                <w:t xml:space="preserve">hal-04997928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charte de fonctionnement - Plateforme multi-acteurs - Projet CASDAR Zéro Chlordécone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ellen Laclef</w:t>
+                <w:t xml:space="preserve">Seminar and workshops on co-design of conservation and valorisation of Creole breeds in Marie-Galante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O.B. Bade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Xande</w:t>
+                <w:t xml:space="preserve">Océane Biabiany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Montout</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélain Bructer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fanchone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04997928v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limiter les traitements hormonaux pour la reproduction des brebis laitières : quels impacts sur les performances des systèmes ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inseminate without hormonal treatment in dairy sheep farms: exploring the consequences on the sustainability of several contrasted production systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+                <w:t xml:space="preserve">Eliel González García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Lurette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ellen Laclef</w:t>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Catalano</w:t>
+                <w:t xml:space="preserve">C. de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées Techniques Ovines</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (7), pp.101210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913658v1</w:t>
+                <w:t xml:space="preserve">hal-04625658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scénarisation et évaluation des conséquences de la mise en œuvre d'une gestion de la reproduction sans hormones sur les performances techniques d’élevages ovins laitiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the long-term consequences of implementing hormone-free reproductive management on the sustainability of a dairy sheep farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04913115v1</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 210 (July), pp.107926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2023.107926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04112960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'impact de la pratique de l'insémination sans hormones sur les performances et l'alimentation d'un troupeau ovin laitier</w:t>
+                <w:t xml:space="preserve">Alternative hormone-free reproduction management of a dairy sheep flock disrupts the farm's annual feeding system calendar and its associated strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Debus</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04033343v1</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 106 (6), pp.4092-4107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2022-22080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070123v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing hormone-free insemination in dairy sheep farms challenges their feeding system design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High body condition score combined with a reduced lambing to ram introduction interval improves the short-term ovarian response of milking Lacaune ewes to the male effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Debus</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sara Parisot</w:t>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moutaz Alhamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tesniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Annual Meeting of the European Federation of Animal Science (EAAP 2022)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03775185v1</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100519⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Part-time group housing of familiar rabbit does in large partitionned space: effects on performance and behaviour</w:t>
+                <w:t xml:space="preserve">REPROsheep: A model that integrates individual variability to optimise hormone-free reproduction management strategies for a dairy sheep flock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
-[...267 lines deleted...]
-                <w:t xml:space="preserve">hal-03376369v1</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 189, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2021.106412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inseminate without hormonal treatment in dairy sheep farms: exploring the consequences on the sustainability of several contrasted production systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Limiter les traitements hormonaux pour la reproduction des brebis laitières : quels impacts sur les performances des systèmes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine de Boissieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">C. de Boissieu</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Catalano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04625658v1</w:t>
+              <w:t xml:space="preserve">11. Journées Techniques Ovines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Gotein-Libarrenx, France. 2p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the long-term consequences of implementing hormone-free reproductive management on the sustainability of a dairy sheep farm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scénarisation et évaluation des conséquences de la mise en œuvre d'une gestion de la reproduction sans hormones sur les performances techniques d’élevages ovins laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucio Catalano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04112960v1</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.124-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative hormone-free reproduction management of a dairy sheep flock disrupts the farm's annual feeding system calendar and its associated strategies</w:t>
+                <w:t xml:space="preserve">Simulation de l'impact de la pratique de l'insémination sans hormones sur les performances et l'alimentation d'un troupeau ovin laitier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04070123v2</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04033343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High body condition score combined with a reduced lambing to ram introduction interval improves the short-term ovarian response of milking Lacaune ewes to the male effect</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Introducing hormone-free insemination in dairy sheep farms challenges their feeding system design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Debus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Anne Tesniere</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03651997v1</w:t>
+              <w:t xml:space="preserve">73. Annual Meeting of the European Federation of Animal Science (EAAP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REPROsheep: A model that integrates individual variability to optimise hormone-free reproduction management strategies for a dairy sheep flock</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Factors influencing the short term ovarian response of milking Lacaune ewes to the male effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Laclef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Debus</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moutaz Alhamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tesniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 189, </w:t>
+              <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the impact of within flock variability on hormone-free dairy sheep farm performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliel González García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">72. Annual meeting of the european federation of animal science (EAAP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Part-time group housing of familiar rabbit does in large partitionned space: effects on performance and behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davi Savietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Warin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yayu Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2021.106412⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03328256v1</w:t>
+                <w:t xml:space="preserve">Jean Marie Bonnemère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03645129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2316,90 +2316,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire et ateliers de co-conception pour la sauvegarde et la valorisation des races Créole (Marie-Galante, juillet 2024).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Arquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier O.B. Bade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Biabiany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélain Bructer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fanchone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2430,289 +2430,289 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation et évaluation de scénarios de pratiques alternatives pour une reproduction sans hormones dans les exploitations ovines laitières</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proceedings of GAMA days 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2022AGRO0051⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Thèse</w:t>
+                <w:t xml:space="preserve">Carole Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Biré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh Nga Phung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diep Anh Phung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GAMA days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04222781v1</w:t>
+                <w:t xml:space="preserve">ird-04179579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proceedings of GAMA days 2022</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation et évaluation de scénarios de pratiques alternatives pour une reproduction sans hormones dans les exploitations ovines laitières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences agricoles. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2022. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2022AGRO0051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quynh Nga Phung</w:t>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">ird-04179579v1</w:t>
+                <w:t xml:space="preserve">tel-04222781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId73"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2788,51 +2788,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="118437EB"/>
+    <w:nsid w:val="D702EE83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3019,51 +3019,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ellen-laclef" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271913894" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250920v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05449390v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Laclef" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Archim&#232;de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moutoussamy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763631v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O.B. Bade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Biabiany" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lain Bructer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997928v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Xande" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Catalano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913115v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Catalano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033343v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775185v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillandier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645129v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Warin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayu Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Bonnem&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376302v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376369v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutaz Alhamada" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tesniere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625658v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Boissieu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101210" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112960v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2023.107926" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070123v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22080" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03651997v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100519" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106412" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660504v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04222781v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AGRO0051" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ellen-laclef" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271913894" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250920v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05449390v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Laclef" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Archim&#232;de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madly Moutoussamy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997928v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Xande" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763631v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O.B. Bade" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Biabiany" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lain Bructer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Boissieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101210" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112960v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2023.107926" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070123v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22080" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03651997v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutaz Alhamada" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tesniere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100519" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106412" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913658v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Boissieu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Catalano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913115v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Catalano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033343v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillandier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376369v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376302v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645129v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Warin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayu Huang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Bonnem&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660504v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04222781v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AGRO0051" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>