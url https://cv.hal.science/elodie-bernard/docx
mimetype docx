--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -160,51 +160,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (50)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (49)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4063,2813 +4063,2679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust sampling in WEST and tritium retention in tokamak-relevant tungsten particles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Pieters</w:t>
+                <w:t xml:space="preserve">Hydrogen trapping in tungsten: impact of helium irradiation and thermal cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2020.100781⟩</w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, T171, pp.014066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ab68bd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04454160v1</w:t>
+                <w:t xml:space="preserve">hal-03046763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen trapping in tungsten: impact of helium irradiation and thermal cycling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+                <w:t xml:space="preserve">Toxicological Assessment of ITER-Like Tungsten Nanoparticles Using an In Vitro 3D Human Airway Epithelium Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Uboldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Sanles Sobrido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (10), pp.1374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano9101374⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ab68bd⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03046763v1</w:t>
+                <w:t xml:space="preserve">cea-02302666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicological Assessment of ITER-Like Tungsten Nanoparticles Using an In Vitro 3D Human Airway Epithelium Model</w:t>
+                <w:t xml:space="preserve">In Vitro Analysis of the Effects of ITER-Like Tungsten Nanoparticles: Cytotoxicity and Epigenotoxicity in BEAS-2B Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle George</w:t>
+                <w:t xml:space="preserve">Chiara Uboldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Uboldi</w:t>
+                <w:t xml:space="preserve">Marcos Sanles Sobrido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sarah Dine</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Tassistro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Herlin-Boime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (10), pp.1374. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, From Basic Research to New Tools and Challenges for the Genotoxicity Testing of Nanomaterials, 9 (9), pp.1233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano9091233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano9101374⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-02302666v1</w:t>
+                <w:t xml:space="preserve">hal-02352628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Analysis of the Effects of ITER-Like Tungsten Nanoparticles: Cytotoxicity and Epigenotoxicity in BEAS-2B Cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Herlin-Boime</w:t>
+                <w:t xml:space="preserve">Current investigations on tritiated dust and its impact on tokamak safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dougniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (8), pp.086061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab1a76⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano9091233⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02352628v1</w:t>
+                <w:t xml:space="preserve">cea-04454154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current investigations on tritiated dust and its impact on tokamak safety</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tritium retention in W plasma-facing materials: Impact of the material structure and helium irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kreter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Autissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, pp.403-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2019.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab1a76⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04454154v1</w:t>
+                <w:t xml:space="preserve">hal-02086134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current investigations on tritiated dust and their impact on tokamak safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gensdarmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Peillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Dougniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 59 (8), pp.086061. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/ab1a76⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02159313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tritium retention in W plasma-facing materials: Impact of the material structure and helium irradiation</w:t>
+                <w:t xml:space="preserve">Design of model tokamak particles for future toxicity studies: Morphology and physical characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">E. Autissier</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sanles Sobrido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 145, pp.60-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2019.05.037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2019.03.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02086134v1</w:t>
+                <w:t xml:space="preserve">hal-02169319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of model tokamak particles for future toxicity studies: Morphology and physical characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current investigations on tritiated dust and its impact on tokamak safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gensdarmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dougniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (8), pp.086061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab1a76⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2019.05.037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02169319v1</w:t>
+                <w:t xml:space="preserve">hal-04344912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current investigations on tritiated dust and its impact on tokamak safety</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                <w:t xml:space="preserve">SHS Synthesis and SPS Densification of Nanometric Tungsten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Herlin Boime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tingaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab1a76⟩</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.1701138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.201701138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344912v1</w:t>
+                <w:t xml:space="preserve">cea-01717156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHS Synthesis and SPS Densification of Nanometric Tungsten</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Dine</w:t>
+                <w:t xml:space="preserve">Surface morphology of tungsten exposed to helium plasma at temperatures below fuzz formation threshold 1073 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arkadi Kreter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoaki Yoshida</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (1), pp.016040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/57/1/016040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adem.201701138⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-01717156v1</w:t>
+                <w:t xml:space="preserve">hal-04594191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface morphology of tungsten exposed to helium plasma at temperatures below fuzz formation threshold 1073 K</w:t>
+                <w:t xml:space="preserve">Surface morphology in tungsten and RAFM steel exposed to helium plasma in PSI-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arkadi Kreter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pegourié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, T170, pp.014062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/aa93a2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/57/1/016040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594191v1</w:t>
+                <w:t xml:space="preserve">hal-01795072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface morphology in tungsten and RAFM steel exposed to helium plasma in PSI-2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Pegourié</w:t>
+                <w:t xml:space="preserve">Estimation of the tritium retention in ITER tungsten divertor target using macroscopic rate equations simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Markelj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, T170, pp.014062. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, T170, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/aa8787⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/aa93a2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01795072v1</w:t>
+                <w:t xml:space="preserve">hal-01690705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the tritium retention in ITER tungsten divertor target using macroscopic rate equations simulations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C Becquart</w:t>
+                <w:t xml:space="preserve">Extension of the operational regime of the LHD towards a deuterium experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Takeiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Morisaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Osakabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Yokoyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sakakibara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (10), pp.102023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa7fc2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/aa8787⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01690705v1</w:t>
+                <w:t xml:space="preserve">hal-04594185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of the operational regime of the LHD towards a deuterium experiment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Sakakibara</w:t>
+                <w:t xml:space="preserve">Temperature impact on the micro structure of tungsten exposed to He irradiation in LHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masayuki Tokitani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suguru Masuzaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiromi Hayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 484, pp.24-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.10.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa7fc2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594185v1</w:t>
+                <w:t xml:space="preserve">hal-04594188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature impact on the micro structure of tungsten exposed to He irradiation in LHD</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GISAXS modelling of helium-induced nano-bubble formation in tungsten and comparison with TEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matt Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuichi Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hiromi Hayashi</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nigel Kirby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Kluth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 484, pp.24-29. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 473, pp.6-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.01.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.10.040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594188v1</w:t>
+                <w:t xml:space="preserve">hal-04594197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GISAXS modelling of helium-induced nano-bubble formation in tungsten and comparison with TEM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrick Kluth</w:t>
+                <w:t xml:space="preserve">Tungsten dust in fusion tokamaks: relevant dust laser production, characterization and behaviour under tritium loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, T167, pp.014071 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0031-8949/T167/1/014071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.01.038⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594197v1</w:t>
+                <w:t xml:space="preserve">hal-01418480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tungsten dust in fusion tokamaks: relevant dust laser production, characterization and behaviour under tritium loading</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Grisolia</w:t>
+                <w:t xml:space="preserve">Flow damping due to stochastization of the magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Yoshinuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tsuchiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (1), pp.5816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms6816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0031-8949/T167/1/014071⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01418480v1</w:t>
+                <w:t xml:space="preserve">hal-04594209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow damping due to stochastization of the magnetic field</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature impact on W surface exposed to He plasma in LHD and its consequences for the material properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Yoshida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 463, pp.316-319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms6816⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594209v1</w:t>
+                <w:t xml:space="preserve">hal-04594203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature impact on W surface exposed to He plasma in LHD and its consequences for the material properties</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Overview of transport and MHD stability study: focusing on the impact of magnetic field topology in the Large Helical Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nagaoka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Inagaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kasahara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (10), pp.104018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0029-5515/55/10/104018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.11.041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04594203v1</w:t>
+                <w:t xml:space="preserve">hal-04594200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of transport and MHD stability study: focusing on the impact of magnetic field topology in the Large Helical Device</w:t>
-[...124 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Simultaneous deuterium implantation and ion beam microanalyses in CFC NB31: Understanding the in-bulk migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Khodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Khodja</w:t>
+                <w:t xml:space="preserve">J. Chêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pégourié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 438, pp.S975-S978. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JNUCMAT.2013.01.212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JNUCMAT.2013.01.212⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6879,51 +6745,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Tritium Inventory And Permeation In Materials For Fusion Reactors: A Coupled Experimental And Modelling Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6982,198 +6848,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th IAEA Fusion Energy Conference (FEC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04407331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of hydrogen trapping, diffusion and permeation in tokamak materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Pecovnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th IAEA Fusion Energy Conference (FEC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, on line, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of exposure conditions on helium transport and bubble growth in tungsten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7232,73 +7098,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Workshop on Hydrogen Isotopes in Fusion Reactor Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Korea Institute of Fusion Energy, May 2021, Daejeon (online event), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-propagating high-temperature synthesis and spark plasma sintering of tungsten alloys for fusion applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Dine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7307,244 +7173,244 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Herlin Boime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Self-Propagating High-Temperature Synthesis XV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidémiologie, prise en charge et résultats des fractures périprothétiques sur prothèse totale de genou : étude rétrospective multicentrique de 1997 à 2017. A propos de 105 cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bauer</w:t>
+                <w:t xml:space="preserve">B Zaharia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Zaharia</w:t>
+                <w:t xml:space="preserve">J Parot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Chirurgie Orthopédique et Traumatologique (SoFCOT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the tritium retention in ITER tungsten divertor target using macroscopic rate equations simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7553,101 +7419,101 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Markelj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. S. Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Bristol, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7657,176 +7523,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIBS (laser-induced breakdown spectroscopy) applications for the tritium measurement in tokamak plasma-facing components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPIG 2025 - International Conférence on Phenomena in Ionized Gases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05194223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling H-He interactions in W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7848,110 +7714,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Symposium on Fusion Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Dubrovnik, Croatia. , P-2.308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling tritium adsorption and desorption from tungsten dust with a surface kinetic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8010,87 +7876,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual Conference, France. , pp.ID166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03579938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeation and trapping in fusion-relevant materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8135,87 +8001,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual Conference, Germany. , pp.ID303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03579944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen permeation and trapping through Eurofer97</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8260,176 +8126,176 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Symposium on Fusion Technology (SOFT2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Virtual edition, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-incidence cluster of ALS in the French Alps: common environment and multiple exposures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Lagrange</w:t>
+                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
+                <w:t xml:space="preserve">K Talbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Couratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th international symposium on ALS/MND</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Boston, United States. 18 (Supplément S2), pp.179, 2017, Amyotrophic Lateral Sclerosis and Frontotemporal Degeneration</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8439,147 +8305,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dust deposition on plasma-facing substrates extracted from the WEST Tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Nelson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Martin</w:t>
+                <w:t xml:space="preserve">C. Arnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8589,100 +8455,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement du deutérium dans les matériaux d’intérêt pour la fusion thermonucléaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université Paris Sud - Paris XI, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012PA112250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00879145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8692,105 +8558,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facettes de l’interaction tungstène-hydrogène dans les centrales à fusion : contributions et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique [physics]. AMU - Aix Marseille Université, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04976184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId292"/>
+      <w:footerReference w:type="default" r:id="rId291"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8858,51 +8724,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="93718AFE"/>
+    <w:nsid w:val="A3C40EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9089,51 +8955,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodie-bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9291-7654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976194v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curiotto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cheynis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2025.101894" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05504924v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Ialovega" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pardanaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/addfea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386833v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Castel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mentana" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Tassistro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Riani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Payet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119491" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwaipayan Dasgupta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haishan Zhou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Kolasinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D Wirth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad36b5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594143v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Sakamoto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadi Kreter" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad1fab" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462694v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Payet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.154924" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594153v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montupet-Leblond" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Feuillastre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Argote" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Hodille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101561" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343886v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Curiotto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#252;ller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cheynis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Corso" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0175752" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086324v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Campos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101471" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345147v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marascu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Pieters" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.04.349" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101533" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534661v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pardanaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roussin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dellasega" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad0289" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858986v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bisson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac94e3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029619v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsitrone" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pegourie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gunn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2ef3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigollet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6f68" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761586v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Payet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6e74" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029665v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101305" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594167v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Likonen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahtinen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuoriheimo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Groth" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac22d2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594174v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Markelj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipoglav&#353;ek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kelemen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101057" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400941v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pecovnik" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2abc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550892v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balden" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mayer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bliewert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2182" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03142396v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dine" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tingaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11020252" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293417v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hodille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Charles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93542-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03412056v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Giacometti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac267e" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290700v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Hodille" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Payet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marascu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Peillon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougenot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac0f37" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355595v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101062" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026714v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sakamoto" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hodille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kreter" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Autissier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100729" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02969014v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peillon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dougniaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pieters" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100781" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611611v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dellasega" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Passoni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roubin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab9347" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04454160v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03046763v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab68bd" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02302666v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Uboldi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Sanles Sobrido" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9101374" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352628v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9091233" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04454154v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gensdarmes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab1a76" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159313v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gensdarmes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Dougniaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086134v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.03.005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169319v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jambon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Georges" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanles Sobrido" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.05.037" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344912v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01717156v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin Boime" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201701138" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594191v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoaki Yoshida" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/57/1/016040" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795072v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pegouri&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa93a2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690705v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hodille" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Markelj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Becquart" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa8787" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594185v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Takeiri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morisaki" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yokoyama" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sakakibara" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa7fc2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594188v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Tokitani" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suguru Masuzaki" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Hayashi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.10.040" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594197v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Thompson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Kirby" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kluth" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.01.038" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418480v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delaporte" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousseau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/T167/1/014071" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594209v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ida" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yoshinuma" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tsuchiya" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobayashi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Suzuki" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms6816" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594203v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yoshida" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yamada" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.041" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594200v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nagaoka" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inagaki" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kasahara" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Evans" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/55/10/104018" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112588v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khodja" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ch&#234;ne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P&#233;gouri&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JNUCMAT.2013.01.212" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LXNF7J2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407331v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03279579v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pecovnik" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264211v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402920v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vrel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078503v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bauer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zaharia" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Parot" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Luc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737442v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mougenot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Becquart" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194223v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886289v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blondel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579938v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579944v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973754v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01658408v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lagrange" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Talbot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Couratier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449070v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nelson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00879145v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112250" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04976184v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodie-bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9291-7654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976194v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curiotto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cheynis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2025.101894" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05504924v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Ialovega" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pardanaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/addfea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386833v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Castel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mentana" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Tassistro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Riani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Payet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119491" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwaipayan Dasgupta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haishan Zhou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Kolasinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D Wirth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad36b5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594143v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Sakamoto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadi Kreter" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad1fab" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462694v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Payet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.154924" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594153v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montupet-Leblond" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Feuillastre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Argote" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Hodille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101561" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343886v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Curiotto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#252;ller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cheynis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Corso" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0175752" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086324v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Campos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101471" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345147v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marascu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Pieters" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.04.349" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101533" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534661v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pardanaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roussin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dellasega" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad0289" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858986v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bisson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac94e3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029619v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsitrone" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pegourie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gunn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2ef3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigollet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6f68" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761586v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Payet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6e74" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029665v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101305" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594167v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Likonen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahtinen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuoriheimo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Groth" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac22d2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594174v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Markelj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipoglav&#353;ek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kelemen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101057" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400941v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pecovnik" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2abc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550892v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balden" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mayer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bliewert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2182" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03142396v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dine" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tingaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11020252" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293417v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hodille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Charles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93542-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03412056v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Giacometti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac267e" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290700v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Hodille" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Payet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marascu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Peillon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougenot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac0f37" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355595v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101062" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026714v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sakamoto" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hodille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kreter" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Autissier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100729" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02969014v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peillon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dougniaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pieters" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100781" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611611v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dellasega" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Passoni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roubin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab9347" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03046763v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab68bd" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02302666v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Uboldi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Sanles Sobrido" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9101374" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352628v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9091233" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04454154v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gensdarmes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab1a76" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086134v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.03.005" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159313v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gensdarmes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Dougniaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169319v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jambon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Georges" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanles Sobrido" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.05.037" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344912v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01717156v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin Boime" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201701138" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594191v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoaki Yoshida" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/57/1/016040" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795072v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pegouri&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa93a2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690705v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hodille" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Markelj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Becquart" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa8787" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594185v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Takeiri" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morisaki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yokoyama" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sakakibara" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa7fc2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594188v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Tokitani" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suguru Masuzaki" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Hayashi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.10.040" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594197v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Thompson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Kirby" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kluth" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.01.038" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418480v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delaporte" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rousseau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/T167/1/014071" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594209v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ida" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yoshinuma" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tsuchiya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kobayashi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Suzuki" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms6816" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594203v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yoshida" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yamada" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.11.041" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594200v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nagaoka" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inagaki" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kasahara" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Evans" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/55/10/104018" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112588v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khodja" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ch&#234;ne" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P&#233;gouri&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JNUCMAT.2013.01.212" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LXNF7J2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407331v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03279579v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pecovnik" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264211v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402920v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vrel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078503v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bauer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zaharia" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Parot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Luc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737442v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mougenot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Becquart" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194223v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886289v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blondel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579938v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579944v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973754v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01658408v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lagrange" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Talbot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Couratier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449070v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nelson" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00879145v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112250" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04976184v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>