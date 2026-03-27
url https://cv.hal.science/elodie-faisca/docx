--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120.37617554859px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Élodie FAISCA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pair-former ? Une autre forme de participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances &amp; Psy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 105 (3), pp.139-146. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ep.105.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les expériences des enfants pour comprendre leur participation aux processus décisionnels en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le travail social avec les familles : entre innovations et résistances, 1 (55), pp.109-136. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rief.055.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entretiens enfant / professionnel·le : un espace pour une participation significative en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés et jeunesses en difficulté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accéder, saisir et prendre en compte les expériences des enfants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 56 (1), pp.385. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1099018ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accueillir des enfants rapatriés de la zone irako-syrienne : analyse des vécus et des pratiques des assistants familiaux français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 49 (1), pp.61-79. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rief.049.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions réinterrogées par l’impératif démocratique de participation en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 34-35 (2), pp.177-192. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vsoc.212.0177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotions and involvement of foster carers preparing to welcome children arriving from war zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children &amp; Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/chso.12513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03436929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant en protection de l’enfance : Enjeux, conditions et obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances, Familles, Générations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation : de l’énonciation « du » droit à l’application « des droits » en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°158 (3), pp.13. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/forum.158.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que pensent les professionnels de la participation des enfants en famille d’accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°68 (4), pp.s53. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph.068.0118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social support for LGBTQIA+ youth in care -Social work with LGBTQIA+ children & youth: points of views of professionals in France and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Rurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perdrizet Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pozzato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Seraphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EQUITY AND SOCIAL JUSTICE IN CHILD, YOUTH AND FAMILY WELFARE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUSARF, Sep 2023, BRIGHTON, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Visibility and Invisibility of the Needs and Rights of LGBTQIA+ Youth in the Child Protection System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Rurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Perdrizet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pozzato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Séraphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Sexuality and Social Work Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Strathclyde Glasgow, UK, Jul 2023, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’isomorphisme dans le processus relationnel famille-praticien-chercheur : quels apports du cadre de référence pour une approche participative de la recherche en protection de l’enfance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Huentz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children, Families and Vulnerability International Seminar : Co-production of resources for the participation of families in vulnerable situations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International de Recherche Enfants, Familles et Vulnérabilités (GIREFV), Jul 2023, Lleida, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion entre praticiens-chercheurs : Des regards situés et engagés pour un renouvellement des pratiques de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Huentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Knapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Engagement dans la recherche, recherches engagées, recherches sur l’engagement : que nous disent les sciences de l’éducation et de la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cref Université Paris Nanterre, Nov 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des acteur·rices en protection de l'enfance : Des processus complexes et dynamiques favorisant la coproduction de l’intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Aifris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bruxelles (BE), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des enfants au cours des processus décisionnels : l’approche diachronique comme méthode pour saisir des dynamiques complexes en contexte de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il ne suffit pas de me demander de participer, il faut m’apprendre à le faire et me laisser faire » : Enjeux, conditions et effets d’une démarche de participation collective en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aifris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bruxelles (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foster families' perceptions about children repatriated from war zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIème EUSARF Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUSARF, Sep 2021, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ethnographie institutionnelle pour saisir les pratiques en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque FRANCO-Pho_LIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance », poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Efise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche de l’équipe EFIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche de l’équipe EFIS : "Contextes pluriculturels : questions, enjeux, défis en éducation familiale "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des indicateurs de participation des enfants en protection de l’enfance dans le contexte français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La qualité de l'accompagnement en protection de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.79-96, 2022, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.serap.2022.01.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId55"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120.37617554859px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Élodie FAISCA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pair-former ? Une autre forme de participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances &amp; Psy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 105 (3), pp.139-146. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ep.105.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les expériences des enfants pour comprendre leur participation aux processus décisionnels en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le travail social avec les familles : entre innovations et résistances, 1 (55), pp.109-136. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rief.055.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les entretiens enfant / professionnel·le : un espace pour une participation significative en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés et jeunesses en difficulté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accéder, saisir et prendre en compte les expériences des enfants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 56 (1), pp.385. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1099018ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accueillir des enfants rapatriés de la zone irako-syrienne : analyse des vécus et des pratiques des assistants familiaux français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 49 (1), pp.61-79. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rief.049.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotions and involvement of foster carers preparing to welcome children arriving from war zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children &amp; Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/chso.12513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03436929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions réinterrogées par l’impératif démocratique de participation en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 34-35 (2), pp.177-192. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vsoc.212.0177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant en protection de l’enfance : Enjeux, conditions et obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances, Familles, Générations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que pensent les professionnels de la participation des enfants en famille d’accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°68 (4), pp.s53. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph.068.0118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation : de l’énonciation « du » droit à l’application « des droits » en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°158 (3), pp.13. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/forum.158.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social support for LGBTQIA+ youth in care -Social work with LGBTQIA+ children & youth: points of views of professionals in France and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Rurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perdrizet Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pozzato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Seraphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EQUITY AND SOCIAL JUSTICE IN CHILD, YOUTH AND FAMILY WELFARE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUSARF, Sep 2023, BRIGHTON, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Visibility and Invisibility of the Needs and Rights of LGBTQIA+ Youth in the Child Protection System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Rurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Perdrizet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pozzato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Séraphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Sexuality and Social Work Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Strathclyde Glasgow, UK, Jul 2023, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’isomorphisme dans le processus relationnel famille-praticien-chercheur : quels apports du cadre de référence pour une approche participative de la recherche en protection de l’enfance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Huentz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children, Families and Vulnerability International Seminar : Co-production of resources for the participation of families in vulnerable situations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International de Recherche Enfants, Familles et Vulnérabilités (GIREFV), Jul 2023, Lleida, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion entre praticiens-chercheurs : Des regards situés et engagés pour un renouvellement des pratiques de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Huentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Knapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Engagement dans la recherche, recherches engagées, recherches sur l’engagement : que nous disent les sciences de l’éducation et de la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cref Université Paris Nanterre, Nov 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des acteur·rices en protection de l'enfance : Des processus complexes et dynamiques favorisant la coproduction de l’intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Aifris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bruxelles (BE), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il ne suffit pas de me demander de participer, il faut m’apprendre à le faire et me laisser faire » : Enjeux, conditions et effets d’une démarche de participation collective en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aifris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bruxelles (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des enfants au cours des processus décisionnels : l’approche diachronique comme méthode pour saisir des dynamiques complexes en contexte de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foster families' perceptions about children repatriated from war zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Euillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ganne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mej Hilbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Turlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIème EUSARF Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUSARF, Sep 2021, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ethnographie institutionnelle pour saisir les pratiques en protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque FRANCO-Pho_LIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance », poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Efise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche de l’équipe EFIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation de l’enfant et de sa famille en protection de l’enfance : Croisement de regards sur les pratiques participatives dans les dispositifs de protection de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche de l’équipe EFIS : "Contextes pluriculturels : questions, enjeux, défis en éducation familiale "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des indicateurs de participation des enfants en protection de l’enfance dans le contexte français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La qualité de l'accompagnement en protection de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.79-96, 2022, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.serap.2022.01.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acteurs et citoyens. Ou comment construire les parcours de vie en tant que jeune soutenu par les services de la protection de l’enfance en participant collectivement à une Assemblée des enfants du Conseil départemental des Yvelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Faisca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Rurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Séraphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université paris nanterre. 2025, 129 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05552553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444453v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Correia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faisca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.105.0139" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444461v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.055.0109" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444481v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133546v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Faisca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1099018ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145531v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mej Hilbold" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ganne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0061" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378362v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0177" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436929v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12513" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378429v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378408v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/forum.158.0013" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378415v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.068.0118" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perdrizet Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pozzato" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Seraphin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169752v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Perdrizet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173134v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Huentz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420549v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Knapp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307535v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209331v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307538v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184864v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307532v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307528v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307524v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133552v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.serap.2022.01.0079" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444453v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Correia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Faisca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.105.0139" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444461v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.055.0109" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444481v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133546v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Faisca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1099018ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04145531v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mej Hilbold" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ganne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Turlais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.049.0061" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436929v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12513" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378362v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0177" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378429v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378415v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.068.0118" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/forum.158.0013" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perdrizet Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pozzato" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Seraphin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169752v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Perdrizet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173134v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Huentz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420549v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Knapp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307535v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307538v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184864v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307532v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307528v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307524v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133552v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.serap.2022.01.0079" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552553v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>