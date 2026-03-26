--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -235,209 +235,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux des pratiques de littéracie numérique chez les étudiants de master FLE, futurs enseignants de langue : représentations et rôle(s) des formateurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation du numéro — Exploitations numériques pour la formation des publics en exil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (2), </w:t>
+              <w:t xml:space="preserve">Partages - recherches collaboratives en didactique du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12fd4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/partages.87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909268v1</w:t>
+                <w:t xml:space="preserve">hal-04912183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du numéro — Exploitations numériques pour la formation des publics en exil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux des pratiques de littéracie numérique chez les étudiants de master FLE, futurs enseignants de langue : représentations et rôle(s) des formateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Royer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Partages - recherches collaboratives en didactique du français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, </w:t>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35562/partages.87⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/12fd4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912183v1</w:t>
+                <w:t xml:space="preserve">hal-04909268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les enseignants de l'enseignement supérieur appréhendent-ils les difficultés étudiantes dans le cadre des littéracies universitaires ?</w:t>
               </w:r>
@@ -1906,329 +1906,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écriture universitaire, une systémique complexe</w:t>
+                <w:t xml:space="preserve">Au croisement des Littéracies Universitaires et du Français sur Objectifs Universitaires : quelles similitudes pour quelles implications didactiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence plénière invitée à la 11ème réunion plénière du projet ANR Écri+</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UOH &amp; Avignon Université, Jun 2023, Avignon, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée au Symposium « Contextes littéraciques de l’enseignement supérieur et didactique du français : quels fondements théoriques ? Quels croisements ? Quelles élaborations didactiques ? » au Colloque International « Didactique du français et contextes d'enseignement du/en français : le regard croisé des recherches »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau AIRDF, May 2023, Rabat (Maroc), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034054v1</w:t>
+                <w:t xml:space="preserve">hal-05034052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingénierie de la formation en FOU : nouveaux besoins et nouveaux problèmes.</w:t>
+                <w:t xml:space="preserve">Expérimenter un dispositif didactique autonomisant chez les futurs enseignants de langue étrangère : une transition entre habitus scolaires et nouvelles opportunités pédagogiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Beillet</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’enseignement du français sur objectif spécifique : enjeux et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. T. Dam, J.-M. Mangiante et T. T. H. Tran, Mar 2023, Hanoi (Vietnam), France</w:t>
+              <w:t xml:space="preserve">Congrès RANACLÈS « Transition(s) dans et pour les centres de Langues et de ressources en Langues »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ranaclès &amp; Université Lyon 2, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034044v1</w:t>
+                <w:t xml:space="preserve">hal-05034056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter un dispositif didactique autonomisant chez les futurs enseignants de langue étrangère : une transition entre habitus scolaires et nouvelles opportunités pédagogiques ?</w:t>
+                <w:t xml:space="preserve">Ingénierie de la formation en FOU : nouveaux besoins et nouveaux problèmes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Beillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès RANACLÈS « Transition(s) dans et pour les centres de Langues et de ressources en Langues »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ranaclès &amp; Université Lyon 2, Nov 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">L’enseignement du français sur objectif spécifique : enjeux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. T. Dam, J.-M. Mangiante et T. T. H. Tran, Mar 2023, Hanoi (Vietnam), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034056v1</w:t>
+                <w:t xml:space="preserve">hal-05034044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au croisement des Littéracies Universitaires et du Français sur Objectifs Universitaires : quelles similitudes pour quelles implications didactiques ?</w:t>
+                <w:t xml:space="preserve">L’écriture universitaire, une systémique complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence invitée au Symposium « Contextes littéraciques de l’enseignement supérieur et didactique du français : quels fondements théoriques ? Quels croisements ? Quelles élaborations didactiques ? » au Colloque International « Didactique du français et contextes d'enseignement du/en français : le regard croisé des recherches »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau AIRDF, May 2023, Rabat (Maroc), France</w:t>
+              <w:t xml:space="preserve">Conférence plénière invitée à la 11ème réunion plénière du projet ANR Écri+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UOH &amp; Avignon Université, Jun 2023, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034052v1</w:t>
+                <w:t xml:space="preserve">hal-05034054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux des pratiques de littéracie numérique chez les étudiants de master FLE, futurs enseignants de langue : représentations et rôle(s) des formateurs</w:t>
               </w:r>
@@ -2536,368 +2536,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence de la posture de recherche sur le traitement de données en Linguistique et Didactique des langues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anissa Hamza-Jamann</w:t>
+                <w:t xml:space="preserve">Sentiment linguistique et représentation de la norme : l’image des littéracies chez de futurs enseignants de français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Schmoll</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque jeunes chercheurs « De l’épistémologie de la recherche à la méthodologie de la thèse : Parcours heuristique ou trajectoire réflexive ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Strasbourg, Jun 2016, Strasboug, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée à la journée d’études Langues et Cultures dans le Temps et dans l’Espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Philosophie de NoviSad, Dec 2016, Novisad, Serbie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249915v1</w:t>
+                <w:t xml:space="preserve">hal-05034060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La constitution de corpus pour l’analyse des erreurs “atypiques” dans les écrits universitaires : enjeux, défis et limites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’utilisation des outils numériques dans les formations en FOU : l’exemple du DU FLEPES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Beillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Beillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisième colloque franco-espagnol « Apports et limites des corpus numériques en Analyse de discours et Didactique des langues de spécialité »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Arras (Université d'Artois), France</w:t>
+              <w:t xml:space="preserve">Journée d’études « Les outils numériques pour l’analyse et l’exploitation des discours universitaires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Arras (Université d'Artois), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034746v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utilisation des outils numériques dans les formations en FOU : l’exemple du DU FLEPES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La constitution de corpus pour l’analyse des erreurs “atypiques” dans les écrits universitaires : enjeux, défis et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Beillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études « Les outils numériques pour l’analyse et l’exploitation des discours universitaires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Arras (Université d'Artois), France</w:t>
+              <w:t xml:space="preserve">Troisième colloque franco-espagnol « Apports et limites des corpus numériques en Analyse de discours et Didactique des langues de spécialité »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Arras (Université d'Artois), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034767v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentiment linguistique et représentation de la norme : l’image des littéracies chez de futurs enseignants de français</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’influence de la posture de recherche sur le traitement de données en Linguistique et Didactique des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Hamza-Jamann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Meyer</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Schmoll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence invitée à la journée d’études Langues et Cultures dans le Temps et dans l’Espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Philosophie de NoviSad, Dec 2016, Novisad, Serbie</w:t>
+              <w:t xml:space="preserve">Colloque jeunes chercheurs « De l’épistémologie de la recherche à la méthodologie de la thèse : Parcours heuristique ou trajectoire réflexive ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Strasbourg, Jun 2016, Strasboug, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034060v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexion sur la création d’un dispositif FOU en ligne</w:t>
               </w:r>
@@ -3041,178 +3041,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littéracies universitaires et grammaire avancée : de quelques erreurs fossiles dans les terrains de recherche</w:t>
+                <w:t xml:space="preserve">Acculturation universitaire : quelle méthodologie transversale proposer à un public allophone ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Terrains de Recherche En Linguistique Appliquée »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CLILLAC-ARP (EA 3967, Université Paris Diderot) &amp; AFLA, Jul 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Deuxièmes rencontres scientifiques du réseau mixte algéro-français LaFEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau LaFeF, Feb 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912173v1</w:t>
+                <w:t xml:space="preserve">hal-04912170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acculturation universitaire : quelle méthodologie transversale proposer à un public allophone ?</w:t>
+                <w:t xml:space="preserve">Littéracies universitaires et grammaire avancée : de quelques erreurs fossiles dans les terrains de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxièmes rencontres scientifiques du réseau mixte algéro-français LaFEF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau LaFeF, Feb 2015, Besançon, France</w:t>
+              <w:t xml:space="preserve">Colloque international « Terrains de Recherche En Linguistique Appliquée »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CLILLAC-ARP (EA 3967, Université Paris Diderot) &amp; AFLA, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912170v1</w:t>
+                <w:t xml:space="preserve">hal-04912173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement/apprentissage en milieu universitaire transfrontalier : un exemple d’approche novatrice.</w:t>
               </w:r>
@@ -3751,51 +3751,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="750633A6"/>
+    <w:nsid w:val="99550BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3982,51 +3982,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodie-lang" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2151-673X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033788v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909268v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Royer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12fd4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912183v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/partages.87" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033979v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912097v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04129107v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.12536" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912182v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129140v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.4777" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033839v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Makassikis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Meyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pellat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.76533" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savoirs.usherbrooke.ca/bitstream/handle/11143/15571/04_Lang.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17118/11143/15571" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Delhay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912191v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034042v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gergaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034054v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034044v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034052v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201226v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034726v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034742v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamza-Jamann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034746v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034767v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034060v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034757v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mangiante" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034776v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912173v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912170v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034046v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252031v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909261v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04109640v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03018108v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019STRAC024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodie-lang" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2151-673X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033788v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912183v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Royer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/partages.87" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909268v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12fd4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033979v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912097v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04129107v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.12536" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912182v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129140v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.4777" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033839v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Makassikis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Meyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pellat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.76533" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savoirs.usherbrooke.ca/bitstream/handle/11143/15571/04_Lang.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17118/11143/15571" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Delhay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912191v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034042v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gergaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034052v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034056v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034044v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201226v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034726v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034742v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034060v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034767v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249915v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamza-Jamann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034757v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mangiante" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034776v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912170v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912173v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034046v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252031v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909261v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04109640v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03018108v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019STRAC024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>