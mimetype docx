--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -115,528 +115,528 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La variación diatópica del léxico : el caso de agregar y añadir en España e Hispanoamérica</w:t>
+                <w:t xml:space="preserve">Traduction et ponctuation : le cas de la virgule après les constituants initiaux en espagnol et en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de investigaciones léxicas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (1), pp.93-121. </w:t>
+              <w:t xml:space="preserve">Studia Linguistica Romanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.53-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17561/rilex.8.1.8882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25364/19.2025.14.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05477354v1</w:t>
+                <w:t xml:space="preserve">hal-05477329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traduction et ponctuation : le cas de la virgule après les constituants initiaux en espagnol et en français</w:t>
+                <w:t xml:space="preserve">La variación diatópica del léxico : el caso de agregar y añadir en España e Hispanoamérica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studia Linguistica Romanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.53-84. </w:t>
+              <w:t xml:space="preserve">Revista de investigaciones léxicas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.93-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25364/19.2025.14.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17561/rilex.8.1.8882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05477329v1</w:t>
+                <w:t xml:space="preserve">hal-05477354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approche contrastive dans sept grammaires de Français Langue Étrangère pour hispanophones (1974-2015)</w:t>
+                <w:t xml:space="preserve">L'approche contrastive dans le Manual de gramática francesa (2006) de E. Echeverría Pereda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, 195/196</w:t>
+              <w:t xml:space="preserve">Synergies Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845193v1</w:t>
+                <w:t xml:space="preserve">hal-03845186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'approche contrastive dans le Manual de gramática francesa (2006) de E. Echeverría Pereda</w:t>
+                <w:t xml:space="preserve">L’approche contrastive dans sept grammaires de Français Langue Étrangère pour hispanophones (1974-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synergies Espagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15</w:t>
+              <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, 195/196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845186v1</w:t>
+                <w:t xml:space="preserve">hal-03845193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages et emplois 'anormaux' du verbe escuchar en espagnol contemporain</w:t>
+                <w:t xml:space="preserve">La variation diastratique et sa traduction en espagnol : le cas du roman En finir avec Eddy Bellegueule d’Édouard Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chréode : vers une linguistique du signifiant : revue de linguistique hispanique et romane</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 3, pp.259-276</w:t>
+              <w:t xml:space="preserve">La main de Thôt : théories, enjeux et pratiques de la traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05477584v1</w:t>
+                <w:t xml:space="preserve">hal-03845180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La variation diastratique et sa traduction en espagnol : le cas du roman En finir avec Eddy Bellegueule d’Édouard Louis</w:t>
+                <w:t xml:space="preserve">La cohérence terminologique en question dans le Manual de gramática francesa de Echeverría Pereda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La main de Thôt : théories, enjeux et pratiques de la traduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9</w:t>
+              <w:t xml:space="preserve">Documents pour l'histoire du français langue étrangère et seconde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 66-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845180v1</w:t>
+                <w:t xml:space="preserve">hal-03845169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cohérence terminologique en question dans le Manual de gramática francesa de Echeverría Pereda</w:t>
+                <w:t xml:space="preserve">Usages et emplois 'anormaux' du verbe escuchar en espagnol contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Documents pour l'histoire du français langue étrangère et seconde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 66-67</w:t>
+              <w:t xml:space="preserve">Chréode : vers une linguistique du signifiant : revue de linguistique hispanique et romane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.259-276</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845169v1</w:t>
+                <w:t xml:space="preserve">hal-05477584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El extranjero de Albert Camus traducido por Pablo Montoya : ¿una traducción para lectores latinoamericanos ?</w:t>
               </w:r>
@@ -1940,51 +1940,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477354v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Weber" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17561/rilex.8.1.8882" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477329v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25364/19.2025.14.3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845193v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845186v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477584v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845180v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845169v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845152v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870884v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845145v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845134v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845070v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477498v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17533/udea.mut.18505" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477527v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477562v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948481v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477416v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845119v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478289v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477760v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477329v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Weber" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25364/19.2025.14.3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477354v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17561/rilex.8.1.8882" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845186v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845193v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845180v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845169v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477584v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845152v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870884v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845145v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845134v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845070v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477498v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17533/udea.mut.18505" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477527v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477562v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948481v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477416v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845119v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478289v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477760v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>