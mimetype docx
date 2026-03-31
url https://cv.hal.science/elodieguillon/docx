--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -605,377 +605,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02886656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping ancient gods</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antiquités numériques. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Historical Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09518967.2019.1664524⟩</w:t>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30, pp.197-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anabases.10064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02389802v1</w:t>
+                <w:t xml:space="preserve">hal-04102831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiquités numériques. Introduction</w:t>
+                <w:t xml:space="preserve">Compte rendu : D’Andrea, Bruno, Bambini nel « limbo ». Dati e proposte interpretative sui tofet fenici e puniciCollection de l’École française de Rome, 552, Rome, École française de Rome, 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/anabases.10064⟩</w:t>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 109, pp.383-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pallas.17016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04102831v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03003368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu : D’Andrea, Bruno, Bambini nel « limbo ». Dati e proposte interpretative sui tofet fenici e puniciCollection de l’École française de Rome, 552, Rome, École française de Rome, 2018</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping ancient gods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bianco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Galoppin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 109, pp.383-397. </w:t>
+              <w:t xml:space="preserve">Mediterranean Historical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (2), pp.207-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/pallas.17016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09518967.2019.1664524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-03003368v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02389802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Les dénominations des dieux nous offrent comme autant d’images dessinées» (Julien, Lettres 89b, 291 b). Repenser le binôme théonyme-épithète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1243,165 +1243,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01649760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rapports entre les cités phéniciennes et leurs arrière-pays en Phénicie du Nord</w:t>
+                <w:t xml:space="preserve">Approche historique et spatiale de la Phénicie hellénistique : cités, territoires, modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topoi Orient - Occident</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Suppl. 13, pp.123-153</w:t>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01649610v1</w:t>
+                <w:t xml:space="preserve">halshs-01649772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche historique et spatiale de la Phénicie hellénistique : cités, territoires, modélisation</w:t>
+                <w:t xml:space="preserve">Les rapports entre les cités phéniciennes et leurs arrière-pays en Phénicie du Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 22</w:t>
+              <w:t xml:space="preserve">Topoi Orient - Occident</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Suppl. 13, pp.123-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01649772v1</w:t>
+                <w:t xml:space="preserve">halshs-01649610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Gatier, Julien Aliquot, Lévon Nordiguian (ed.), Sources de l'histoire de Tyr: textes de l'Antiquité et du Moyen Âge. Beyrouth</w:t>
               </w:r>
@@ -1917,303 +1917,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01617188v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet PPI. Nouvelle valorisation du patrimoine archéologique d'Ibiza : outils, résultats, perspectives</w:t>
+                <w:t xml:space="preserve">Les Phéniciens aux Pityuses, de l'installation d'un comptoir à la &amp;quot;colonisation&amp;quot; de l'arrière-pays insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop sur le monde phénico-punique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau AniMed, Dec 2016, Montpellier-Lattes, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude: "Les paysages phéniciens : recherches sur le contexte spatial des établissements phéniciens en péninsule Ibérique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01435045v1</w:t>
+                <w:t xml:space="preserve">halshs-01332668v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Phéniciens aux Pityuses, de l'installation d'un comptoir à la &amp;quot;colonisation&amp;quot; de l'arrière-pays insulaire</w:t>
+                <w:t xml:space="preserve">Projet PPI. Nouvelle valorisation du patrimoine archéologique d'Ibiza : outils, résultats, perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude: "Les paysages phéniciens : recherches sur le contexte spatial des établissements phéniciens en péninsule Ibérique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Workshop sur le monde phénico-punique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau AniMed, Dec 2016, Montpellier-Lattes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01332668v3</w:t>
+                <w:t xml:space="preserve">hal-01435045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibiza punique, un exemple de connectivity méditerranéenne antique (IV e -II e siècles av. J.-C.)</w:t>
+                <w:t xml:space="preserve">La culture matérielle phénicienne et punique à Ibiza : croisement des influences et créations singulières (VIIe-IIe s. av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Mediterranean and its Hinterlands: "lepays en profondeur"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CAS (Université de Toulouse), Sep 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d'études "Les Phéniciens, les Puniques et les autres échanges et identités entre le monde phénico-punique et les diérents peuples de l'Orient ancien et du pourtour méditerranéen"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luisa BONADIES, Iva CHIRPANLIEVA et Elodie GUILLON, May 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433026v2</w:t>
+                <w:t xml:space="preserve">halshs-01338093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La culture matérielle phénicienne et punique à Ibiza : croisement des influences et créations singulières (VIIe-IIe s. av. J.-C.)</w:t>
+                <w:t xml:space="preserve">Ibiza punique, un exemple de connectivity méditerranéenne antique (IV e -II e siècles av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'études "Les Phéniciens, les Puniques et les autres échanges et identités entre le monde phénico-punique et les diérents peuples de l'Orient ancien et du pourtour méditerranéen"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Luisa BONADIES, Iva CHIRPANLIEVA et Elodie GUILLON, May 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">The Mediterranean and its Hinterlands: "lepays en profondeur"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CAS (Université de Toulouse), Sep 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01338093v1</w:t>
+                <w:t xml:space="preserve">hal-01433026v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2231,103 +2231,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naming and Mapping the Gods in the Ancient Mediterranean. Spaces, Mobilities, Imaginaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Luaces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Galoppin Elodie Guillon Max Luaces Asuman Lätzer-Lasar Sylvain Lebreton Fabio Porzia Jörg Rüpke Emiliano Rubens Urciuoli and Corinne Bonnet. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2362,51 +2362,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Phéniciens. Une civilisation méditerranéenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2521,51 +2521,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La civiltà dei Fenici. Un percorso mediterraneo nel I millenniuo a.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2816,178 +2816,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03114549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolución de la ocupación del suelo en las Pitiusas en la época púnica: propuesta de estudio con unos modelos</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjami Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insularidad, îléité e insularización en el Mediterráneo fenicio y púnico (Eivissa, 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 78, , pp.201-206, 2020, Treballs del Museu Arqueológic d’Eivissa i Formentera, 978-84-87143-60-1</w:t>
+              <w:t xml:space="preserve">, 78, , pp.9-25, 2020, Treballs del Museu Arqueológic d’Eivissa i Formentera,, 78-84-87143-60-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03257195v1</w:t>
+                <w:t xml:space="preserve">halshs-03257216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Evolución de la ocupación del suelo en las Pitiusas en la época púnica: propuesta de estudio con unos modelos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjami Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insularidad, îléité e insularización en el Mediterráneo fenicio y púnico (Eivissa, 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 78, , pp.9-25, 2020, Treballs del Museu Arqueológic d’Eivissa i Formentera,, 78-84-87143-60-1</w:t>
+              <w:t xml:space="preserve">, 78, , pp.201-206, 2020, Treballs del Museu Arqueológic d’Eivissa i Formentera, 978-84-87143-60-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03257216v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03257195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde clos des Pitiuses : essai d'analyse du fonctionnement territorial d'Ibiza et Formentera puniques</w:t>
               </w:r>
@@ -3315,207 +3315,207 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02633291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Practices Workshop</w:t>
+                <w:t xml:space="preserve">Ancrer les dieux dans l’espace en Méditerranée antique. Atelier exploratoire autour d’Eduardo Ferrer Albelda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Ferrer Albelda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Caparroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gouverneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Luaces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02280786v1</w:t>
+                <w:t xml:space="preserve">halshs-02280476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancrer les dieux dans l’espace en Méditerranée antique. Atelier exploratoire autour d’Eduardo Ferrer Albelda</w:t>
+                <w:t xml:space="preserve">Digital Practices Workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Gouverneur</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">halshs-02280476v1</w:t>
+                <w:t xml:space="preserve">halshs-02280786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3533,103 +3533,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographier les épithètes divines : enjeux et embûches d'un projet collectif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4024,169 +4024,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les arrière-pays des cités phéniciennes à l’époque hellénistique, IVe siècle - IIe siècle ap. J.-C : approches historiques et spatiales d’une aire géoculturelle.</w:t>
+                <w:t xml:space="preserve">Les arrière-pays des cités phéniciennes à l'époque héllénistique, IVe siècle - IIe siècle ap. J.-C : approches historiques et spatiales d'une aire géoculturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Histoire. Université Toulouse II - Le Mirail, 2013. Français. </w:t>
+              <w:t xml:space="preserve">Archéologie et Préhistoire. Université Toulouse le Mirail - Toulouse II, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2013TOU20104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-01258369v1</w:t>
+                <w:t xml:space="preserve">tel-00991865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les arrière-pays des cités phéniciennes à l'époque héllénistique, IVe siècle - IIe siècle ap. J.-C : approches historiques et spatiales d'une aire géoculturelle</w:t>
+                <w:t xml:space="preserve">Les arrière-pays des cités phéniciennes à l’époque hellénistique, IVe siècle - IIe siècle ap. J.-C : approches historiques et spatiales d’une aire géoculturelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Archéologie et Préhistoire. Université Toulouse le Mirail - Toulouse II, 2013. Français. </w:t>
+              <w:t xml:space="preserve">Histoire. Université Toulouse II - Le Mirail, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2013TOU20104⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-00991865v1</w:t>
+                <w:t xml:space="preserve">tel-01258369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4356,51 +4356,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="184A4DC2"/>
+    <w:nsid w:val="DEF59115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4587,51 +4587,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodieguillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8212-176X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178172081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102842v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.14020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.1451" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102813v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.12194" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102823v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.11418" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.10843" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389802v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bianco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Galoppin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebreton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518967.2019.1664524" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102831v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.10064" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03003368v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.17016" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130727v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130711v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649760v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649610v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649772v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649775v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649784v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280485v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555984v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633508v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153049v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617188v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435045v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01332668v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433026v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01338093v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984548v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Luaces" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110798432/html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417432v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Porzia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03109858v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rstfen.cnr.it/index.php/collezione-collection" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103329v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/62493" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114549v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Noms-de-dieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257195v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257216v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjami Costa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257173v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Bonadies" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orient-mediterranee.com/spip.php?article4322" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555367v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633291v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280786v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280476v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Ferrer Albelda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caparroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gouverneur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700653v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bianco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012788v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Soler" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Ufkes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Troy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012784v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012787v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-01258369v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00991865v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013TOU20104" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00628857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elodieguillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8212-176X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178172081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102842v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.14020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.1451" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102813v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.12194" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102823v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.11418" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.10843" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102831v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.10064" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03003368v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.17016" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389802v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bianco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Galoppin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebreton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518967.2019.1664524" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130727v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130711v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649760v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649772v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649610v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649775v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649784v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280485v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555984v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633508v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153049v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617188v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01332668v3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435045v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01338093v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433026v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984548v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Luaces" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110798432/html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417432v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Porzia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03109858v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rstfen.cnr.it/index.php/collezione-collection" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103329v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/62493" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114549v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Noms-de-dieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjami Costa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257195v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03257173v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Bonadies" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orient-mediterranee.com/spip.php?article4322" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555367v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633291v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280476v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Ferrer Albelda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caparroy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gouverneur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280786v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700653v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bianco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012788v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Soler" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Ufkes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Troy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012784v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012787v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00991865v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013TOU20104" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-01258369v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00628857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>