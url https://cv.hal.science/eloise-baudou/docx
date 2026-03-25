--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the impact of treatment on memory functions in pediatric posterior fossa tumor survivors using diffusion tensor imaging</w:t>
+                <w:t xml:space="preserve">Impact of Pediatric Posterior Fossa Tumor Treatments on Working Memory Tracts Using Resting‐State fMRI and Tractography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Abir Troudi Habibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Ben Alaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fatima Tensaouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Arribarat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Courbière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 202, pp.110599. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroimaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (1), pp.e70007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.radonc.2024.110599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jon.70007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503956v1</w:t>
+                <w:t xml:space="preserve">hal-05503949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Pediatric Posterior Fossa Tumor Treatments on Working Memory Tracts Using Resting‐State fMRI and Tractography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring the impact of treatment on memory functions in pediatric posterior fossa tumor survivors using diffusion tensor imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Arribarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abir Troudi Habibi</w:t>
+                <w:t xml:space="preserve">Bastien Cabarrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Ben Alaya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+                <w:t xml:space="preserve">Lisa Pollidoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloïse Baudou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Germain Arribarat</w:t>
+                <w:t xml:space="preserve">Nicolas Courbière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroimaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 35 (1), pp.e70007. </w:t>
+              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 202, pp.110599. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jon.70007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.radonc.2024.110599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503949v1</w:t>
+                <w:t xml:space="preserve">hal-05503956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinguishing atypical focal areas of signal intensity from probable low-grade gliomas in the posterior fossa of children with neurofibromatosis type 1</w:t>
               </w:r>
@@ -1172,589 +1172,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a pediatric posterior fossa tumor and its treatments on motor procedural learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+                <w:t xml:space="preserve">Clinical decision-making training using the Script Concordance Test and simulation: A pilot study for pediatric residents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Danna</w:t>
+                <w:t xml:space="preserve">C. Guilbeau-Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Tallet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+                <w:t xml:space="preserve">I. Tack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Muscari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2023.03.005⟩</w:t>
+              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (6), pp.355-360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2023.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493054v1</w:t>
+                <w:t xml:space="preserve">hal-04201016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical decision-making training using the Script Concordance Test and simulation: A pilot study for pediatric residents</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">I. Tack</w:t>
+                <w:t xml:space="preserve">Impact of a pediatric posterior fossa tumor and its treatments on motor procedural learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Muscari</w:t>
+                <w:t xml:space="preserve">Jérémy Danna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Claudet</w:t>
+                <w:t xml:space="preserve">Jessica Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Pollidoro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30 (6), pp.355-360. </w:t>
+              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44, pp.37-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.arcped.2023.03.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2023.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201016v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arterial Spin Labeling Perfusion in Pediatric Brain Tumors: A Review of Techniques, Quality Control, and Quantification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atypical connectivity in the cortico-striatal network in NF1 children and its relationship with procedural perceptual-motor learning and motor skills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Baudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abir Troudi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
+                <w:t xml:space="preserve">Federico Nemmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloise Baudou</w:t>
+                <w:t xml:space="preserve">Patrice Peran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Péran</w:t>
+                <w:t xml:space="preserve">Fabien Cignetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Laprie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Melody Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (19), pp.4734. </w:t>
+              <w:t xml:space="preserve">Journal of Neurodevelopmental Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers14194734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s11689-022-09428-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04591960v1</w:t>
+                <w:t xml:space="preserve">hal-04180944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical connectivity in the cortico-striatal network in NF1 children and its relationship with procedural perceptual-motor learning and motor skills</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arterial Spin Labeling Perfusion in Pediatric Brain Tumors: A Review of Techniques, Quality Control, and Quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Nemmi</w:t>
+                <w:t xml:space="preserve">Abir Troudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Tensaouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Peran</w:t>
+                <w:t xml:space="preserve">Eloise Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Cignetti</w:t>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melody Blais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Laprie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurodevelopmental Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (1), pp.15. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (19), pp.4734. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s11689-022-09428-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers14194734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180944v1</w:t>
+                <w:t xml:space="preserve">hal-04591960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected Intermediate Nerve Conduction Velocity Findings in Charcot-Marie-Tooth Syndromes Classified as Demyelinated or Axonal in a Pediatric Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cances</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1844,103 +1844,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prospective behavioral and imaging study exploring the impact on long-term memory of radiotherapy delivered for a brain tumor in childhood and adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pariente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Tensaouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Pollidoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical and Translational Radiation Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33, pp.7-14. </w:t>
@@ -2030,51 +2030,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Viguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Faure-Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropediatrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
@@ -2406,51 +2406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Tournay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Destarac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2514,64 +2514,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are morphological and structural MRI characteristics related to specific cognitive impairments in neurofibromatosis type 1 (NF1) children?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Nemmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,64 +2648,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are morphological and structural MRI characteristics related to specific cognitive impairments in neurofibromatosis type 1 (NF1) children?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Nemmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2916,51 +2916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The value of screening tests in children with neurofibromatosis type 1 (NF1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3020,51 +3020,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developmental coordination disorder and dysgraphia: signs and symptoms, diagnosis, and rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Danna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3495,51 +3495,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissages procéduraux perceptivo-moteurs dans la neurofibromatose de type 1 et suite à une tumeur de la fosse postérieure pédiatrique irradiée ou non irradiée : études comportementales et en IRM fonctionnelle de repos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Baudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences. Université Paul Sabatier - Toulouse III, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022TOU30106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3735,51 +3735,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503956v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Arribarat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cabarrou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pollidoro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courbi&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2024.110599" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Troudi Habibi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ben Alaya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jon.70007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206133v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Viguier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Estublier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Bertozzi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gambart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Sevely" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2025.05.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753591v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Siguier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chaix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Delage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2024.102354" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baudou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pollidoro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemesle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maziero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tensaouti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clon.2024.06.054" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871064v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courbi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabarrou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roques" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clon.2024.07.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04994266v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihann Oozeerally" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthomieu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliver" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-023-03930-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288479v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Wallach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehlinger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Biotteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther-Louvier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann P&#233;r&#233;on" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-023-04153-" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493054v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danna" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2023.03.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201016v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tack" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Muscari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Claudet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2023.03.007" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591960v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Troudi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Baudou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laprie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14194734" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180944v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cignetti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Blais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11689-022-09428-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613336v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cances" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Magdelaine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Latour" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther Louvier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1743438" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03519876v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.10.006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594959v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Herbulot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Faure-Marie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1739134" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147695v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Espil-Taris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beze-Beyrie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2021.01.011" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140870v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Majorel-Beraud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Walther-Louvier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Espil-Taris" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beze-Beyrie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1723759" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126996v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Biotteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tournay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Destarac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Iannuzzi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0883073820981270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954956v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maziero" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2020.07.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414608v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lelong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00368" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04624682v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-020-04711-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puyjarinet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Velay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NDT.S120514" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544255v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Estrade" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Guiomard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26706" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02294139v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hachon-Lecamus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-019-1508-5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05001370v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03771186v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30106" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503949v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Troudi Habibi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ben Alaya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Arribarat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jon.70007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cabarrou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pollidoro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courbi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2024.110599" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206133v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Viguier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Estublier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Bertozzi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gambart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Sevely" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2025.05.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753591v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Siguier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Baudou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chaix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Delage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2024.102354" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baudou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pollidoro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemesle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maziero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tensaouti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clon.2024.06.054" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871064v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courbi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabarrou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roques" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clon.2024.07.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04994266v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihann Oozeerally" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthomieu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliver" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-023-03930-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288479v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Wallach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehlinger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Biotteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther-Louvier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann P&#233;r&#233;on" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-023-04153-" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201016v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tack" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Muscari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Claudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2023.03.007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493054v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2023.03.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180944v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cignetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Blais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11689-022-09428-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591960v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Troudi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Baudou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laprie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14194734" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613336v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cances" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Magdelaine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Latour" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther Louvier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1743438" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03519876v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctro.2021.10.006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594959v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Herbulot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Faure-Marie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1739134" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147695v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Espil-Taris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beze-Beyrie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2021.01.011" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140870v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Majorel-Beraud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Walther-Louvier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Espil-Taris" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beze-Beyrie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1723759" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126996v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Biotteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tournay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Destarac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Iannuzzi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0883073820981270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954956v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maziero" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Assaiante" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2020.07.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414608v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lelong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00368" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04624682v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-020-04711-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puyjarinet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Velay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NDT.S120514" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544255v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Estrade" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Guiomard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26706" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02294139v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hachon-Lecamus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12887-019-1508-5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05001370v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03771186v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30106" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>