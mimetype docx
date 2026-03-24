--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2701,325 +2701,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01399256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">68 Ga-radiolabeled AGuIX nanoparticles as dual-modality imaging agents for PET/MRI-guided radiation therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasmall AGuIX theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penelope Bouziotis</w:t>
+                <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitris Stellas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eloise Thomas</w:t>
+                <w:t xml:space="preserve">Mickaël Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Truillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charalampos Tsoukalas</w:t>
+                <w:t xml:space="preserve">Thibaut Peterlini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2217/nnm-2017-0032⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12, pp.7075-7088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/IJN.S141559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689547v1</w:t>
+                <w:t xml:space="preserve">hal-01643075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasmall AGuIX theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of glioblastoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">68 Ga-radiolabeled AGuIX nanoparticles as dual-modality imaging agents for PET/MRI-guided radiation therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penelope Bouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris Stellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Gries</w:t>
+                <w:t xml:space="preserve">Charles Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Peterlini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clélia Mathieu</w:t>
+                <w:t xml:space="preserve">Charalampos Tsoukalas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nanomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12, pp.7075-7088. </w:t>
+              <w:t xml:space="preserve">Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (13), pp.1561 - 1574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/IJN.S141559⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2217/nnm-2017-0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643075v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Characterization of 89 Zr-Labeled Ultrasmall Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3135,51 +3135,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shady Kotb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Appaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3522,402 +3522,402 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodegradable hydrogel for sustained release of therapeutic peptide for the treatment of neurological pathologies</w:t>
+                <w:t xml:space="preserve">Zwitterionic Biodegradable Hydrogels for Sustained Therapeutic Peptide Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Rosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Lux</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Sidi Boumedine</w:t>
+                <w:t xml:space="preserve">Jacqueline Taleb Sidi-Boumedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kryza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Drug and Gene Delivery Systems symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Nanohybrid XXI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924331v1</w:t>
+                <w:t xml:space="preserve">hal-05078087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie K-edge couleur par SPCCT avec des éléments à Z élevé pour l’imagerie fonctionnelle du poumon : étude fantôme.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biodegradable hydrogel for sustained release of therapeutic peptide for the treatment of neurological pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Rosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka Gutwinska</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Amanda Pang</w:t>
+                <w:t xml:space="preserve">Jacqueline Sidi Boumedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kryza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Francophone de Radiologie 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Advanced Drug and Gene Delivery Systems symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370902v1</w:t>
+                <w:t xml:space="preserve">hal-04924331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zwitterionic Biodegradable Hydrogels for Sustained Therapeutic Peptide Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Rosson</w:t>
+                <w:t xml:space="preserve">Imagerie K-edge couleur par SPCCT avec des éléments à Z élevé pour l’imagerie fonctionnelle du poumon : étude fantôme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Gutwinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derick Rosario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Taleb Sidi-Boumedine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Kryza</w:t>
+                <w:t xml:space="preserve">Amanda Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanohybrid XXI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Journée Francophone de Radiologie 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05078087v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodegradable hydrogel for sustained release of therapeutic peptide</w:t>
               </w:r>
@@ -4067,51 +4067,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Sidi Boumedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kryza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4550,64 +4550,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasmall AGuIX theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4662,51 +4662,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AGuIX® theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of brain tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4934,77 +4934,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Peterlini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Molecular Imaging Congress, WMIC 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Philadelphia, United States</w:t>
@@ -5046,51 +5046,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vascular targeting for the treatment of glioblastoma by PDT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Frochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5402,247 +5402,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01312929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of new synthesis protocol and advanced characterization of AGuIX Nanoparticle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrasmall nanoparticles functionalization for PET and SPECT imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tillement</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITN-ARGENT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Obergurgl, Austria</w:t>
+              <w:t xml:space="preserve">Nano-Hybrides n°12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989480v1</w:t>
+                <w:t xml:space="preserve">hal-02548199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasmall nanoparticles functionalization for PET and SPECT imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of new synthesis protocol and advanced characterization of AGuIX Nanoparticle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-Hybrides n°12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Bastia, France</w:t>
+              <w:t xml:space="preserve">ITN-ARGENT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Obergurgl, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02548199v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03989480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AGuIX nanoparticles for PET/MRI</w:t>
               </w:r>
@@ -5794,51 +5794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priusha Ravipati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Gutwinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Si-Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5919,51 +5919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priusha Ravipati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Gutwinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Si-Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6359,51 +6359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priusha Ravipati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Gutwinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Si-Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6702,51 +6702,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03989500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound And Microbubbles Enhance The Delivery Of A Liposomal Formulation For Targeted Chemo-Radionuclide Therapy</w:t>
+                <w:t xml:space="preserve">Ultrasound-Mediated Cavitation To Enhance The Delivery Of Liposomal Formulations For Targeted Radionuclide Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jyothi Menon</w:t>
@@ -6781,97 +6781,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Nuclear Medicine Society Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">Controlled Release Society Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02548236v1</w:t>
+                <w:t xml:space="preserve">hal-02548225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-Mediated Cavitation To Enhance The Delivery Of Liposomal Formulations For Targeted Radionuclide Therapy</w:t>
+                <w:t xml:space="preserve">Ultrasound And Microbubbles Enhance The Delivery Of A Liposomal Formulation For Targeted Chemo-Radionuclide Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jyothi Menon</w:t>
@@ -6906,73 +6906,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Controlled Release Society Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">British Nuclear Medicine Society Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02548225v1</w:t>
+                <w:t xml:space="preserve">hal-02548236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indium-111 afterloading of preformed EGF containing liposomes for molecularly targeted radionuclide delivery via ultrasound induced cavitation.</w:t>
               </w:r>
@@ -7336,341 +7336,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03989491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGUIX® theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of brain tumors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Colombeau</w:t>
+                <w:t xml:space="preserve">PET and MR imaging with 64Cu/68Ga-labeled AGuIX ultra-small nanoparticles in tumor-bearing mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caline Abadjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Noémie Thomas</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Latoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesley Foley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn Day</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photodynamic Therapy and Photodiagnosis update</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SNMMI Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, San Diego, United States. 57 (Supplement2), pp.1181, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01408883v1</w:t>
+                <w:t xml:space="preserve">hal-02548345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PET and MR imaging with 64Cu/68Ga-labeled AGuIX ultra-small nanoparticles in tumor-bearing mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Caline Abadjian</w:t>
+                <w:t xml:space="preserve">AGUIX® theranostic nanoparticles for vascular-targeted interstitial photodynamic therapy of brain tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Kathryn Day</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Peterlini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SNMMI Annual Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Photodynamic Therapy and Photodiagnosis update</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nancy, France. , 17, pp.A71, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pdpdt.2017.01.161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02548345v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01408883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolabeling for long term biodistribution of ultrasmall nanoparticles designed for radiotherapy guided by MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Denat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7764,51 +7764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Colombeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Frochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8006,51 +8006,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AGuIX modifications for active tumor targeting and radiolabelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Plissonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8208,51 +8208,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8B6B12FC"/>
+    <w:nsid w:val="498D57A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8356,51 +8356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B44E2299"/>
+    <w:nsid w:val="F8DEA709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8590,51 +8590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eloise-thomas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3772-872X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/204202027" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Y-2383-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291454v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rosson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kryza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couderc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2025.214437" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Godfrin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tillement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.125555" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967331v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gr&#233;a" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Lebeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tillement" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtadv.2025.100565" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672854v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Camilla Magnano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trenque" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c01830" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Breusa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Baldinotti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Zilio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Delcros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2024.213881" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480655v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arquier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2024.133520" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209149v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordyn Ann Howard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halyna Kuznietsova" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Dziubenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aigle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Natuzzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28968-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728163v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Gasser" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202308738" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469640v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moreno&#8208;gaona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mittelheisser" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202101565" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini Skaripa-Koukelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hauton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Walsby-Tickle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Owen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40170-021-00273-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379081v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Grange" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brichart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-99462-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547889v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyothi Menon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gray" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.12.045" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287597v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Thakare" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Long Tran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA00365G" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317372v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huclier-Markai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ntsiba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alliot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cs Cutler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2378-3664.1410027" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935540v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Long Tran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1259/bjr.20180365" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287691v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Wallington" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.34669" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Detappe" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark W Tibbitt ||" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijumon Kunjachan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Zavidij" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b05055" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399256v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toussaint" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pinel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Auger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durieux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.17218" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689547v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Bouziotis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Stellas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampos Tsoukalas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2017-0032" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643075v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Colombeau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gries" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Peterlini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S141559" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405878v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loc T Huynh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.6b00264" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207383v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Kotb" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Appaix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Marais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5b00552" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548425v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Berbeco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01674228v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1121" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924331v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weber" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sidi Boumedine" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370902v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Gutwinska" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derick Rosario" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Robert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078087v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Taleb Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694239v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765505v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691977v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989472v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mccullagh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548480v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine A. Vallis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-019-04486-2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845326v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Thomas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boura" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550754v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barberi-Heyob" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548177v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243053v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vanderesse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407476v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312929v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989480v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Louis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548199v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548210v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078095v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priusha Ravipati" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Si-Mohamed" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924322v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765479v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Fukuhara" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charcosset" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694250v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924327v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765470v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462743v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barratier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989500v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;guy Delcros" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Hernandez Palomino" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548236v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548225v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548464v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gill" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-018-4148-3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548247v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carlisle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989491v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tibbitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kunjachan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zavidij" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408883v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2017.01.161" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92NKRQ9V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548345v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caline Abadjian" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Latoche" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Foley" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Day" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548258v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498485v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Thomas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Toussaint" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2017.01.136" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548269v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548293v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plissonneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eloise-thomas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3772-872X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/204202027" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Y-2383-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291454v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rosson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kryza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couderc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2025.214437" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Godfrin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tillement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.125555" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967331v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gr&#233;a" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Lebeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tillement" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtadv.2025.100565" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672854v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Camilla Magnano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trenque" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c01830" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Breusa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Baldinotti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Zilio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Delcros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2024.213881" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480655v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arquier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2024.133520" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209149v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordyn Ann Howard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halyna Kuznietsova" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Dziubenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aigle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Natuzzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28968-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728163v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Gasser" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202308738" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469640v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moreno&#8208;gaona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mittelheisser" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202101565" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini Skaripa-Koukelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hauton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Walsby-Tickle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Owen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40170-021-00273-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379081v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Grange" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brichart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-99462-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547889v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyothi Menon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gray" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.12.045" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287597v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Thakare" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Long Tran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA00365G" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317372v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huclier-Markai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ntsiba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alliot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cs Cutler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2378-3664.1410027" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935540v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Long Tran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1259/bjr.20180365" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287691v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Wallington" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.34669" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Detappe" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark W Tibbitt ||" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijumon Kunjachan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Zavidij" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b05055" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399256v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toussaint" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pinel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Auger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durieux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.17218" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643075v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Colombeau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gries" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Peterlini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S141559" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689547v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Bouziotis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Stellas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampos Tsoukalas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2017-0032" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405878v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loc T Huynh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.6b00264" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207383v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Kotb" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Appaix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Marais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5b00552" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548425v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Berbeco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01674228v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1121" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078087v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weber" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Taleb Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924331v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Sidi Boumedine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370902v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Gutwinska" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derick Rosario" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Robert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694239v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765505v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691977v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989472v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mccullagh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548480v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine A. Vallis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-019-04486-2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845326v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Thomas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boura" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550754v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barberi-Heyob" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548177v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243053v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vanderesse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407476v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312929v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548199v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989480v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Louis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548210v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078095v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priusha Ravipati" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Si-Mohamed" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924322v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765479v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Fukuhara" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charcosset" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694250v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924327v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765470v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462743v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barratier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989500v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;guy Delcros" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Hernandez Palomino" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548225v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548236v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548464v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gill" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-018-4148-3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548247v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carlisle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03989491v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tibbitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kunjachan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zavidij" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548345v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caline Abadjian" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Latoche" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Foley" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Day" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408883v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2017.01.161" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92NKRQ9V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548258v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498485v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Thomas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Toussaint" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2017.01.136" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548269v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548293v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plissonneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>