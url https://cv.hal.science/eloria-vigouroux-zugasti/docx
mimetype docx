--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -451,174 +451,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an après : la gestion organisationnelle de la pandémie SARS-CoV-2 en Maison de Santé Pluridisciplinaire</w:t>
+                <w:t xml:space="preserve">One year on: organisational management of the SARS-CoV-2 pandemic in a multidisciplinary health centre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 24, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, 24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04098084v1</w:t>
+                <w:t xml:space="preserve">hal-03972930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One year on: organisational management of the SARS-CoV-2 pandemic in a multidisciplinary health centre</w:t>
+                <w:t xml:space="preserve">Un an après : la gestion organisationnelle de la pandémie SARS-CoV-2 en Maison de Santé Pluridisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 24</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, 24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.12523⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972930v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incivilités numériques à l’université : les enseignants face aux pratiques estudiantines</w:t>
               </w:r>
@@ -959,562 +959,562 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition éthique dans le milieu équestre</w:t>
+                <w:t xml:space="preserve">Quelles transitions traversent les SIC à travers la question du vivant et du non-humain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Allard-Huver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataly Botero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Courbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gagnebien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128841v1</w:t>
+                <w:t xml:space="preserve">hal-05128861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparence et obscurité de la communication sur les actions en faveur du développement durable</w:t>
+                <w:t xml:space="preserve">Transition éthique dans le milieu équestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Défis et opportunités de la communication au service du développement durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie des Controverses et de la Communication Sensible; UM6P | Story Shool, Nov 2025, Rabat, Morocco</w:t>
+              <w:t xml:space="preserve">Transition(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05392668v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles transitions traversent les SIC à travers la question du vivant et du non-humain ?</w:t>
+                <w:t xml:space="preserve">Transparence et obscurité de la communication sur les actions en faveur du développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Gagnebien</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Cambone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transition(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Défis et opportunités de la communication au service du développement durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des Controverses et de la Communication Sensible; UM6P | Story Shool, Nov 2025, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128861v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récits autour du cheval : entre maltraitance animale, mise en scène du mignon et nouvelles ontologies, quelles perspectives ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modéliser les usages situés avec les parties prenantes pour co-construire les conditions de la « recevabilité » des technologies de « soin augmenté »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Davat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryame Ichiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Martin-Juchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ménissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles Ontologies dans la Relation à l'Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRESEC, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">91e congrès de l'L'Association canadienne-française pour l'avancement des sciences (ACFAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721155v1</w:t>
+                <w:t xml:space="preserve">hal-04989420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser les usages situés avec les parties prenantes pour co-construire les conditions de la « recevabilité » des technologies de « soin augmenté »</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Récits autour du cheval : entre maltraitance animale, mise en scène du mignon et nouvelles ontologies, quelles perspectives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">91e congrès de l'L'Association canadienne-française pour l'avancement des sciences (ACFAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">Nouvelles Ontologies dans la Relation à l'Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRESEC, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04989420v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modéliser les usages situés avec les parties prenantes pour co-construire les conditions de la « recevabilité » des technologies de « soin augmenté ».</w:t>
               </w:r>
@@ -2042,316 +2042,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le senior connecté</w:t>
+                <w:t xml:space="preserve">Le transfert de connaissances numériques pour la démocratisation du savoir chez les papyboomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Le Deuff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">H2PTM'15 : Le numérique à l'ère de l'Internet des objets, de l’hypertexte à l’hyper-objet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Paris, France. pp.174-184</w:t>
+              <w:t xml:space="preserve">Les écosystèmes numériques et la démocratisation informationnelle : Intelligence collective, Développement durable, Interculturalité, Transfert de connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Schoelcher, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01272666v1</w:t>
+                <w:t xml:space="preserve">hal-01264953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transfert de connaissances numériques pour la démocratisation du savoir chez les papyboomers</w:t>
+                <w:t xml:space="preserve">Le senior connecté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Deuff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les écosystèmes numériques et la démocratisation informationnelle : Intelligence collective, Développement durable, Interculturalité, Transfert de connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Schoelcher, France</w:t>
+              <w:t xml:space="preserve">H2PTM'15 : Le numérique à l'ère de l'Internet des objets, de l’hypertexte à l’hyper-objet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France. pp.174-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01264953v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01272666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'innovation sociale et technologique : les nouveaux usages des technologies numériques pour prolonger la vie en bonne santé des personnes retraitées autonomes</w:t>
+                <w:t xml:space="preserve">L'innovation sociale et technologique : les nouveaux usages des technologies numériques pour favoriser l'autonomie des personnes âgées isolées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Laboratoire du lien social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Pessac, France</w:t>
+              <w:t xml:space="preserve">Les laboratoires du lien social - L’expérience aquitaine de la solidarité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804548v1</w:t>
+                <w:t xml:space="preserve">hal-02363681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'innovation sociale et technologique : les nouveaux usages des technologies numériques pour favoriser l'autonomie des personnes âgées isolées</w:t>
+                <w:t xml:space="preserve">L'innovation sociale et technologique : les nouveaux usages des technologies numériques pour prolonger la vie en bonne santé des personnes retraitées autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les laboratoires du lien social - L’expérience aquitaine de la solidarité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Pessac, France</w:t>
+              <w:t xml:space="preserve">Les Laboratoire du lien social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02363681v1</w:t>
+                <w:t xml:space="preserve">hal-01804548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2382,51 +2382,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health Literacy in Complex Digital Information Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Deuff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amar Lakel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2816,51 +2816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472789v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Davat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232301v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Kohlmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tr&#233;m&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552086v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098084v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12523" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493775v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feirouz Boudokhane-Lima" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Felio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873030v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.6195" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163700v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2432" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706996v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4620" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128841v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392668v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cambone" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Botero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721155v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989420v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Ichiba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04844857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ichiba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132339v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132334v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363646v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bourret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02481791v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marie-Montagnac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871738v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01272666v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Deuff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01264953v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804548v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363681v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611192v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Lakel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119902058.ch3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02363746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01764923v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BOR30046" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472789v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Davat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232301v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Kohlmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tr&#233;m&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552086v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972930v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098084v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12523" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493775v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feirouz Boudokhane-Lima" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Felio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873030v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.6195" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163700v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2432" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706996v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4620" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128861v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Botero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392668v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cambone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Ichiba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04844857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ichiba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132339v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132334v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363646v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bourret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02481791v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marie-Montagnac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871738v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01264953v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01272666v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Deuff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363681v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804548v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611192v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Lakel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119902058.ch3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02363746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01764923v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BOR30046" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>