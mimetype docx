--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,2637 +66,2744 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erosion côtière et gestion des héritages du Néolithique à demain : approche intégrée à la Gournaise (île d'Yeu, Vendée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Chauviteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Leparoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dupont Catherine; Baudry Anne; Marie-Yvane Daire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archaeology Of Coastal Settlements / Archéologie des peuplements littoraux. HOMER 2021 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.57-67, 2025, 9789464263428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.59641/vv634yh⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05533487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Découverte récente de bassins d'affinage des huîtres (Ve-VIe siècle), à Soulac-sur-Mer (Gironde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Verdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Culioli²</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Coutelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dupont Catherine; Baudry Anne; Marie-Yvane Daire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archaeology Of Coastal Settlements / Archéologie des peuplements littoraux. HOMER 2021 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone Press, pp.493-506, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.59641/vv634yh⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901767v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi choisir un niveau marin extrême «unique » ne fonctionne pas à l’île d’Yeu : quelle méthode pour l’évaluation des risques à l’île d’Yeu (085) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">merIGéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi collaboratif du trait de côte en 3D : quatre ans d’expérience à l’ile d’Yeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIèmes Journées Nationales Génie Côtier - Génie Civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Français du Littoral, Jun 2024, Anglet (64), France. https://www.paralia.fr/jngcgc/18_29_cariou.pdf, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05348367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actions collaboratives sur l'île d'Yeu : tisser des liens entre scientifiques et publics. Zoom sur &amp;quot;Sentinelles de la Côte&amp;quot; et les &amp;quot;jeux sérieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aileen Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Vayssié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France; Université de Rennes, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05348115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veille environnementale collaborative : le cas de l’Ile d’Yeu à travers le projet ODySéYeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée IUML-OSUNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Observatoire des Sciences de l'Univers Nantes Atlantique; Institut Universitaire Mer et Littoral, Jul 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04405077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'érosion côtière à l'île d'Yeu : des approches complémentaires pour trouver des réponses et des solutions !</w:t>
+                <w:t xml:space="preserve">Chimères du Paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Archéologie de l'Ouest "Quand la mer fouille, ossements à la mer!"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mairie de l’île d’Yeu; SRA des Pays de la Loire; Université de Nantes, Nov 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">Congrès ASF - Brest 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Sédimentologistes Français, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04405367v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chimères du Paysage</w:t>
+                <w:t xml:space="preserve">L'érosion côtière à l'île d'Yeu : des approches complémentaires pour trouver des réponses et des solutions !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Diot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Leparoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès ASF - Brest 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Sédimentologistes Français, Sep 2022, Brest, France</w:t>
+              <w:t xml:space="preserve">Séminaire Archéologie de l'Ouest "Quand la mer fouille, ossements à la mer!"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mairie de l’île d’Yeu; SRA des Pays de la Loire; Université de Nantes, Nov 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04405286v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ODySéYeu : mise en place d'un suivi collaboratif du littoral sur l'île d'Yeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bourgery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ASF -XVIIIème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Sédimentologistes Français, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04405164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet ODySéYeu : une démarche collaborative pour croiser les regards citoyens et optimiser la gestion des risques côtiers à l’échelle locale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séance de l’Association de Géographes Français (AGF) « Les risques littoraux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03544297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fisheries, archaeological evidences of the last sea level rise around the Island of Yeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Argant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Argant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03051410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining non-invasive tools to investigate shell middens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leparoux Donatienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christele Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th EAA annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructiong the internal architecture of giant medieval shell middens with the ground penetrating Radar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th EAA Meeting Barcelone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Barcelone, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medieval shells middens of Vendée. Lost and future worlds: marine paleolandscape and the historic impact of long-term climate change,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">scientific meeting of the Royal Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les amas coquilliers de Vendée : de l’archéologie au paléoenvironnement - Etude intégrée préliminair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christele Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion côtière et gestion des héritages du Néolithique à demain : approche intégrée à la Gournaise (île d'Yeu, Vendée)</w:t>
+                <w:t xml:space="preserve">Collaborative 3D Monitoring for Coastal Survey: Conclusive Tests and First Feedbacks Using the SELPhCoAST Workflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeology Of Coastal Settlements / Archéologie des peuplements littoraux. HOMER 2021 Conference</w:t>
-[...43 lines deleted...]
-                <w:t xml:space="preserve">hal-05533487v1</w:t>
+              <w:t xml:space="preserve">Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/geosciences11030114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte récente de bassins d'affinage des huîtres (Ve-VIe siècle), à Soulac-sur-Mer (Gironde)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suivi participatif de l'érosion côtière en 3D : Demain tous SENTINELLES grâce au protocole SELPHCoAST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Leparoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeology Of Coastal Settlements / Archéologie des peuplements littoraux. HOMER 2021 Conference</w:t>
-[...160 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/geosciences11030114⟩</w:t>
+              <w:t xml:space="preserve">Revue Paralia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.337-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2020.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04405311v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi participatif de l'érosion côtière en 3D : Demain tous SENTINELLES grâce au protocole SELPHCoAST</w:t>
+                <w:t xml:space="preserve">Ground penetrating radar in the medieval oyster shell middens of St Michel en l’Herm (Vendée, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lacombe</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Ledoyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Paralia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2020.039⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.186-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.12.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04405325v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02319247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground penetrating radar in the medieval oyster shell middens of St Michel en l’Herm (Vendée, France)</w:t>
+                <w:t xml:space="preserve">Lead accumulation in oyster shells, a potential tool for environmental monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Françoise Debaine</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Guivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole La</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.12.048⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 125 (1-2), pp.19-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.07.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-02319247v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lead accumulation in oyster shells, a potential tool for environmental monitoring</w:t>
+                <w:t xml:space="preserve">L’Île d’Yeu, le Coureau Islais et les Pays de Monts : une dynamique sédimentaire complexe à décrypter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mary Elliot</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.51-63</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620321v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical fingerprints of climate variation and the extreme La Niña 2010–11 as recorded in a Tridacna squamosa shell from Sulawesi, Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilo Arias-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bézos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent La</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 487, pp.216 - 228. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.palaeo.2017.08.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01689567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of a Late Oxfordian: early Kimmeridgian carbonate platform, French Jura Mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hantzpergue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 108 (2-3), pp.273-288. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00015-015-0189-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2706,499 +2813,499 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte récente de bassins d'affinage des huîtres (Ve-VIe s.) à Soulac-sur-Mer, Gironde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Verdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Culioli²</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOMER 2021 : Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Château d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03363235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fischeries, archeological evidences of the last sea-level rise around the Island of Yeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Argant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining non invasive tools to investigate shell-middens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reflecting Futures, 24th EAA Meeting Barcelone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medieval shell middens of Vendée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Meeting of the Royal Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Newport Pagnell, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02982121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3208,114 +3315,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plateforme jurassienne au passage Oxfordien - Kimméridgien : dynamique sédimentaire et paléoenvironnements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paléontologie. Université Claude Bernard - Lyon I, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013LYO10099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01174604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3462,51 +3569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168271v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348367v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacombe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.029" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348115v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Thevenin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vayssi&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405077v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405367v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Leparoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405286v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Diot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405164v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bourgery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544297v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Giraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051410v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cassen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Argant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Argant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leparoux Donatienne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Guivel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499210v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guivel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533487v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chauviteau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/archaeology-of-coastal-settlements" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/vv634yh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901767v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli&#178;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405311v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Baltzer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11030114" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405325v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2020.039" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319247v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ledoyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.12.048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-671VD21Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620321v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Guivel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lenta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.07.075" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Arias-Ruiz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent La" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2017.08.037" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02115001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hantzpergue" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-015-0189-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499164v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982121v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01174604v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LYO10099" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533487v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chauviteau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Leparoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/archaeology-of-coastal-settlements" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/vv634yh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901767v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli&#178;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168271v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348367v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacombe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348115v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Thevenin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vayssi&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405077v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405286v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Diot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405164v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bourgery" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544297v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Giraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cassen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Argant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Argant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961714v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leparoux Donatienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Guivel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499155v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499210v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guivel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961674v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405311v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Baltzer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences11030114" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405325v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2020.039" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319247v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ledoyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.12.048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-671VD21Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620321v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Guivel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lenta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.07.075" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689567v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Arias-Ruiz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2017.08.037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2RK03FJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02115001v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hantzpergue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-015-0189-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363235v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499150v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499164v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982121v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01174604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LYO10099" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>