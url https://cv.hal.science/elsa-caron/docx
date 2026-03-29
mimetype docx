--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -897,234 +897,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ma &amp;quot;Voix-Monde&amp;quot;: Multimodalité et plurilinguisme dans un projet d'écriture créative avec l'oeuvre dramatique Tous des Oiseaux de Wajdi Mouawad.</w:t>
+                <w:t xml:space="preserve">Expérience sensible et pratiques langagières créatives en espace immersif: le projet Expérience en Cabine Immersive par des apprenANTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bridging voices in plurilingual education: policies, research and practices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Roma Tre University, Italy</w:t>
+              <w:t xml:space="preserve">Pratiques Artistiques et Approches Sensibles en didactique des langues-cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACEDLE, May 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05333680v1</w:t>
+                <w:t xml:space="preserve">hal-05067849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérience sensible et pratiques langagières créatives en espace immersif: le projet Expérience en Cabine Immersive par des apprenANTS</w:t>
+                <w:t xml:space="preserve">Ma &amp;quot;Voix-Monde&amp;quot;: Multimodalité et plurilinguisme dans un projet d'écriture créative avec l'oeuvre dramatique Tous des Oiseaux de Wajdi Mouawad.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Artistiques et Approches Sensibles en didactique des langues-cultures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACEDLE, May 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Bridging voices in plurilingual education: policies, research and practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Roma Tre University, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05067849v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestes créatif et politique dans une pièce sans acteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1225,562 +1225,562 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-écrire la femme aujourd'hui: théâtre et numérique pour déplacer les frontières en didactique du FLE</w:t>
+                <w:t xml:space="preserve">ATELIER: Machines théâtrales et avatars artistiques: comment faire atelier avec le théâtre du futur?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crealang2024: Créativité en langue et en discours: au-delà des normes et des frontières?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Littoral Côte d'Opale, Jun 2024, Boulogne sur Mer, France</w:t>
+              <w:t xml:space="preserve">Séminaire Didactique des langues et arts: pourquoi, comment faire-atelier?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne-Sophie Calinon, Olivier Mouginot, Nathalie Thamin, Nov 2024, Université Franche Comté Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687724v1</w:t>
+                <w:t xml:space="preserve">hal-04812582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATELIER: Machines théâtrales et avatars artistiques: comment faire atelier avec le théâtre du futur?</w:t>
+                <w:t xml:space="preserve">Spectacle immersif et créativité : le projet EXpérience en Cabine Immersive de Textes par des ApprenANTS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Didactique des langues et arts: pourquoi, comment faire-atelier?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne-Sophie Calinon, Olivier Mouginot, Nathalie Thamin, Nov 2024, Université Franche Comté Besançon, France</w:t>
+              <w:t xml:space="preserve">IMPEC 2024-Créativité, innovation, éthique.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMU, Jul 2024, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812582v1</w:t>
+                <w:t xml:space="preserve">hal-04687740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectacle immersif et créativité : le projet EXpérience en Cabine Immersive de Textes par des ApprenANTS.</w:t>
+                <w:t xml:space="preserve">Co-écrire la femme aujourd'hui: théâtre et numérique pour déplacer les frontières en didactique du FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMPEC 2024-Créativité, innovation, éthique.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMU, Jul 2024, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Crealang2024: Créativité en langue et en discours: au-delà des normes et des frontières?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Littoral Côte d'Opale, Jun 2024, Boulogne sur Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687740v1</w:t>
+                <w:t xml:space="preserve">hal-04687724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet Expérience en Cabine Immersive par des apprenANTS (EXCITANT): une expérience de théâtre immersif comme &amp;quot;sortie de cadre&amp;quot;.</w:t>
+                <w:t xml:space="preserve">« Espaces sensibles et théâtre immersif pour l’enseignement inclusif du FLE : le projet Expérience en Cabine Immersive par des apprenANTS (EXCITANT) financement : ICAR, Labex ASLAN. »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès Ranaclès: Sorties de cadre dans l'apprentissage et l'enseignement des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rouen (FR), France</w:t>
+              <w:t xml:space="preserve">Espaces sensibles : approches performatives pour une éducation inclusive de l’école à l’université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMU, Jun 2024, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812565v1</w:t>
+                <w:t xml:space="preserve">hal-04687710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Espaces sensibles et théâtre immersif pour l’enseignement inclusif du FLE : le projet Expérience en Cabine Immersive par des apprenANTS (EXCITANT) financement : ICAR, Labex ASLAN. »</w:t>
+                <w:t xml:space="preserve">Le projet Expérience en Cabine Immersive par des apprenANTS (EXCITANT): une expérience de théâtre immersif comme &amp;quot;sortie de cadre&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces sensibles : approches performatives pour une éducation inclusive de l’école à l’université</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMU, Jun 2024, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">31e Congrès Ranaclès: Sorties de cadre dans l'apprentissage et l'enseignement des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rouen (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687710v1</w:t>
+                <w:t xml:space="preserve">hal-04812565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théâtre en ligne et création plurilingue pour l’apprentissage du FLE</w:t>
+                <w:t xml:space="preserve">Tous des oiseaux, a world work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire recherche Sciences du Langage "Contextes plurilingues"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cergy Paris Université, Feb 2023, Cergy (CY Cergy Paris université), France</w:t>
+              <w:t xml:space="preserve">Eutopia Languages Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cergy Paris Université, Mar 2023, Cergy (CY Cergy Paris université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04113550v1</w:t>
+                <w:t xml:space="preserve">hal-04113514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tous des oiseaux, a world work</w:t>
+                <w:t xml:space="preserve">Théâtre en ligne et création plurilingue pour l’apprentissage du FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eutopia Languages Week</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cergy Paris Université, Mar 2023, Cergy (CY Cergy Paris université), France</w:t>
+              <w:t xml:space="preserve">Séminaire recherche Sciences du Langage "Contextes plurilingues"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cergy Paris Université, Feb 2023, Cergy (CY Cergy Paris université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04113514v1</w:t>
+                <w:t xml:space="preserve">hal-04113550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une co-écriture créative autour de #MeToo: passage à la scène et plurilinguisme pour le FLE</w:t>
               </w:r>
@@ -2668,51 +2668,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BD57EA4D"/>
+    <w:nsid w:val="80C4866A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2899,51 +2899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elsa-caron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3171-5434" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066256v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/partages.354" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496264v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072267v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531192v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051756v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395394v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378102v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949949v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333680v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067849v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412702v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687724v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687740v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812565v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687710v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113550v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113514v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113417v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113449v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113819v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113466v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113440v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072265v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/ALPHIL.03199" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438696v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Di Pardo L&#233;on-Henri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Hannachi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piccardo Enrica" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Djiecheu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elsa-caron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3171-5434" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066256v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/partages.354" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496264v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072267v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531192v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051756v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395394v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378102v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949949v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067849v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333680v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412702v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687740v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687724v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687710v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812565v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113514v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113550v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113417v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113449v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113819v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113466v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113440v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072265v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33055/ALPHIL.03199" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438696v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Di Pardo L&#233;on-Henri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Hannachi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piccardo Enrica" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Djiecheu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>