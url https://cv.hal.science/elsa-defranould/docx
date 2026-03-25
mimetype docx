--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1514,423 +1514,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Taï et le Néolithique du sud de la France</w:t>
+                <w:t xml:space="preserve">Sites, territoires et réseaux des communautés néolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jessie Cauliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.883-906, 2022, 978-2-35842-030-3</w:t>
+              <w:t xml:space="preserve">, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.863-892, 2022, 978-2-35842-030-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03949050v1</w:t>
+                <w:t xml:space="preserve">mnhn-03949036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industries de pierres taillées : approche techno-typologique</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le Taï et le Néolithique du sud de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Cauliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard).</w:t>
+              <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.415-502, 2022, 978-2-35842-030-3</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.883-906, 2022, 978-2-35842-030-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093404v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03949050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites, territoires et réseaux des communautés néolithiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Balasse</w:t>
+                <w:t xml:space="preserve">Industries de pierres taillées : approche techno-typologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Béarez</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Remicourt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.863-892, 2022, 978-2-35842-030-3</w:t>
+              <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d'Ecologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.415-502, 2022, 978-2-35842-030-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03949036v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04093404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techno-functional approach to a technological breakthrough: The Second Mesolithic of Montclus rockshelter (Gard, France)</w:t>
               </w:r>
@@ -2282,51 +2282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Cauliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -2342,151 +2342,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'industrie lithique de la campagne de 2017</w:t>
+                <w:t xml:space="preserve">Industries lithiques taillées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051372v1</w:t>
+                <w:t xml:space="preserve">hal-02051401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industries lithiques taillées</w:t>
+                <w:t xml:space="preserve">L'industrie lithique de la campagne de 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051401v1</w:t>
+                <w:t xml:space="preserve">hal-02051372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2601,478 +2601,478 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roquemissou 2023. Rapport de fouille programmée triennale 2020-­2023</w:t>
+                <w:t xml:space="preserve">Baume de Ronze 2023. Orgnac­-l'Aven, Ardèche (code de l'opération 22 14 384). Quatrième rapport d'aide à préparation de publication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
+                <w:t xml:space="preserve">François Baleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Daujeard</w:t>
+                <w:t xml:space="preserve">Alain Beeching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Cattiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service Régional d'Archéologie Occitanie. 2024, pp.274</w:t>
+              <w:t xml:space="preserve">Service Régional d'Archéologie Auvergne Rhône Alpes. 2024, pp.96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425801v1</w:t>
+                <w:t xml:space="preserve">hal-04425820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR &amp;quot;Réseau de Lithothèques en Occitanie&amp;quot;, Rapport d'activité 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Minet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Occitanie. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baume de Ronze 2024. Orgnac­-l’Aven, Ardèche (code de l’opération 22 14 727). Cinquième rapport d’aide à préparation de publication</w:t>
+                <w:t xml:space="preserve">Roquemissou 2023. Rapport de fouille programmée triennale 2020-­2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Daujeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service Régional d'Archéologie Occitanie. 2024, pp.274</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Beeching</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04858864v1</w:t>
+                <w:t xml:space="preserve">hal-04425801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baume de Ronze 2023. Orgnac­-l'Aven, Ardèche (code de l'opération 22 14 384). Quatrième rapport d'aide à préparation de publication</w:t>
+                <w:t xml:space="preserve">Baume de Ronze 2024. Orgnac­-l’Aven, Ardèche (code de l’opération 22 14 727). Cinquième rapport d’aide à préparation de publication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Beeching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Baleux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Beeching</w:t>
+                <w:t xml:space="preserve">Jade Duché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méline Cattiaux</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Service Régional d'Archéologie Auvergne Rhône Alpes. 2024, pp.96</w:t>
+                <w:t xml:space="preserve">Eric Thirault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service Régional d'Archéologie Auvergne Rhône Alpes, Lyon. 2024, pp.101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425820v1</w:t>
+                <w:t xml:space="preserve">hal-04858864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Néolithisation des Causses méridionaux du Larzac et de Sauveterre, rapport de prospection thématique</w:t>
               </w:r>
@@ -3146,51 +3146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Cattiaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service Régional d'Archéologie Auvergne Rhône Alpes. 2022, pp.78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3600,2506 +3600,2631 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphism and singularity of the Second Mesolithic of Southern France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Méthodes et dispositifs pour caractériser, analyser et partager les données sur les formations et les gîtes à silicites. Retour d’expérience sur vingt années de travaux interdisciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+                <w:t xml:space="preserve">Christophe Tufféry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Mallye</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Garniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Marguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO2025- Eleventh International Conference on the Mesolithic in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Ferrara, Italy</w:t>
+              <w:t xml:space="preserve">7e symposium MaDICS, Masses de Données, Informations et Connaissances en Sciences, Big Data - Data Science, Action SaD-2HN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283831v1</w:t>
+                <w:t xml:space="preserve">hal-05537176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les éponymes dans le Mésolithique et le Néolithique du Sud de la France : une migraine persistante</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polymorphism and singularity of the Second Mesolithic of Southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mallye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance de la Société préhistorique française « À propos des éponymes : 150 ans de construction du discours scientifique autour des gisements de référence en Préhistoire »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Mâcon, France</w:t>
+              <w:t xml:space="preserve">MESO2025- Eleventh International Conference on the Mesolithic in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05121680v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the Gap Between Bioarchaeology and Cultural Studies in Understanding Transitions in the Past</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les éponymes dans le Mésolithique et le Néolithique du Sud de la France : une migraine persistante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Angelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Galin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA 2025 Interwined Pasts, Session 96</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Belgrade (online), Serbia</w:t>
+              <w:t xml:space="preserve">Séance de la Société préhistorique française « À propos des éponymes : 150 ans de construction du discours scientifique autour des gisements de référence en Préhistoire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Mâcon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05268003v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical, cultural and economic variabilities on the Mesolithic-Neolithic transition at Montclus (Gard, France, 6300-5000 cal. BCE): crossed lithic and zooarchaeological perspectives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bridging the Gap Between Bioarchaeology and Cultural Studies in Understanding Transitions in the Past</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Lundy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Rivollat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Teetaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M Arzarello; U. Thun Hohenstein, Sep 2025, Ferrara, Italy</w:t>
+              <w:t xml:space="preserve">EAA 2025 Interwined Pasts, Session 96</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Belgrade (online), Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274142v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The GDR “Silex”, a Four-Year Review of Open Access experience</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Collin</w:t>
+                <w:t xml:space="preserve">Technical, cultural and economic variabilities on the Mesolithic-Neolithic transition at Montclus (Gard, France, 6300-5000 cal. BCE): crossed lithic and zooarchaeological perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Derbord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4º Encuentro Arqueológico “Universidad de Oñati” Movilidad y Redes en los Pirineos Prehistóricos a través de las Industrias Líticas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alvaro Arrizabalaga; Xavier Mangado; Marta Sánchez de la Torre; Alejandro Prieto, Oct 2024, Oñati, Spain</w:t>
+              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M Arzarello; U. Thun Hohenstein, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757655v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The GDR “Silex”, a Four-Year Review of Open Access experience</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elsa Defranould</w:t>
+                <w:t xml:space="preserve">La grotte des Jonquilles, un nouveau jalon Mésolithique dans le Haut-Quercy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Arbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">XXXIIIèmes Rencontres Archéologiques de Saint-Céré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Saint-Céré, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756129v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between Provence and Catalonia: Identification of a circulation network for specialise production of Barremo-Bedoulian chert from 6th to 4th millennia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The GDR “Silex”, a Four-Year Review of Open Access experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Interactions in Mediterranean Prehistory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Barelone, Spain</w:t>
+              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909889v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte des Jonquilles, un nouveau jalon Mésolithique dans le Haut-Quercy</w:t>
+                <w:t xml:space="preserve">The GDR “Silex”, a Four-Year Review of Open Access experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Constans</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
+                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIIèmes Rencontres Archéologiques de Saint-Céré</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Saint-Céré, France</w:t>
+              <w:t xml:space="preserve">4º Encuentro Arqueológico “Universidad de Oñati” Movilidad y Redes en los Pirineos Prehistóricos a través de las Industrias Líticas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alvaro Arrizabalaga; Xavier Mangado; Marta Sánchez de la Torre; Alejandro Prieto, Oct 2024, Oñati, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04755028v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte des Jonquilles, un nouveau jalon Mésolithique dans le Haut-Quercy. Présentation et résultats préliminaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Constans</w:t>
+                <w:t xml:space="preserve">Between Provence and Catalonia: Identification of a circulation network for specialise production of Barremo-Bedoulian chert from 6th to 4th millennia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Garcia-Tarac</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AG de l’association Archéologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archéologies, Mar 2023, Montauban, France</w:t>
+              <w:t xml:space="preserve">Social Interactions in Mediterranean Prehistory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Barelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04755023v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une lame, un pot : regards croisés sur les traditions lithiques et céramiques du Néolithique ancien de la Baume de Ronze (Orgnac-l'Aven, Ardèche)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Néolithisations aveyronnaises, état des connaissances et renouvellement des données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Beeching</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Boboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVe Rencontres Méridionales de Préhistoire Récente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
+              <w:t xml:space="preserve">Pierre à bâtir, pierre à penser. Systèmes techniques et productions symboliques des Pré- et Protohistoire méridionales, Actes des XIIIème Rencontres Méridionales de Préhistoire Récente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, V. Ard; J. Cauliez; C. Gilabert; A. Hasler; I. Sénépart; E. Thirault, Sep 2021, Rodez, France. pp.365-379</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638647v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the chaîne opératoire to the social structure of early Neolithic communities: knappers versus potters from the Danubian and the Mediterranean worlds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Solène Denis</w:t>
+                <w:t xml:space="preserve">La grotte des Jonquilles, un nouveau jalon Mésolithique dans le Haut-Quercy. Présentation et résultats préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garcia-Tarac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kiel Conference 2023: Scales of social, environmental and cultural chane in past societies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Prof. Dr. Johannes Müller, Dr. Franziska Engelbogen, Jennifer Schüle-Hansen, Mar 2023, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">AG de l’association Archéologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archéologies, Mar 2023, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051559v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premières communautés paysannes en Languedoc méditerranéen : actualités du PCR PREME</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Manen</w:t>
+                <w:t xml:space="preserve">Une lame, un pot : regards croisés sur les traditions lithiques et céramiques du Néolithique ancien de la Baume de Ronze (Orgnac-l'Aven, Ardèche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Cattiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Perrin</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Beeching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Rencontres Méridionales de Préhistoire Récente, « Savoir-faire, chaînes opératoires, traditions techniques, communautés de pratiques des sociétés de la Préhistoire récente (VIIIe-IIe mill. av. J.-C. &amp; Actualités de la recherche »</w:t>
+              <w:t xml:space="preserve">XIVe Rencontres Méridionales de Préhistoire Récente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280766v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Néolithisations aveyronnaises, état des connaissances et renouvellement des données</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From the chaîne opératoire to the social structure of early Neolithic communities: knappers versus potters from the Danubian and the Mediterranean worlds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Gomart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pierre à bâtir, pierre à penser. Systèmes techniques et productions symboliques des Pré- et Protohistoire méridionales, Actes des XIIIème Rencontres Méridionales de Préhistoire Récente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, V. Ard; J. Cauliez; C. Gilabert; A. Hasler; I. Sénépart; E. Thirault, Sep 2021, Rodez, France. pp.365-379</w:t>
+              <w:t xml:space="preserve">Kiel Conference 2023: Scales of social, environmental and cultural chane in past societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Prof. Dr. Johannes Müller, Dr. Franziska Engelbogen, Jennifer Schüle-Hansen, Mar 2023, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283699v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité des productions lithiques du Second Mésolithique du Sud-Ouest, entre Narbonnais et Aveyron</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Premières communautés paysannes en Languedoc méditerranéen : actualités du PCR PREME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde de la Société préhistorique française « La variabilité des productions lithiques au Mésolithique »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Saint-Germain en Laye, France</w:t>
+              <w:t xml:space="preserve">14e Rencontres Méridionales de Préhistoire Récente, « Savoir-faire, chaînes opératoires, traditions techniques, communautés de pratiques des sociétés de la Préhistoire récente (VIIIe-IIe mill. av. J.-C. &amp; Actualités de la recherche »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280749v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les productions lithiques du Mésolithiques récent-final de la Borie-del-Rey (Blanquefort-sur-Briolance, Lot-et-Garonne). Nouvelles fouilles, nouvelles données</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nigthmare at the border: liminal contacts and porous margins during the 6th and 5th millennia in Southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Mallye</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde de la Société préhistorique française « La variabilité des productions lithiques au Mésolithique »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sylvain Griselin; Alexandre Deseine; Colas Guéret; Ludovic Mevel; Benedicte Souffi; Hans Vandendriessche, Oct 2022, Saint-Germain-en-Laye, France</w:t>
+              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists : Borderline lithics: from spatial patterns to social processes during the European neolithization (Session 252)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Budapast, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04914284v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nigthmare at the border: liminal contacts and porous margins during the 6th and 5th millennia in Southern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les productions lithiques du Mésolithiques récent-final de la Borie-del-Rey (Blanquefort-sur-Briolance, Lot-et-Garonne). Nouvelles fouilles, nouvelles données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wilfrid Galin</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mallye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists : Borderline lithics: from spatial patterns to social processes during the European neolithization (Session 252)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Budapast, Hungary</w:t>
+              <w:t xml:space="preserve">Table ronde de la Société préhistorique française « La variabilité des productions lithiques au Mésolithique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sylvain Griselin; Alexandre Deseine; Colas Guéret; Ludovic Mevel; Benedicte Souffi; Hans Vandendriessche, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04914127v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-layer analysis and the identification of different border[lines] : if one crosses the line ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variabilité des productions lithiques du Second Mésolithique du Sud-Ouest, entre Narbonnais et Aveyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kata Szilágyi</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists : Borderline lithics: from spatial patterns to social processes during the European neolithization (Session 252)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Table ronde de la Société préhistorique française « La variabilité des productions lithiques au Mésolithique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Saint-Germain en Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864033v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a multi-proxies analysis of technical behaviour in the early neolithic period in the rhône valley</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joséphine Caro</w:t>
+                <w:t xml:space="preserve">Multi-layer analysis and the identification of different border[lines] : if one crosses the line ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Kačar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kata Szilágyi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA 2021 : Widening horizons, Session 276</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists : Borderline lithics: from spatial patterns to social processes during the European neolithization (Session 252)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199109v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techno-functional approach to a technological breakthrough: The Second Mesolithic of the Montclus rockshelter (Gard, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a multi-proxies analysis of technical behaviour in the early neolithic period in the rhône valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meso 2015 : The Ninth International Conference on the Mesolithic in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Belgrade, Serbia. pp.434-438</w:t>
+              <w:t xml:space="preserve">EAA 2021 : Widening horizons, Session 276</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03453770v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary dynamics of armatures in southern France in the 2nd Mesolithic and Early Neolithic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Techno-functional approach to a technological breakthrough: The Second Mesolithic of the Montclus rockshelter (Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meso 2020-Tenth International Conference on the Mesolithic in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Thomas Perrin; Benjamin Marquebielle; Sylvie Philibert; Nicolas Valdeyron, Sep 2020, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Meso 2015 : The Ninth International Conference on the Mesolithic in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Belgrade, Serbia. pp.434-438</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052804v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesolithic-Neolithic transition in Southern France: Can archaeological evidences attest a possibility of interaction between different human groups?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary dynamics of armatures in southern France in the 2nd Mesolithic and Early Neolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meso 2020-Tenth International Conference on the Mesolithic in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Thomas Perrin, Benjamin Marquebielle, Sylvie Philibert, Nicolas Valdeyron, Sep 2020, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Thomas Perrin; Benjamin Marquebielle; Sylvie Philibert; Nicolas Valdeyron, Sep 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04914179v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territoriality and settlement in Southern of France during the Early Neolithic: diversity as a strategy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesolithic-Neolithic transition in Southern France: Can archaeological evidences attest a possibility of interaction between different human groups?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Conference on the Early Neolithic of Europe – ENE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Meso 2020-Tenth International Conference on the Mesolithic in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Thomas Perrin, Benjamin Marquebielle, Sylvie Philibert, Nicolas Valdeyron, Sep 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02362909v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cardial-Epicardial early neolithic of lower Rhône Valley (South-Eastern France): a lithic perspective, Elsa Defranould.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Territoriality and settlement in Southern of France during the Early Neolithic: diversity as a strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Conference on the Early Neolithic of Europe – ENE 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02362909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Cardial-Epicardial early neolithic of lower Rhône Valley (South-Eastern France): a lithic perspective, Elsa Defranould.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Conference on the Early Neolithic of Europe – ENE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6109,466 +6234,466 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesolithic settlements (9th to 6th millennia cal.BCE) at Roquemissou (Aveyron, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Perrin</w:t>
+                <w:t xml:space="preserve">The Mesolithic occupations of Jonquilles Cave (Caniac-du-Causse, Lot, France): First Interdisciplinary Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Arbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe</w:t>
+              <w:t xml:space="preserve">MESO25, the Eleventh International Conference on the Mesolithic in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05378675v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05286627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Mesolithic occupations of Jonquilles Cave (Caniac-du-Causse, Lot, France): First Interdisciplinary Results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Constans</w:t>
+                <w:t xml:space="preserve">Mesolithic settlements (9th to 6th millennia cal.BCE) at Roquemissou (Aveyron, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Arbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Elsa Defranould</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Boboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO25, the Eleventh International Conference on the Mesolithic in Europe</w:t>
+              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05286627v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GDR &amp;quot;Silex&amp;quot; : Un réseau scientifique au service de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tufféry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Garniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Marguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Renault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erwan Vaissié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéométrie 2025, XXVe colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie (GMPCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05535827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de la végétation entre Massif Central et Pyrénées sur le très long terme (ca. 13000-4000 cal BP). 15 années de recherches en anthracologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréade Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Amandine Chautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6587,51 +6712,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée Générale, Association Archéologies.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6641,161 +6766,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borderline Lithics: from spatial patterns to social processes during the European neolithisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kata Furholt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kačar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akash Srinivas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Borderline Lithics: from spatial patterns to social processes during the European neolithization session</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Budapest (HO), Hungary. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of lithic studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12 (2), 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05104296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6805,131 +6930,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liste typologique pour les industries de pierre taillée de la Préhistoire récente européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Angelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01638819v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId147"/>
+      <w:footerReference w:type="default" r:id="rId148"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7076,51 +7201,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325960v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Minguell-L&#243;pez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lucas Couto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafel Rosillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Piqu&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21630/mmaas.2025.3.21" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093387v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bertin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pm.3920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0261" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358708v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0179" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913839v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0182" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153395v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593273v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2017.01.036" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.046" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051325v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02021435v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maill&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rodrigue" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Recoules" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=la-cinerite-de-requista-productions-et-diffusion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199375v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Ka&#269;ar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Connolly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90799-6.00229-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949050v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093404v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949036v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210740v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059232v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049624v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=archeoViz platform maintainers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052154v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carr&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051372v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03153424v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425801v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Chautard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909346v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Minet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858864v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Beeching" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Duch&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Cattiaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425832v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425840v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913894v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207704v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913897v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362099v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283831v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121680v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268003v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Lundy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Teetaert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274142v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Derbord" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757655v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Collin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756129v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909889v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755028v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gardeur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755023v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garcia-Tarac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638647v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051559v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280766v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283699v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914284v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914127v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864033v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04199109v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453770v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052804v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914179v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02362909v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914217v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286627v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535827v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tuff&#233;ry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andr&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marguet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renault" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vaissi&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677930v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Liard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104296v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Furholt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Srinivas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638819v3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325960v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Minguell-L&#243;pez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lucas Couto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafel Rosillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Piqu&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21630/mmaas.2025.3.21" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093387v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bertin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pm.3920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0261" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358708v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0179" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913839v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0182" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153395v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593273v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2017.01.036" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.046" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051325v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02021435v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maill&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rodrigue" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Recoules" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=la-cinerite-de-requista-productions-et-diffusion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199375v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Ka&#269;ar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Connolly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90799-6.00229-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949036v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949050v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093404v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210740v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059232v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049624v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=archeoViz platform maintainers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052154v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carr&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051401v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051372v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03153424v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425820v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Beeching" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Cattiaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909346v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Minet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425801v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Chautard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858864v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Duch&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425832v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425840v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913894v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207704v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913897v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362099v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537176v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tuff&#233;ry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garniaux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marguet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283831v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121680v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268003v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Lundy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Teetaert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274142v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Derbord" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755028v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gardeur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756129v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Collin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757655v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909889v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283699v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755023v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garcia-Tarac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638647v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051559v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280766v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914127v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914284v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864033v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04199109v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453770v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052804v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914179v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02362909v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914217v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286627v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535827v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677930v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Liard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104296v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Furholt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Srinivas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638819v3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>