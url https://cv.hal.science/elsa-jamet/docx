--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -160,1412 +160,1412 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vieux Paris en mémoire. Documenter le 6e arrondissement avant les travaux haussmanniens</w:t>
+                <w:t xml:space="preserve">Construire sa maison de rapport haussmannienne. Financement et travaux de l’architecture privée dans la seconde moitié du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société historique du 6e arrondissement de Paris, Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès francophone d’histoire de la construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone d'histoire de la construction, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05149790v1</w:t>
+                <w:t xml:space="preserve">hal-05149781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La passagère fantaisie » : Victor Baltard et l’architecture éphémère des fêtes</w:t>
+                <w:t xml:space="preserve">Le vieux Paris en mémoire. Documenter le 6e arrondissement avant les travaux haussmanniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Baltard, visible et invisible</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ville de Paris / Comité d’Histoire de la ville de Paris, Nov 2025, Paris, hôtel de ville, France</w:t>
+              <w:t xml:space="preserve">Conférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société historique du 6e arrondissement de Paris, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386855v1</w:t>
+                <w:t xml:space="preserve">hal-05149790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction et conclusion du colloque Les femmes et l’économie des arts : commerce et financement au féminin en France (fin XVIIe siècle-1945)</w:t>
+                <w:t xml:space="preserve">La passagère fantaisie » : Victor Baltard et l’architecture éphémère des fêtes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nastasia Gallian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nastasia Gallian, Elsa Jamet, Justine Lécuyer, Centre André-Chastel, Sep 2025, Paris Institut national d’histoire de l’art (INHA), France</w:t>
+              <w:t xml:space="preserve">Baltard, visible et invisible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ville de Paris / Comité d’Histoire de la ville de Paris, Nov 2025, Paris, hôtel de ville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386840v1</w:t>
+                <w:t xml:space="preserve">hal-05386855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire sa maison de rapport haussmannienne. Financement et travaux de l’architecture privée dans la seconde moitié du XIXe siècle</w:t>
+                <w:t xml:space="preserve">Introduction et conclusion du colloque Les femmes et l’économie des arts : commerce et financement au féminin en France (fin XVIIe siècle-1945)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Lécuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nastasia Gallian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès francophone d’histoire de la construction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone d'histoire de la construction, Jun 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nastasia Gallian, Elsa Jamet, Justine Lécuyer, Centre André-Chastel, Sep 2025, Paris Institut national d’histoire de l’art (INHA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05149781v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05386840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction et conclusion du colloque international « Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours »</w:t>
+                <w:t xml:space="preserve">Les premiers pas d’un architecte-entrepreneur de travaux publics. Henri Blondel et les percements haussmanniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Justine Gain, Elsa Jamet et Lucie Prohin (INHA, Centre André-Chastel, EPHE, Ecole du Louvre, Paris 1-Panthéon Sorbonne, HiCSA, Fondation Napoléon), Mar 2024, Paris, Institut national d’histoire de l’art (INHA), France</w:t>
+              <w:t xml:space="preserve">Conférence Les premiers pas d’un architecte-entrepreneur de travaux publics. Henri Blondel et les percements haussmanniens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’histoire de Paris et de l’Île-de-France, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747948v1</w:t>
+                <w:t xml:space="preserve">hal-04747896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les natures de Paris au XIXe siècle : productions, usages et imaginaires</w:t>
+                <w:t xml:space="preserve">Introduction et conclusion du colloque international « Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Dumas-Piro</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Gain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Léo Grillet</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La ville. 27e Rendez-vous de l'histoire de Blois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Rendez-vous de l'histoire de Blois, Oct 2024, Blois / Journées de l'histoire, France</w:t>
+              <w:t xml:space="preserve">Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Justine Gain, Elsa Jamet et Lucie Prohin (INHA, Centre André-Chastel, EPHE, Ecole du Louvre, Paris 1-Panthéon Sorbonne, HiCSA, Fondation Napoléon), Mar 2024, Paris, Institut national d’histoire de l’art (INHA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747913v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premiers pas d’un architecte-entrepreneur de travaux publics. Henri Blondel et les percements haussmanniens</w:t>
+                <w:t xml:space="preserve">Les natures de Paris au XIXe siècle : productions, usages et imaginaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dumas-Piro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Girot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Poyau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Grillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Les premiers pas d’un architecte-entrepreneur de travaux publics. Henri Blondel et les percements haussmanniens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’histoire de Paris et de l’Île-de-France, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">La ville. 27e Rendez-vous de l'histoire de Blois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rendez-vous de l'histoire de Blois, Oct 2024, Blois / Journées de l'histoire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747896v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques centraliens engagés dans la construction haussmannienne</w:t>
+                <w:t xml:space="preserve">Rôles et champs d’action d’un historien de l’architecture aujourd’hui : parcours, pratiques, compétences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Croutelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Motard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Schoonheere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jeanroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gustave Eiffel (ECP 1855) et les centraliens de la décennie 1850-1860</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CentraleSupélec Alumni, Centrale Histoire, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès Rotondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Mar 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400788v1</w:t>
+                <w:t xml:space="preserve">hal-04091654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de la thèse &amp;quot;Au coeur du système haussmannien : Henri Blondel (1821-1897), architecte, entrepreneur et financier</w:t>
+                <w:t xml:space="preserve">Quelques centraliens engagés dans la construction haussmannienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association d'histoire de l'architecture : RDV #11: Thèses soutenues &amp; Publication de thèse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association d'histoire de l'architecture (AHA), Jun 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
+              <w:t xml:space="preserve">Gustave Eiffel (ECP 1855) et les centraliens de la décennie 1850-1860</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CentraleSupélec Alumni, Centrale Histoire, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04149966v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Blondel (1821-1897) : Le réseau d’un architecte-entrepreneur à l’œuvre des grands travaux haussmanniens</w:t>
+                <w:t xml:space="preserve">Présentation de la thèse &amp;quot;Au coeur du système haussmannien : Henri Blondel (1821-1897), architecte, entrepreneur et financier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lieux, société architecture : le Spatial turn et l’histoire de la ville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Charlotte Duvette, Pierre Coffy, Mar 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
+              <w:t xml:space="preserve">Association d'histoire de l'architecture : RDV #11: Thèses soutenues &amp; Publication de thèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association d'histoire de l'architecture (AHA), Jun 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091613v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Paris haussmannien de &amp;quot; M. Blondel, architecte, grand favori de M. le Préfet</w:t>
+                <w:t xml:space="preserve">Henri Blondel (1821-1897) : Le réseau d’un architecte-entrepreneur à l’œuvre des grands travaux haussmanniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haussmann en capitale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité d’histoire de la Ville de Paris; Commission du Vieux Paris, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Lieux, société architecture : le Spatial turn et l’histoire de la ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Charlotte Duvette, Pierre Coffy, Mar 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04149955v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élever « à la dignité de Bourse de commerce » la Halle au blé de Paris : démonstration d’une puissance commerciale (1880-1890)</w:t>
+                <w:t xml:space="preserve">Le Paris haussmannien de &amp;quot; M. Blondel, architecte, grand favori de M. le Préfet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Au service du pouvoir. L’architecture comme outil de représentation aux époques moderne et contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HiCSA Paris 1 - Panthéon Sorbonne, Dec 2023, INHA - Paris, France</w:t>
+              <w:t xml:space="preserve">Haussmann en capitale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité d’histoire de la Ville de Paris; Commission du Vieux Paris, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400804v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Blondel (1821-1897). L’exploitation et l’exposition numérique d’un corpus de thèse</w:t>
+                <w:t xml:space="preserve">Élever « à la dignité de Bourse de commerce » la Halle au blé de Paris : démonstration d’une puissance commerciale (1880-1890)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du Centre Chastel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre André-Chastel, May 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
+              <w:t xml:space="preserve">Au service du pouvoir. L’architecture comme outil de représentation aux époques moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HiCSA Paris 1 - Panthéon Sorbonne, Dec 2023, INHA - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04149935v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les constructions d’Henri Blondel (1821-1897) dans le quartier Richelieu : exploitation et exposition numérique d’un corpus de thèse</w:t>
+                <w:t xml:space="preserve">Henri Blondel (1821-1897). L’exploitation et l’exposition numérique d’un corpus de thèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire du projet Richelieu. Histoire du quartier : « Documenter l’histoire urbaine, architecturale, sociale et culturelle du quartier Richelieu (1750-1950) »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Feb 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Rencontres du Centre Chastel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre André-Chastel, May 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087108v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôles et champs d’action d’un historien de l’architecture aujourd’hui : parcours, pratiques, compétences</w:t>
+                <w:t xml:space="preserve">Les constructions d’Henri Blondel (1821-1897) dans le quartier Richelieu : exploitation et exposition numérique d’un corpus de thèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Justine Croutelle</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Jeanroy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Costa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Rotondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Mar 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
+              <w:t xml:space="preserve">séminaire du projet Richelieu. Histoire du quartier : « Documenter l’histoire urbaine, architecturale, sociale et culturelle du quartier Richelieu (1750-1950) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091654v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Étudier l’histoire de Paris à la bibliothèque d’art et d’archéologie autour de 1900, pratiques topographiques et enjeux méthodologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adélaïde Lacotte</w:t>
+                <w:t xml:space="preserve">Charlotte Duvette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Face au mur, la décoration murale en France (1870-1945)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris 1 - Panthéon-Sorbonne, Université de Genève, Sorbonne Université, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">séminaire « L’histoire et la topographie de Paris » du séminaire « La bibliothèque d’art et d’archéologie de Jacques Doucet »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03935840v1</w:t>
+                <w:t xml:space="preserve">hal-04087113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier l’histoire de Paris à la bibliothèque d’art et d’archéologie autour de 1900, pratiques topographiques et enjeux méthodologies</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Duvette</w:t>
+                <w:t xml:space="preserve">Adélaïde Lacotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire « L’histoire et la topographie de Paris » du séminaire « La bibliothèque d’art et d’archéologie de Jacques Doucet »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Feb 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Face au mur, la décoration murale en France (1870-1945)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris 1 - Panthéon-Sorbonne, Université de Genève, Sorbonne Université, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04087113v1</w:t>
+                <w:t xml:space="preserve">hal-03935840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction de la séance 4 : « Synthèses murales : collaborations et interdépendances »</w:t>
               </w:r>
@@ -1752,165 +1752,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03935823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecte Henri Blondel, d’Haussmann à la IIIe République</w:t>
+                <w:t xml:space="preserve">Nouvelles recherches sur l’architecte Henri Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication-visite "hors les murs", séminaire de Master 1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Baptiste Minnaert, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire doctoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alexandre Gady, Feb 2018, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091628v1</w:t>
+                <w:t xml:space="preserve">hal-04091627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles recherches sur l’architecte Henri Blondel</w:t>
+                <w:t xml:space="preserve">L’architecte Henri Blondel, d’Haussmann à la IIIe République</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire doctoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alexandre Gady, Feb 2018, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
+              <w:t xml:space="preserve">Communication-visite "hors les murs", séminaire de Master 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Baptiste Minnaert, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091627v1</w:t>
+                <w:t xml:space="preserve">hal-04091628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer Paris à la fin du XIXe siècle</w:t>
               </w:r>
@@ -2010,51 +2010,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Face au mur. La décoration murale 1870-1945</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Deltour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2299,51 +2299,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étudier l’histoire de Paris à la bibliothèque d’art et d’archéologie autour de 1900, pratiques topographiques et enjeux méthodologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Duvette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2666,51 +2666,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C700D56F"/>
+    <w:nsid w:val="2DD727A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2897,51 +2897,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elsa-jamet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-8163-5378" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149790v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386855v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386840v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine L&#233;cuyer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastasia Gallian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149781v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747948v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Prohin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747913v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dumas-Piro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Girot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Poyau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Grillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747896v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400788v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149966v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091613v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149955v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400804v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149935v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087108v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091654v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Croutelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Motard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Schoonheere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jeanroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935840v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Lacotte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087113v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duvette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091648v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935823v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091628v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091627v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091616v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871758v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Deltour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Henriette Auffret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400730v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915454v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087111v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915434v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Belhoste" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/elsa-jamet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-8163-5378" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149781v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149790v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386855v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386840v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine L&#233;cuyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastasia Gallian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747896v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Prohin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dumas-Piro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Girot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Poyau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Grillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091654v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Croutelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Motard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Schoonheere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jeanroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400788v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149966v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091613v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149935v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087108v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087113v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duvette" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935840v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Lacotte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091648v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935823v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091627v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091628v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091616v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871758v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Deltour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Henriette Auffret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400730v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915454v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087111v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915434v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Belhoste" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>