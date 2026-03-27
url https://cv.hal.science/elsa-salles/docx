--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -655,273 +655,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel and chromium speciation in a small ultramafic catchment: implications for elemental bioavailability to freshwater organisms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of adsorption and desorption behaviors of Cr(III) and Cr(VI) by colloidal carrying phases from ultramafic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Groleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Sivry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">1st Joint International Conference ICOBTE&amp;ICHMET 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04051647v1</w:t>
+                <w:t xml:space="preserve">hal-04157522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of adsorption and desorption behaviors of Cr(III) and Cr(VI) by colloidal carrying phases from ultramafic systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nickel and chromium speciation in a small ultramafic catchment: implications for elemental bioavailability to freshwater organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Beuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Joint International Conference ICOBTE&amp;ICHMET 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t>
+              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04157522v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation et écotoxicité du Ni et Cr dans un ruisseau de tête de bassin ultramafique (Pluhuv Bor, Tchéquie)</w:t>
               </w:r>
@@ -1429,527 +1429,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective role of colloids against Cr and Ni ecotoxicity in a small ultramafic catchment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmentally safe use of ultramafic mineral resources for Ni supply requires assessing the biological effects of trivalent and hexavalent Cr mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Normant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Sivry</w:t>
+                <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 33rd annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">International Congress 'Metals for Electric Mobility'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04109741v1</w:t>
+                <w:t xml:space="preserve">hal-04208742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions of Cr(III)/Cr(VI) Mixtures with Freshwater Algae: a Stable Isotope Approach</w:t>
+                <w:t xml:space="preserve">Protective role of colloids against Cr and Ni ecotoxicity in a small ultramafic catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Kram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Maul</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Beuret</w:t>
+                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Sivry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 33rd annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04082369v1</w:t>
+                <w:t xml:space="preserve">hal-04109741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets écotoxicologiques des eaux d’un ruisseau de tête de bassin ultramafique (Pluhuv Bor, République Tchèque) sur l’invertébré aquatique Daphnia magna</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pavel Kram</w:t>
+                <w:t xml:space="preserve">Interactions of Cr(III)/Cr(VI) Mixtures with Freshwater Algae: a Stable Isotope Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
+                <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Simon</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180846v1</w:t>
+                <w:t xml:space="preserve">hal-04082369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally safe use of ultramafic mineral resources for Ni supply requires assessing the biological effects of trivalent and hexavalent Cr mixtures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Normant</w:t>
+                <w:t xml:space="preserve">Effets écotoxicologiques des eaux d’un ruisseau de tête de bassin ultramafique (Pluhuv Bor, République Tchèque) sur l’invertébré aquatique Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Frongia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Kram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Maul</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress 'Metals for Electric Mobility'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208742v1</w:t>
+                <w:t xml:space="preserve">hal-04180846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular mechanisms involved in Cr(III) uptake and excretion: a review</w:t>
               </w:r>
@@ -2056,51 +2056,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Ambiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2460,51 +2460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244649v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane El-Kirat-Chatel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihayl Varbanov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Retourney" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Salles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Risler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Mammari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061205" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054100v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A.L. Vignati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Simon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2025.25368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04599863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Frongia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04051647v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157522v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groleau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sivry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661071v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Kram" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cur&#237;k Jan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franti&#353;ek Veselovsk&#253;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967634v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04109741v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Erban Kochergina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082369v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180846v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04208742v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03648774v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609175v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ambiaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04437985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44029-8_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244649v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane El-Kirat-Chatel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihayl Varbanov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Retourney" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Salles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Risler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Mammari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061205" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054100v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A.L. Vignati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Simon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2025.25368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04599863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Frongia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157522v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sivry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04051647v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661071v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Kram" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cur&#237;k Jan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franti&#353;ek Veselovsk&#253;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967634v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04208742v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04109741v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Erban Kochergina" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082369v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03648774v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609175v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ambiaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04437985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44029-8_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>