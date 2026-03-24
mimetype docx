--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -368,425 +368,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic imaging of Bacillus cereus brain infection in newborns</w:t>
+                <w:t xml:space="preserve">Effects of bisphenols on the assisted reproductive technology outcomes considering the patient clinical parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Feferman</w:t>
+                <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Fernandez</w:t>
+                <w:t xml:space="preserve">Marie Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Fuseau</w:t>
+                <w:t xml:space="preserve">Virginie Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Sembély-Taveau</w:t>
+                <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Radiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 55 (4), pp.835-845. </w:t>
+              <w:t xml:space="preserve">Journal of the Endocrine Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (6), pp.bvaf066. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00247-025-06169-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1210/jendso/bvaf066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05530003v1</w:t>
+                <w:t xml:space="preserve">hal-05059095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of term prelabor rupture of membranes and factors associated with a longer interval of rupture: data from the 2021 French national perinatal survey</w:t>
+                <w:t xml:space="preserve">Diagnostic imaging of Bacillus cereus brain infection in newborns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Renaudin</w:t>
+                <w:t xml:space="preserve">Benjamin Feferman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Diguisto</w:t>
+                <w:t xml:space="preserve">Valentina Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Lelong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">Julie Fuseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Le Ray</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Sembély-Taveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 309, pp.161-167. </w:t>
+              <w:t xml:space="preserve">Pediatric Radiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55 (4), pp.835-845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejogrb.2025.03.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00247-025-06169-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05053868v1</w:t>
+                <w:t xml:space="preserve">hal-05530003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of bisphenols on the assisted reproductive technology outcomes considering the patient clinical parameters</w:t>
+                <w:t xml:space="preserve">Prevalence of term prelabor rupture of membranes and factors associated with a longer interval of rupture: data from the 2021 French national perinatal survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
+                <w:t xml:space="preserve">Clémentine Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bousquet</w:t>
+                <w:t xml:space="preserve">Caroline Diguisto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lelong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Desmarchais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Le Ray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Endocrine Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9 (6), pp.bvaf066. </w:t>
+              <w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 309, pp.161-167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jendso/bvaf066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejogrb.2025.03.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05059095v1</w:t>
+                <w:t xml:space="preserve">inserm-05053868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deferring Arterial Catheterization in Critically Ill Patients with Shock</w:t>
               </w:r>
@@ -1168,1661 +1168,1661 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04989182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The monthly incidence of abusive head trauma, inflicted skeletal trauma, and unexplained skin lesion in children in six French university hospitals during the COVID-19 pandemic.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Restricted mean survival time to estimate an intervention effect in a cluster randomized trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Le Vilain-Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Obry</w:t>
+                <w:t xml:space="preserve">Etienne Dantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Desmée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Roman</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child Abuse and Neglect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chiabu.2023.106063⟩</w:t>
+              <w:t xml:space="preserve">Statistical Methods in Medical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (10), pp.2016-2032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09622802231192960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04471045v1</w:t>
+                <w:t xml:space="preserve">hal-04352979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traditional healers or bonesetters (“rebouteux”) in France: A survey of their practice, profile, and customers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics, Natural Course and Treatment of Intramuscular Capillary-type Haemangioma: A Systematic Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Orly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annouk Bisdorff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Herbreteau</w:t>
+                <w:t xml:space="preserve">Aline Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afi-Emiliène Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A.-É. Édée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annder.2022.11.006⟩</w:t>
+              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 103, pp.adv00893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2340/actadv.v103.4432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099886v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics, Natural Course and Treatment of Intramuscular Capillary-type Haemangioma: A Systematic Literature Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Intramuscular capillary-type hemangioma: Diagnosis, treatment, and outcomes. A French multicentric retrospective study of 66 cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Orly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annouk Bisdorff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fraissenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2340/actadv.v103.4432⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Radiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 165, pp.110962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejrad.2023.110962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099926v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04241422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restricted mean survival time to estimate an intervention effect in a cluster randomized trial</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vascular endothelial growth factor, tissue factor, coagulation and fibrinolysis markers in slow-flow vascular malformations: a prospective study of treatment with sirolimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Guillemette Moineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Mazereeuw-Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leducq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical Methods in Medical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/09622802231192960⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 188 (1), pp.152-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bjd/ljac028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04352979v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramuscular capillary-type hemangioma: Diagnosis, treatment, and outcomes. A French multicentric retrospective study of 66 cases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annouk Bisdorff</w:t>
+                <w:t xml:space="preserve">Continued enteral nutrition until extubation compared with fasting before extubation in patients in the intensive care unit: an open-label, cluster-randomised, parallel-group, non-inferiority trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai-Anh Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Fraissenon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Joly</w:t>
+                <w:t xml:space="preserve">Johann Auchabie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Boulouis</w:t>
+                <w:t xml:space="preserve">Noemie Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Frerou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Radiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejrad.2023.110962⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (4), pp.319-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-2600(22)00413-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04241422v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04683372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awake prone positioning in acute hypoxaemic respiratory failure: An international expert guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Pavlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aileen Kharat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 78, pp.154401. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcrc.2023.154401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continued enteral nutrition until extubation compared with fasting before extubation in patients in the intensive care unit: an open-label, cluster-randomised, parallel-group, non-inferiority trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Landais</w:t>
+                <w:t xml:space="preserve">Inhaled Amikacin to Prevent Ventilator-Associated Pneumonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Ehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mai-Anh Nay</w:t>
+                <w:t xml:space="preserve">François Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johann Auchabie</w:t>
+                <w:t xml:space="preserve">Julien Demiselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Hubert</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Quenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Frerou</w:t>
+                <w:t xml:space="preserve">Jean-Etienne Herbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (4), pp.319-328. </w:t>
+              <w:t xml:space="preserve">New England Journal of Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 389 (22), pp.2052-2062. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2213-2600(22)00413-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1056/NEJMoa2310307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04683372v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04475709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vascular endothelial growth factor, tissue factor, coagulation and fibrinolysis markers in slow-flow vascular malformations: a prospective study of treatment with sirolimus</w:t>
+                <w:t xml:space="preserve">The monthly incidence of abusive head trauma, inflicted skeletal trauma, and unexplained skin lesion in children in six French university hospitals during the COVID-19 pandemic.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabel Maruani</w:t>
+                <w:t xml:space="preserve">S. Obry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Guillemette Moineau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivia Boccara</w:t>
+                <w:t xml:space="preserve">Elodie Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Mazereeuw-Hautier</w:t>
+                <w:t xml:space="preserve">Nathalie Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Leducq</w:t>
+                <w:t xml:space="preserve">A. Delval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 188 (1), pp.152-154. </w:t>
+              <w:t xml:space="preserve">Child Abuse and Neglect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Child Abuse and Neglect, 138, pp.106063. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bjd/ljac028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chiabu.2023.106063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233650v1</w:t>
+                <w:t xml:space="preserve">hal-04471045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhaled Amikacin to Prevent Ventilator-Associated Pneumonia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traditional healers or bonesetters (“rebouteux”) in France: A survey of their practice, profile, and customers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Barbier</w:t>
+                <w:t xml:space="preserve">J.-B. Herbreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Demiselle</w:t>
+                <w:t xml:space="preserve">A. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Quenot</w:t>
+                <w:t xml:space="preserve">A. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Etienne Herbrecht</w:t>
+                <w:t xml:space="preserve">A.-É. Édée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New England Journal of Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 389 (22), pp.2052-2062. </w:t>
+              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 150 (2), pp.89 - 94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1056/NEJMoa2310307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.annder.2022.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04475709v1</w:t>
+                <w:t xml:space="preserve">hal-05099886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Flow Nasal Cannula Failure Odds Is Largely Independent of Duration of Use in COVID-19</w:t>
+                <w:t xml:space="preserve">Intervention effect estimates in randomised controlled trials conducted in primary care versus secondary or tertiary care settings: a meta-epidemiological study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayley Gershengorn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yonatan Perez</w:t>
+                <w:t xml:space="preserve">Amandine Dugard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Dechartres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1164/rccm.202111-2509LE⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12874-022-01815-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05275421v1</w:t>
+                <w:t xml:space="preserve">hal-04027325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervention effect estimates in randomised controlled trials conducted in primary care versus secondary or tertiary care settings: a meta-epidemiological study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Dugard</w:t>
+                <w:t xml:space="preserve">High-Flow Nasal Cannula Failure Odds Is Largely Independent of Duration of Use in COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Gershengorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Adeline Hoang</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (1), pp.329. </w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 205 (10), pp.1240-1243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12874-022-01815-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1164/rccm.202111-2509LE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04027325v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05275421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors for success of awake prone positioning in patients with COVID-19-induced acute hypoxemic respiratory failure: analysis of a randomized controlled trial</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing oral comprehension with an eye tracking based innovative device in critically ill patients and healthy volunteers: a cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriol Roca</w:t>
+                <w:t xml:space="preserve">Laëtitia Bodet-Contentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Messet-Charrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 26 (1), pp.84. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-022-03950-0⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-022-04137-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795401v1</w:t>
+                <w:t xml:space="preserve">hal-05099145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awake prone positioning for non-intubated patients with COVID-19-related acute hypoxaemic respiratory failure: a systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2830,371 +2830,371 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Pavlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (6), pp.573-583. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S2213-2600(22)00043-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VEGF, facteur tissulaire, marqueurs de la coagulation et de la fibrinolyse dans les malformations vasculaires à flux lent : étude prospective et impact du sirolimus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.G. Moineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mazereeuw-Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Leducq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (8), pp.A85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fander.2022.09.094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing oral comprehension with an eye tracking based innovative device in critically ill patients and healthy volunteers: a cohort study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gissot</w:t>
+                <w:t xml:space="preserve">Factors for success of awake prone positioning in patients with COVID-19-induced acute hypoxemic respiratory failure: analysis of a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Renault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Muller</w:t>
+                <w:t xml:space="preserve">Oriol Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 26 (1), pp.288. </w:t>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13054-022-04137-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13054-022-03950-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099145v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rethinking the efficacy of awake prone positioning in COVID-19-related acute hypoxaemic respiratory failure – Authors' reply</w:t>
               </w:r>
@@ -3308,1791 +3308,1795 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early versus differed arterial catheterisation in critically ill patients with acute circulatory failure: a multicentre, open-label, pragmatic, randomised, non-inferiority controlled trial: the EVERDAC protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Muller</w:t>
+                <w:t xml:space="preserve">Methodological review showed that time-to-event outcomes are often inadequately handled in cluster randomized trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toufik Kamel</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monica Taljaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Desmée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (9), pp.e044719. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 134, pp.125 - 137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-044719⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2021.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03470917v1</w:t>
+                <w:t xml:space="preserve">hal-03185154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous enteral nutrition compared with a maximal gastric vacuity strategy at the time of extubation in the intensive care unit: protocol for a non-inferiority cluster randomised trial (the Ambroisie Project)</w:t>
+                <w:t xml:space="preserve">Contribution of ultrasonography to the prediction of the induction-delivery interval: The ECOLDIA prospective multicenter cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Landais</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Noemie Hubert</w:t>
+                <w:t xml:space="preserve">Chloé Arthuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Rebion</w:t>
+                <w:t xml:space="preserve">Jérôme Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Winer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Paternotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-041799⟩</w:t>
+              <w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (10), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235796v1</w:t>
+                <w:t xml:space="preserve">hal-03790045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suppressive therapy for recurrent cutaneous herpes infections in children under 12 years: An observational study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Gaudy‐graffin</w:t>
+                <w:t xml:space="preserve">Prone positioning might reduce the need for intubation in people with severe COVID-19 – Authors' reply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Laffey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Paediatrica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/apa.16165⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (12), pp.e111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-2600(21)00449-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099849v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Awake prone positioning in non-intubated patients with acute hypoxemic respiratory failure due to COVID-19: A systematic review of proportional outcomes comparing observational studies with and without awake prone positioning in the setting of COVID-19</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inhaled amikacin versus placebo to prevent ventilator-associated pneumonia: the AMIKINHAL double-blind multicentre randomised controlled trial protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferhat Meziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Quenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Etienne Herbrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4187/respcare.09191⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), 10 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-048591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03382620v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prone positioning might reduce the need for intubation in people with severe COVID-19 – Authors' reply</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Awake prone positioning for COVID-19 acute hypoxaemic respiratory failure: a randomised, controlled, multinational, open-label meta-trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Ehrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Miguel Ibarra-Estrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">John Laffey</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Pavlov</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oriol Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 9 (12), pp.e111. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2213-2600(21)00449-5⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 9 (12), pp.1387-1395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-2600(21)00356-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099891v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Awake prone positioning for COVID-19 acute hypoxaemic respiratory failure: a randomised, controlled, multinational, open-label meta-trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivan Pavlov</w:t>
+                <w:t xml:space="preserve">Sirolimus (Rapamycin) for Slow-Flow Malformations in Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Mazereeuw-Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leducq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2213-2600(21)00356-8⟩</w:t>
+              <w:t xml:space="preserve">JAMA Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamadermatol.2021.3459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398850v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of ultrasonography to the prediction of the induction-delivery interval: The ECOLDIA prospective multicenter cohort study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Norbert Winer</w:t>
+                <w:t xml:space="preserve">Awake prone positioning in non-intubated patients with acute hypoxemic respiratory failure due to COVID-19: A systematic review of proportional outcomes comparing observational studies with and without awake prone positioning in the setting of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hangyong He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bairbre Mcnicholas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Paternotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102196⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, respcare.09191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4187/respcare.09191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790045v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03382620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological review showed that time-to-event outcomes are often inadequately handled in cluster randomized trials</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Continuous enteral nutrition compared with a maximal gastric vacuity strategy at the time of extubation in the intensive care unit: protocol for a non-inferiority cluster randomised trial (the Ambroisie Project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai-Anh Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Auchabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rebion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2021.02.004⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.e041799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-041799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03185154v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhaled amikacin versus placebo to prevent ventilator-associated pneumonia: the AMIKINHAL double-blind multicentre randomised controlled trial protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">Suppressive therapy for recurrent cutaneous herpes infections in children under 12 years: An observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chinazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoha Maakaroun‐vermesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Abasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Barbier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Etienne Herbrecht</w:t>
+                <w:t xml:space="preserve">Catherine Gaudy‐graffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-048591⟩</w:t>
+              <w:t xml:space="preserve">Acta Paediatrica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (1), pp.138-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apa.16165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03371249v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sirolimus (Rapamycin) for Slow-Flow Malformations in Children</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annabel Maruani</w:t>
+                <w:t xml:space="preserve">Automated brain MRI metrics in the EPIRMEX cohort of preterm newborns: Correlation with the neurodevelopmental outcome at 2 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bertault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Favrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sophie Leducq</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthelemy Tosello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamadermatol.2021.3459⟩</w:t>
+              <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102 (4), pp.225-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diii.2020.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408026v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03324508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirolimus (rapamycine) pour le traitement des malformations vasculaires de bas débit chez l’enfant : essai randomisé multicentrique ouverte avec une phase observationnelle préalable (PERFORMUS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Mazereuw-Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Leducq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 1 (8), pp.A88. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fander.2021.09.492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03853706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated brain MRI metrics in the EPIRMEX cohort of preterm newborns: Correlation with the neurodevelopmental outcome at 2 years</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">Early versus differed arterial catheterisation in critically ill patients with acute circulatory failure: a multicentre, open-label, pragmatic, randomised, non-inferiority controlled trial: the EVERDAC protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barthelemy Tosello</w:t>
+                <w:t xml:space="preserve">Toufik Kamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Contou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Ehrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 102 (4), pp.225-232. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), pp.e044719. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.diii.2020.10.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-044719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03324508v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03470917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedding a COVID-19 group sequential clinical trial within an ongoing trial: lessons from an unusual experience</w:t>
+                <w:t xml:space="preserve">Sport activities and exercise in individuals with lymphedema: a French national survey on practices and fears.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-François Dequin</w:t>
+                <w:t xml:space="preserve">Victoire Meurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Le Gouge</w:t>
+                <w:t xml:space="preserve">Valérie Tauveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+                <w:t xml:space="preserve">Stéphane Vignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Zohar</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéfania Geremia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics in Biopharmaceutical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (4), pp.478-482. </w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (1), pp.63-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19466315.2020.1800509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2020.3705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03122980v1</w:t>
+                <w:t xml:space="preserve">hal-03342774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research Techniques Made Simple: Randomized~Controlled Trials for Topical Drugs in~Dermatology: When~and How Should We Use a~Within-Person Design?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Leducq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Cleach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5163,3104 +5167,3100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03159474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport activities and exercise in individuals with lymphedema: a French national survey on practices and fears.</w:t>
+                <w:t xml:space="preserve">Modalities of use of oral propranolol in proliferative infantile haemangiomas: an international survey among practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoire Meurisse</w:t>
+                <w:t xml:space="preserve">J. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Tauveron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">J. Mashiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Vignes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéfania Geremia</w:t>
+                <w:t xml:space="preserve">J. Mazereeuw‐hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2020.3705⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 183 (3), pp.573-575. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjd.19047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03342774v1</w:t>
+                <w:t xml:space="preserve">hal-03342752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalities of use of oral propranolol in proliferative infantile haemangiomas: an international survey among practitioners</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of the impact of a new sequential approach to antimicrobial use in young febrile children in the emergency department (DIAFEVERCHILD): a French prospective multicentric controlled, open, cluster-randomised, parallel-group study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Robert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Boccara</w:t>
+                <w:t xml:space="preserve">Elise Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Mashiah</w:t>
+                <w:t xml:space="preserve">Cécile Feildel Fournial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Mazereeuw‐hautier</w:t>
+                <w:t xml:space="preserve">Anne Chauvire-Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Lorton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjd.19047⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (8), pp.e034828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-034828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342752v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Hydrocortisone on 21-Day Mortality or Respiratory Support Among Critically Ill Patients With COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Heming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferhat Meziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Plantefève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Voiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAMA Cardiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 324 (13), pp.1298. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1001/jama.2020.16761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03863060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the impact of a new sequential approach to antimicrobial use in young febrile children in the emergency department (DIAFEVERCHILD): a French prospective multicentric controlled, open, cluster-randomised, parallel-group study protocol</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Faecal calprotectin in hidradenitis suppurativa: a study of 55 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Feildel Fournial</w:t>
+                <w:t xml:space="preserve">Nicolas Kluger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Chauvire-Drouard</w:t>
+                <w:t xml:space="preserve">Alexander Salava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleur Lorton</w:t>
+                <w:t xml:space="preserve">Emilia Lybeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liisa-Lotta Kiiski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauliina Nuutinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-034828⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (4), pp.422-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2020.3813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674215v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-trial of awake prone positioning with nasal high flow therapy: Invitation to join a pandemic collaborative research effort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Pavlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John G. Laffey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Mirza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 60, pp.140 - 142. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcrc.2020.07.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03492426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awake prone positioning of hypoxaemic patients with COVID-19: protocol for a randomised controlled open-label superiority meta-trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bairbre Mcnicholas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Pavlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonatan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (11), pp.e041520. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-041520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faecal calprotectin in hidradenitis suppurativa: a study of 55 patients</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intraoperative Door Openings and Surgical Site Infection: A Causal Association?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilia Lybeck</w:t>
+                <w:t xml:space="preserve">Gabriel Birgand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liisa-Lotta Kiiski</w:t>
+                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauliina Nuutinen</w:t>
+                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2020.3813⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (2), pp.469-470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciz954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342640v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03282496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative Door Openings and Surgical Site Infection: A Causal Association?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
+                <w:t xml:space="preserve">Embedding a COVID-19 group sequential clinical trial within an ongoing trial: lessons from an unusual experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+                <w:t xml:space="preserve">Amélie Le Gouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Moret</w:t>
+                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gouin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sarah Zohar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 71 (2), pp.469-470. </w:t>
+              <w:t xml:space="preserve">Statistics in Biopharmaceutical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (4), pp.478-482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/ciz954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19466315.2020.1800509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282496v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salbutamol Nebulization During Noninvasive Ventilation in Exacerbated Chronic Obstructive Pulmonary Disease Patients: A Randomized Controlled Trial</w:t>
+                <w:t xml:space="preserve">Understanding the long diagnostic delay for hidradenitis suppurativa: a national survey among French general practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Bodet-Contentin</w:t>
+                <w:t xml:space="preserve">Héloïse Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Guillon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Denis Garot</w:t>
+                <w:t xml:space="preserve">Aurélie Bourdais-Sallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahtab Samimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Medicine and Pulmonary Drug Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/jamp.2018.1484⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.97-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2018.3478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03183359v1</w:t>
+                <w:t xml:space="preserve">hal-02622269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nephrotoxic drug burden among 1001 critically ill patients: impact on acute kidney injury</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephan Ehrmann</w:t>
+                <w:t xml:space="preserve">Efficacy and Tolerance of Sirolimus (Rapamycin) for Extracranial Arteriovenous Malformations in Children and Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gabeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Soupre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Lorette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Helms</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Quenot</w:t>
+                <w:t xml:space="preserve">Christine Bodemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-019-0580-1⟩</w:t>
+              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (12), pp.1105-1109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2340/00015555-3273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02526628v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the long diagnostic delay for hidradenitis suppurativa: a national survey among French general practitioners</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mahtab Samimi</w:t>
+                <w:t xml:space="preserve">Improvement in staff behavior during surgical procedures to prevent post-operative complications (ARIBO2): study protocol for a cluster randomised trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Birgand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2018.3478⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-019-3370-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622269v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement in staff behavior during surgical procedures to prevent post-operative complications (ARIBO2): study protocol for a cluster randomised trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Leila Moret</w:t>
+                <w:t xml:space="preserve">Nephrotoxic drug burden among 1001 critically ill patients: impact on acute kidney injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Ehrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Helms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Martin-Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Quenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-019-3370-z⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-019-0580-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674229v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and Tolerance of Sirolimus (Rapamycin) for Extracranial Arteriovenous Malformations in Children and Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-antistreptococcal interventions for acute guttate psoriasis or an acute guttate flare of chronic psoriasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahtab Samimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Stembridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Gabeff</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christine Bodemer</w:t>
+                <w:t xml:space="preserve">Rania Abdel Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2340/00015555-3273⟩</w:t>
+              <w:t xml:space="preserve">Cochrane database of systematic reviews (Online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, 26 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/14651858.CD011541.pub2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03158791v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weekly Sequential Antibioprophylaxis for Recurrent Urinary Tract Infections Among Patients With Neurogenic Bladder: A Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Hallouin-Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Davido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Dinh</w:t>
+                <w:t xml:space="preserve">Adrien Lemaignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bouchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cid/ciz1207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02556913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-antistreptococcal interventions for acute guttate psoriasis or an acute guttate flare of chronic psoriasis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mahtab Samimi</w:t>
+                <w:t xml:space="preserve">Benzodiazepine use and brain amyloid load in nondemented older individuals a florbetapir PET study in the Multidomain Alzheimer Preventive Trial cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Desmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lebouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natasha Stembridge</w:t>
+                <w:t xml:space="preserve">Gabriel Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rania Abdel Hay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">Renaud David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cochrane database of systematic reviews (Online)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 4, 26 p. </w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 84, pp.61-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/14651858.CD011541.pub2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02627148v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benzodiazepine use and brain amyloid load in nondemented older individuals a florbetapir PET study in the Multidomain Alzheimer Preventive Trial cohort</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topical use of mammalian target of rapamycin inhibitors in dermatology: A systematic review with meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Leducq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.08.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of The American Academy of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 80, pp.735 - 742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaad.2018.10.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307424v1</w:t>
+                <w:t xml:space="preserve">hal-03486726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topical use of mammalian target of rapamycin inhibitors in dermatology: A systematic review with meta-analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Salbutamol Nebulization During Noninvasive Ventilation in Exacerbated Chronic Obstructive Pulmonary Disease Patients: A Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bodet-Contentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Boulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Frat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Garot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The American Academy of Dermatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 80, pp.735 - 742. </w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Medicine and Pulmonary Drug Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (3), pp.149-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaad.2018.10.070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1089/jamp.2018.1484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486726v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03183359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty acid profile in peri-prostatic adipose tissue and prostate cancer aggressiveness in African-Caribbean and Caucasian patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ventilator-Free Day Outcomes Can Be Misleading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Bodet-Contentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandy Figiel</w:t>
+                <w:t xml:space="preserve">Denis Frasca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Pinault</w:t>
+                <w:t xml:space="preserve">Fanny Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Domingo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roseline Guibon</w:t>
+                <w:t xml:space="preserve">Yohann Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.12.017⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (3), pp.425-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000002890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01730279v1</w:t>
+                <w:t xml:space="preserve">hal-03158597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treatment of voluminous and complicated superficial slow-flow vascular malformations with sirolimus (PERFORMUS): protocol for a multicenter phase 2 trial with a randomized observational-phase design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vabres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (1), pp.340. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13063-018-2725-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01913363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventilator-Free Day Outcomes Can Be Misleading</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Bodet-Contentin</w:t>
+                <w:t xml:space="preserve">Fatty acid profile in peri-prostatic adipose tissue and prostate cancer aggressiveness in African-Caribbean and Caucasian patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Figiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Pinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domingo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Frasca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+                <w:t xml:space="preserve">Cyrille Guimaraes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Feuillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yohann Foucher</w:t>
+                <w:t xml:space="preserve">Roseline Guibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91, pp.107-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2017.12.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000002890⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03158597v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01730279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amnioinfusion for women with a singleton breech presentation and a previous failed external cephalic version: a randomized controlled trial.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Completeness of Descriptions of Repetitive Transcranial Magnetic Stimulation Intervention: A Systematic Review of Randomized Controlled Trials of rTMS in Depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Descriaud</w:t>
+                <w:t xml:space="preserve">Romain Chantebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélise Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissam El-Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Maternal-Fetal &amp; Neonatal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14767058.2017.1304909⟩</w:t>
+              <w:t xml:space="preserve">The journal of ECT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/YCT.0000000000000546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02620128v1</w:t>
+                <w:t xml:space="preserve">hal-03158603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicentric Standardized Flow Cytometry Routine Assessment of Patients With Sepsis to Predict Clinical Worsening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Daix</w:t>
+                <w:t xml:space="preserve">Amnioinfusion for women with a singleton breech presentation and a previous failed external cephalic version: a randomized controlled trial.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Diguisto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Winer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Guerin</w:t>
+                <w:t xml:space="preserve">Céline Descriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Mercier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gissot</w:t>
+                <w:t xml:space="preserve">Victoire Weymuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 154 (3), pp.617--627. </w:t>
+              <w:t xml:space="preserve">Journal of Maternal-Fetal &amp; Neonatal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (8), pp.993-999. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chest.2018.03.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14767058.2017.1304909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01881116v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Completeness of Descriptions of Repetitive Transcranial Magnetic Stimulation Intervention: A Systematic Review of Randomized Controlled Trials of rTMS in Depression</w:t>
+                <w:t xml:space="preserve">Multicentric Standardized Flow Cytometry Routine Assessment of Patients With Sepsis to Predict Clinical Worsening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Chantebel</w:t>
+                <w:t xml:space="preserve">Thomas Daix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adélise Chesneau</w:t>
+                <w:t xml:space="preserve">Estelle Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissam El-Hage</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuelle Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The journal of ECT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Chest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 154 (3), pp.617--627. </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/YCT.0000000000000546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chest.2018.03.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158603v1</w:t>
+                <w:t xml:space="preserve">hal-01881116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More Atopic Dermatitis Trials Using Standard Treatments as Active Comparators, Please</w:t>
               </w:r>
@@ -8415,64 +8415,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric H. Souied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Desmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Le Gouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aging and Mental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 22 (10), pp.1351-1356. </w:t>
@@ -8504,200 +8504,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding Alternatives to the Dogma of Power Based Sample Size Calculation: Is a Fixed Sample Size Prospective Meta-Experiment a Potential Alternative?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How Clinically Relevant Are Treatment Comparisons of Topical Calcineurin Inhibitor Trials for Atopic Eczema?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sally R. Wilkes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Nankervis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hywel C. Williams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0158604⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 136 (10), pp.1944-1949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jid.2016.05.104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157752v1</w:t>
+                <w:t xml:space="preserve">hal-03157761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sample Size Calculation for Meta-Epidemiological Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian P. T. Higgins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Trinquart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 35 (2), pp.239-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8707,766 +8733,740 @@
                 <w:t xml:space="preserve">⟨10.1002/sim.6627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Clinically Relevant Are Treatment Comparisons of Topical Calcineurin Inhibitor Trials for Atopic Eczema?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluating abbreviated induction with fludarabine, cyclophosphamide, and dose-dense rituximab in elderly patients with chronic lymphocytic leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dartigeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric van den Neste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berthou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Leprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jid.2016.05.104⟩</w:t>
+              <w:t xml:space="preserve">Leukemia &amp; lymphoma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (2), pp.328--334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/10428194.2015.1063139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157761v1</w:t>
+                <w:t xml:space="preserve">hal-01272930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating abbreviated induction with fludarabine, cyclophosphamide, and dose-dense rituximab in elderly patients with chronic lymphocytic leukemia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Leprêtre</w:t>
+                <w:t xml:space="preserve">Timeline cluster: a graphical tool to identify risk of bias in cluster randomised trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sally Kerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Leyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Eldridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leukemia &amp; lymphoma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/10428194.2015.1063139⟩</w:t>
+              <w:t xml:space="preserve">BMJ - British Medical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 354, pp.i4291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmj.i4291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01272930v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timeline cluster: a graphical tool to identify risk of bias in cluster randomised trials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sally Kerry</w:t>
+                <w:t xml:space="preserve">Amber necklaces: reasons for use and awareness of risk associated with bacterial colonisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Machet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leperlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandra Eldridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ - British Medical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmj.i4291⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (6), pp.580-585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2016.2871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03185212v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01445456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amber necklaces: reasons for use and awareness of risk associated with bacterial colonisation.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Efficacy and Safety of Mammalian Target of Rapamycin Inhibitors in Vascular Anomalies: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Pierre Jonville-Bera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Lorette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2016.2871⟩</w:t>
+              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96 (4), pp.448 - 452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2340/00015555-2300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01445456v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and Safety of Mammalian Target of Rapamycin Inhibitors in Vascular Anomalies: A Systematic Review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Finding Alternatives to the Dogma of Power Based Sample Size Calculation: Is a Fixed Sample Size Prospective Meta-Experiment a Potential Alternative?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Trinquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 96 (4), pp.448 - 452. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (6), pp.e0158604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2340/00015555-2300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0158604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635272v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sample Size Calculation : Inaccurate A Priori Assumptions for Nuisance Parameters Can Greatly Affect the Power of a Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (7), pp.e0132578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9800,77 +9800,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonisation bactérienne des colliers d’ambre portés par les nourrissons et enfants : une étude prospective de 27 cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Machet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Leperlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10094,51 +10094,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455580v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Le Vilain-Abraham" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Desm&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Thompson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lacherade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tavernier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09622802251406581" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Luo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Pavlov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonatan Perez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Kharat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2025.0011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Feferman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Fernandez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fuseau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Semb&#233;ly-Taveau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-025-06169-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05053868v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Renaudin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diguisto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lelong" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Ray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2025.03.036" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059095v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Lebachelier de la Riviere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maillard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Desmarchais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jendso/bvaf066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Muller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Contou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ehrmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/nejmoa2502136" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa2502136" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989182v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Maillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Labr&#232;ze" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20385" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04471045v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Obry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delval" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2023.106063" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099886v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Herbreteau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-&#201;. &#201;d&#233;e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annder.2022.11.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099926v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Orly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annouk Bisdorff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Joly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi-Emili&#232;ne Edee" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/actadv.v103.4432" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352979v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dantan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09622802231192960" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04241422v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fraissenon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boulouis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrad.2023.110962" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792619v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Li" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ibarra-Estrada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2023.154401" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683372v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Landais" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Nay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Auchabie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Hubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Frerou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00413-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233650v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Guillemette Moineau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leducq" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjd/ljac028" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475709v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demiselle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Herbrecht" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa2310307" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05275421v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Gershengorn" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202111-2509LE" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04027325v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dugard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dechartres" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Hoang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-022-01815-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795401v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Roca" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-03950-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796425v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00043-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081284v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Moineau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maruani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boccara" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leducq" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2022.09.094" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099145v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bodet-Contentin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Messet-Charri&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gissot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Renault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04137-3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796644v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Laffey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guerin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00167-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03470917v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Kamel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-044719" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235796v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Landais" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rebion" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041799" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099849v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hazard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chinazzo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoha Maakaroun&#8208;vermesse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Abasq" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaudy&#8208;graffin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.16165" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382620v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hangyong He" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bairbre Mcnicholas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.09191" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099891v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(21)00449-5" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398850v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(21)00356-8" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790045v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arthuis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Potin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Paternotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102196" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185154v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Taljaard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2021.02.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03371249v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Barbier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Meziani" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-048591" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408026v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamadermatol.2021.3459" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03853706v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereuw-Hautier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Leducq" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.492" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03324508v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertault" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Favrais" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Tosello" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2020.10.009" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122980v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Dequin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Le Gouge" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giraudeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zohar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19466315.2020.1800509" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159474v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cleach" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtab Samimi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2020.03.945" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342774v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Meurisse" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tauveron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vignes" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fania Geremia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2020.3705" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342752v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mashiah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw&#8208;hautier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.19047" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03863060v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Plantef&#232;ve" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Voiriot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2020.16761" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674215v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Hubert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Launay" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Feildel Fournial" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chauvire-Drouard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Lorton" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-034828" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492426v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Laffey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mirza" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2020.07.020" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518800v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041520" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342640v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kluger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Salava" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Lybeck" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa-Lotta Kiiski" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauliina Nuutinen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2020.3813" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282496v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Birgand" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haudebourg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Grammatico-Guillon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gouin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz954" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03183359v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bodet-Contentin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Garot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jamp.2018.1484" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526628v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helms" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joret" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin-Lefevre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0580-1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622269v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Clerc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdais-Sallot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2018.3478" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674229v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ferrand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3370-z" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158791v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gabeff" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Soupre" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lorette" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bodemer" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-3273" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556913v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Hallouin-Bernard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Davido" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaignen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bouchand" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz1207" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627148v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Stembridge" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Abdel Hay" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/14651858.CD011541.pub2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02307424v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delrieu" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lebouvier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.08.008" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486726v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaad.2018.10.070" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01730279v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Figiel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Pinault" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domingo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Guimaraes" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Guibon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.12.017" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLCMXDHV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913363v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guibaud" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vabres" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-018-2725-1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158597v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frasca" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Foucher" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002890" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620128v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Descriaud" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Weymuller" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14767058.2017.1304909" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/hal-01881116v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daix" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mercier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2018.03.058" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158603v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chantebel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lise Chesneau" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158169v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally R. Wilkes" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Nankervis" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maruani" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hywel C. Williams" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2017.02.963" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624012v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Zambrowski" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H. Souied" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2017.1348482" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157752v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trinquart" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158604" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157733v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P. T. Higgins" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.6627" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W85SQN3G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157761v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2016.05.104" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272930v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dartigeas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van den Neste" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthou" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maisonneuve" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10428194.2015.1063139" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185212v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leyrat" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Eldridge" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmj.i4291" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445456v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Machet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanotte" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leperlier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2016.2871" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635272v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nadal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Pierre Jonville-Bera" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-2300" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156127v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132578" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156116v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefort" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc El Arid" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lorraine Bouquiaux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Soul&#233;" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chantreuil" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13019-015-0257-2" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372157v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Thenin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanawan Samleerat" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Ngo-Giang-Huong" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Jourdain" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2012.01.017" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795369v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leperlier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455580v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Le Vilain-Abraham" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Desm&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Thompson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lacherade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tavernier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09622802251406581" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Luo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Pavlov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonatan Perez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Kharat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2025.0011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059095v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Lebachelier de la Riviere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Desmarchais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jendso/bvaf066" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530003v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Feferman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Fernandez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fuseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Semb&#233;ly-Taveau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-025-06169-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05053868v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Renaudin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diguisto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lelong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Ray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2025.03.036" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Muller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Contou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ehrmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/nejmoa2502136" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa2502136" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989182v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Maillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Labr&#232;ze" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20385" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352979v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dantan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09622802231192960" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099926v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Orly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annouk Bisdorff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Joly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi-Emili&#232;ne Edee" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/actadv.v103.4432" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04241422v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fraissenon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boulouis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrad.2023.110962" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233650v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Guillemette Moineau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leducq" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjd/ljac028" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683372v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Landais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Nay" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Auchabie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Hubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Frerou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00413-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792619v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Li" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ibarra-Estrada" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2023.154401" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475709v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barbier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demiselle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Herbrecht" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMoa2310307" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04471045v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Obry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delval" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2023.106063" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099886v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Herbreteau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joly" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-&#201;. &#201;d&#233;e" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annder.2022.11.006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04027325v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dugard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dechartres" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Hoang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-022-01815-2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05275421v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Gershengorn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202111-2509LE" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099145v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bodet-Contentin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Messet-Charri&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gissot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Renault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04137-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796425v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00043-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081284v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Moineau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maruani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boccara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leducq" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2022.09.094" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795401v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Roca" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-03950-0" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796644v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Laffey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guerin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(22)00167-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185154v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Taljaard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2021.02.004" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790045v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arthuis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Potin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Paternotte" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102196" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099891v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(21)00449-5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03371249v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Barbier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Meziani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-048591" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398850v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(21)00356-8" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408026v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamadermatol.2021.3459" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382620v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hangyong He" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bairbre Mcnicholas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.09191" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235796v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Landais" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rebion" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041799" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099849v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hazard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chinazzo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoha Maakaroun&#8208;vermesse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Abasq" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaudy&#8208;graffin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.16165" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03324508v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Favrais" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Tosello" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2020.10.009" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03853706v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereuw-Hautier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Leducq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.492" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03470917v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Kamel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-044719" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342774v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Meurisse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tauveron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vignes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fania Geremia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2020.3705" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159474v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cleach" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtab Samimi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2020.03.945" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342752v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mashiah" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw&#8208;hautier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.19047" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674215v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Hubert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Launay" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Feildel Fournial" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chauvire-Drouard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Lorton" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-034828" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03863060v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Dequin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Plantef&#232;ve" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Voiriot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2020.16761" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342640v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kluger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Salava" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Lybeck" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa-Lotta Kiiski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauliina Nuutinen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2020.3813" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492426v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Laffey" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mirza" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2020.07.020" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518800v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041520" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282496v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Birgand" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haudebourg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Grammatico-Guillon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gouin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz954" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122980v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Le Gouge" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giraudeau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zohar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19466315.2020.1800509" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622269v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Clerc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdais-Sallot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2018.3478" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158791v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gabeff" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Soupre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lorette" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bodemer" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-3273" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674229v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ferrand" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3370-z" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526628v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helms" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joret" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin-Lefevre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0580-1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627148v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Stembridge" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Abdel Hay" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/14651858.CD011541.pub2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556913v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Hallouin-Bernard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Davido" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaignen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bouchand" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz1207" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02307424v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delrieu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lebouvier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.08.008" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486726v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaad.2018.10.070" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03183359v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bodet-Contentin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulain" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Garot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jamp.2018.1484" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158597v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frasca" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Foucher" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002890" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913363v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guibaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vabres" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-018-2725-1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01730279v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Figiel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Pinault" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domingo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Guimaraes" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Guibon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2017.12.017" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLCMXDHV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158603v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chantebel" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lise Chesneau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000546" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620128v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Descriaud" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Weymuller" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14767058.2017.1304909" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/hal-01881116v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daix" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mercier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2018.03.058" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158169v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally R. Wilkes" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Nankervis" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maruani" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hywel C. Williams" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2017.02.963" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624012v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Zambrowski" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H. Souied" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13607863.2017.1348482" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157761v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2016.05.104" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157733v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P. T. Higgins" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trinquart" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.6627" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W85SQN3G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272930v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dartigeas" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van den Neste" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maisonneuve" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10428194.2015.1063139" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185212v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leyrat" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Eldridge" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmj.i4291" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445456v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Machet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanotte" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leperlier" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2016.2871" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635272v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nadal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Pierre Jonville-Bera" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-2300" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157752v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158604" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156127v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132578" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156116v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefort" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc El Arid" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lorraine Bouquiaux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Soul&#233;" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chantreuil" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13019-015-0257-2" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372157v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Thenin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanawan Samleerat" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Ngo-Giang-Huong" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Jourdain" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2012.01.017" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795369v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leperlier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>