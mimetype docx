--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1502,221 +1502,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02535220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthracological analysis of the Later Stone Age at Bushman Rock Shelter: palaeoecological and palaeoeconomical approaches</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le Later Stone Age au sud du Zambèze : histoires de la recherche et questions d’actualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Porraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Bonzom-Chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Chiwara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Dayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Around the fire: Fire and its uses, from MSA to LSA in South Africa: palaeoenvironments, fuel management, heat treatments and symbolic use of fire, IFAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Johannesburg, France</w:t>
+              <w:t xml:space="preserve">Dynamiques culturelles et transformation des paysages dans un continent en mutation : du Big Dry à l’Holocène dans l'Est africain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Préhistorique Française, Sep 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03463921v1</w:t>
+                <w:t xml:space="preserve">hal-02468751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Later Stone Age au sud du Zambèze : histoires de la recherche et questions d’actualité</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anthracological analysis of the Later Stone Age at Bushman Rock Shelter: palaeoecological and palaeoeconomical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elysandre Puech</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques culturelles et transformation des paysages dans un continent en mutation : du Big Dry à l’Holocène dans l'Est africain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Préhistorique Française, Sep 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Around the fire: Fire and its uses, from MSA to LSA in South Africa: palaeoenvironments, fuel management, heat treatments and symbolic use of fire, IFAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Johannesburg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468751v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Updating modern pollen rain from southern Africa as a tool for the reconstruction of past vegetation and climate change</w:t>
               </w:r>
@@ -1970,51 +1970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Tribolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cnuts Dries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Dayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAFA 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
@@ -2913,51 +2913,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823180v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysandre Puech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thery-Parisot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Orange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garberi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion K. Bamford" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22941932-bja10173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Schmid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadley Lyn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandl Michael" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Guillemard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E. Rhodes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48728/antipodes.211102" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bamford" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume E Porraz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Val" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.11.018" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463223v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunia Urrego" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda S&#225;nchez Go&#241;i" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2017.42" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842634v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charlier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malaiz&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.09.033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Lingrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Thiebault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369693v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205033v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122866v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sievers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May L. Murungi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463921v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468751v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Porraz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bonzom-Chapelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chiwara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dayet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463831v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunia H. Urrego" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez Goni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463897v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535419v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cnuts Dries" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823813v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122794v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204452v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna-Lisa Coli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05494454v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025COAZ2026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823180v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysandre Puech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thery-Parisot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Orange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garberi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion K. Bamford" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22941932-bja10173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Schmid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadley Lyn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandl Michael" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Guillemard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E. Rhodes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48728/antipodes.211102" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bamford" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume E Porraz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Val" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.11.018" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463223v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunia Urrego" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda S&#225;nchez Go&#241;i" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2017.42" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842634v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charlier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malaiz&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.09.033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Lingrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Thiebault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369693v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205033v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122866v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sievers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May L. Murungi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468751v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Porraz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bonzom-Chapelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chiwara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dayet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463921v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463831v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunia H. Urrego" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez Goni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463897v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535419v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cnuts Dries" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823813v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122794v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Lisa Coli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204452v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna-Lisa Coli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05494454v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025COAZ2026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>