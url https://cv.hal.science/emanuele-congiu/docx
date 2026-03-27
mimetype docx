--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -844,217 +844,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01452318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient diffusive mechanisms of O atoms at very low temperatures on surfaces of astrophysical interest</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oxygen diffusion and reactivity at low temperature on bare amorphous olivine-type silicate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Moudens</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Minissale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4FD00002A⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 140 (7), pp.074705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4864657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02059513v1</w:t>
+                <w:t xml:space="preserve">hal-02555581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid state chemistry of nitrogen oxides – Part II: surface consumption of NO 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ioppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ioppolo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Fedoseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Minissale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1063,249 +1033,279 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (18), pp.8270-8282. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C3CP54918F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02559430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen diffusion and reactivity at low temperature on bare amorphous olivine-type silicate</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Efficient diffusive mechanisms of O atoms at very low temperatures on surfaces of astrophysical interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Minissale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Moudens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 140 (7), pp.074705. </w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 168, pp.151-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4864657⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C4FD00002A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02555581v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid state chemistry of nitrogen oxides – Part I: surface consumption of NO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Minissale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Fedoseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ioppolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1350,1816 +1350,1816 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02559380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How micron-sized dust particles determine the chemistry of our Universe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum Tunneling of Oxygen Atoms on Very Cold Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Minissale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Dulieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Congiu</w:t>
+                <w:t xml:space="preserve">H. Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer A. Noble</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Baouche</w:t>
+                <w:t xml:space="preserve">A. Moudens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep01338⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.053201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02979410v1</w:t>
+                <w:t xml:space="preserve">hal-02534741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO 2 formation on interstellar dust grains: a detailed study of the barrier of the CO + O channel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Congiu</w:t>
+                <w:t xml:space="preserve">How micron-sized dust particles determine the chemistry of our Universe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Manicò</w:t>
+                <w:t xml:space="preserve">Jennifer A. Noble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Pirronello</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Henda Chaabouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 559, pp.A49. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321453⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep01338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02526212v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of nitrogen oxides via NO+O2 gas–solid reaction on cold surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Minissale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Baouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moudens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 565, pp.52-55. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cplett.2013.02.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publisher's Note: “Water formation through O 2 + D pathway on cold silicate and amorphous water ice surfaces of interstellar interest” [J. Chem. Phys. 137, 234706 (2012)]</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">CO 2 formation on interstellar dust grains: a detailed study of the barrier of the CO + O channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Minissale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Manicò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pirronello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4792369⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 559, pp.A49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02531210v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology of the solid water synthesized through the pathway D + O2 studied by the sensitive TPD technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Accolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Manicò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 429 (4), pp.3200-3206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/sts578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02533703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Tunneling of Oxygen Atoms on Very Cold Surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Publisher's Note: “Water formation through O 2 + D pathway on cold silicate and amorphous water ice surfaces of interstellar interest” [J. Chem. Phys. 137, 234706 (2012)]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chaabouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Minissale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manicò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Moudens</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Noble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 111 (5), </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 138 (7), pp.079902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.053201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4792369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02534741v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02531210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water formation through O 2 + D pathway on cold silicate and amorphous water ice surfaces of interstellar interest</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The desorption of H2CO from interstellar grains analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. A Noble</w:t>
+                <w:t xml:space="preserve">J. A. Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Theulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mispelaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Danger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4771663⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 543, pp.A5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01918285v1</w:t>
+                <w:t xml:space="preserve">hal-01457965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Investigation Of The Ortho/Para Ratio Of Newly Formed Molecular Hydrogen On Amorphous Solid Water</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francois Dulieu</w:t>
+                <w:t xml:space="preserve">Water formation through O 2 + D pathway on cold silicate and amorphous water ice surfaces of interstellar interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henda Chaabouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Minissale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manicò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A Noble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/760/1/35⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 137 (23), pp.234706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4771663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863635v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01918285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sticking coefficient of hydrogen and deuterium on silicates under interstellar conditions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Investigation Of The Ortho/Para Ratio Of Newly Formed Molecular Hydrogen On Amorphous Solid Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Matar</w:t>
+                <w:t xml:space="preserve">L. Gavilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vidali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chehrouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117409⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 760 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/760/1/35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747097v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient surface formation route of interstellar hydroxylamine through NO hydrogenation. I. The submonolayer regime on interstellar relevant substrates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Sticking coefficient of hydrogen and deuterium on silicates under interstellar conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Parent</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Baouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 538, pp.A128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4738895⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02860812v1</w:t>
+                <w:t xml:space="preserve">hal-02747097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal desorption characteristics of CO, O2 and CO2 on non-porous water, crystalline water and silicate surfaces at submonolayer and multilayer coverages</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient surface formation route of interstellar hydroxylamine through NO hydrogenation. I. The submonolayer regime on interstellar relevant substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chaabouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.20351.x⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 137 (5), pp.054713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4738895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866228v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02860812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No Ice Hydrogenation: A Solid Pathway To NH 2 OH Formation In Space</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal desorption characteristics of CO, O2 and CO2 on non-porous water, crystalline water and silicate surfaces at submonolayer and multilayer coverages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2041-8205/750/1/L12⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.no-no. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.20351.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02864875v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The desorption of H2CO from interstellar grains analogues</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Mispelaer</w:t>
+                <w:t xml:space="preserve">No Ice Hydrogenation: A Solid Pathway To NH 2 OH Formation In Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Duvernay</w:t>
+                <w:t xml:space="preserve">Gleb Fedoseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Danger</w:t>
+                <w:t xml:space="preserve">Sergio Ioppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henda Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 543, pp.A5. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 750 (1), pp.L12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219437⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2041-8205/750/1/L12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01457965v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear Spin Conversion of Molecular Hydrogen on Amorphous Solid Water in the presence of O2 traces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chehrouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Fillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Mokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3525,51 +3525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Congiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Fillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 512 (A 30), pp.A30. </w:t>
@@ -3613,218 +3613,218 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D2 desorption kinetics on amorphous solid water: from compact to porous ice films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momenij.-L. Lemaire</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Hugues Fillion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Amiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Congiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouchah Momeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 11, pp.4396-4402</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 11 (21), pp.4396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b822492g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00525926v1</w:t>
+                <w:t xml:space="preserve">hal-02163781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D2 desorption kinetics on amorphous solid water: from compact to porous ice films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...63 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momenij.-L. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 11 (21), pp.4396. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 11, pp.4396-4402</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163781v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00525926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3836,277 +3836,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential adsorption of complex organic molecules isomers at interstellar ices surfaces (Affiche)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential Adsorption of Complex Organic Molecules Isomers at Interstellar Ices Surfaces -Affiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lattelais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Bertin</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.H. Mokrane</w:t>
+                <w:t xml:space="preserve">F. Pauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pilmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Laboratory Astrophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">IAU (International Astronomy Union) symposium 280, the molecular Universe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Tolède, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00659705v1</w:t>
+                <w:t xml:space="preserve">hal-00661032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Adsorption of Complex Organic Molecules Isomers at Interstellar Ices Surfaces -Affiche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential adsorption of complex organic molecules isomers at interstellar ices surfaces (Affiche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lattelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">H. Mokrane</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Mokrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pilmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAU (International Astronomy Union) symposium 280, the molecular Universe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Tolède, Spain</w:t>
+              <w:t xml:space="preserve">European Conference on Laboratory Astrophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00661032v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00659705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental studies of the morphology of water an its implications under interstellar conditions</w:t>
               </w:r>
@@ -4439,51 +4439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saoud Baouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Dulieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4591,51 +4591,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FCCED99C"/>
+    <w:nsid w:val="243B9B13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4822,51 +4822,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emanuele-congiu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0313-826X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253120586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134546v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K a K Gadallah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sow" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Congiu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa862" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02278393v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Fourre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Favre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Congiu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935127" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267729v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Talbi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoud Baouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Karton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00063" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01298605v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526702" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452318v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Noble" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Theule" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Congiu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Dulieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonnin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425403" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059513v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Moudens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cazaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4FD00002A" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559430v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ioppolo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fedoseev" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Minissale" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP54918F" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555581v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4864657" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP54917H" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dulieu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Noble" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henda Chaabouni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep01338" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526212v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manic&#242;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pirronello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321453" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524608v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chaabouni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moudens" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2013.02.028" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK7LK4ZJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531210v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noble" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4792369" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533703v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Accolla" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sts578" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534741v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.053201" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-01918285v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A Noble" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4771663" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863635v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gavilan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vidali" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemaire" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chehrouri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/760/1/35" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Matar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117409" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860812v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parent" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4738895" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866228v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fraser" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.20351.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864875v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Fedoseev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ioppolo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/750/1/L12" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457965v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Noble" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Theul&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mispelaer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duvernay" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Danger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219437" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635927v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mokrane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480772v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lattelais" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romanzin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Michaut" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016184" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635974v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163740v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amiaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912079" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525926v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momenij.-L. Lemaire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163781v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Fillion" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amiaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchah Momeni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b822492g" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659705v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Mokrane" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pauzat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilm&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661032v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468159v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Acolla H.Chaabouni E.Congiu F.Dulieu J.-H.Fillion E.Matar H.Mokrane J.-L.Lemaire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367803v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momeni J.-L. Lemaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367760v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lemaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Momeni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067635v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellahi Sow" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emanuele-congiu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0313-826X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253120586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134546v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K a K Gadallah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sow" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Congiu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa862" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02278393v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Fourre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Favre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Congiu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935127" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267729v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Talbi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoud Baouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Karton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00063" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01298605v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526702" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452318v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Noble" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Theule" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Congiu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Dulieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonnin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425403" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555581v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Minissale" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4864657" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559430v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ioppolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fedoseev" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP54918F" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Moudens" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cazaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4FD00002A" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP54917H" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534741v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chaabouni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moudens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.053201" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979410v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dulieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Noble" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henda Chaabouni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep01338" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524608v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2013.02.028" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK7LK4ZJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manic&#242;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pirronello" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321453" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533703v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Accolla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sts578" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531210v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noble" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4792369" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457965v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Noble" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Theul&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mispelaer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duvernay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Danger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219437" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-01918285v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A Noble" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4771663" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863635v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gavilan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vidali" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemaire" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chehrouri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/760/1/35" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747097v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Matar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117409" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860812v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parent" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4738895" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866228v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fraser" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.20351.x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864875v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Fedoseev" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ioppolo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/750/1/L12" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635927v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mokrane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480772v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lattelais" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romanzin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Michaut" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016184" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635974v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163740v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amiaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912079" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163781v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Fillion" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amiaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchah Momeni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b822492g" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525926v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momenij.-L. Lemaire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661032v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pauzat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilm&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659705v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Mokrane" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468159v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Acolla H.Chaabouni E.Congiu F.Dulieu J.-H.Fillion E.Matar H.Mokrane J.-L.Lemaire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367803v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Fillion L. Amiaud E. Congiu F. Dulieu A. Momeni J.-L. Lemaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367760v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lemaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Momeni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067635v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellahi Sow" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>