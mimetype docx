--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -230,274 +230,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04596845v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WorldDynamics.jl: A Julia Package for Developing and Simulating Integrated Assessment Models</w:t>
+                <w:t xml:space="preserve">A sensitivity analysis of the Earth for all model: Getting the giant leap scenario with fewer policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Gambosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Nasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paulo Bruno Serafim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.05772⟩</w:t>
+              <w:t xml:space="preserve">Journal of Industrial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jiec.13582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04117509v2</w:t>
+                <w:t xml:space="preserve">hal-04780536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sensitivity analysis of the Earth for all model: Getting the giant leap scenario with fewer policies</w:t>
+                <w:t xml:space="preserve">WorldDynamics.jl: A Julia Package for Developing and Simulating Integrated Assessment Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giorgio Gambosi</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Nasti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Natale</w:t>
+                <w:t xml:space="preserve">Paulo Bruno Serafim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Industrial Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (95), pp.5772. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jiec.13582⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21105/joss.05772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04780536v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04117509v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On null models for temporal small-worldness in brain dynamics</w:t>
               </w:r>
@@ -685,295 +685,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04502507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network alignment and similarity reveal atlas-based topological differences in structural connectomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parallel Load Balancing on constrained client-server topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Frigo</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabella Ziccardi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Network Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/netn_a_00199⟩</w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 895, pp.16-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2021.09.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033777v2</w:t>
+                <w:t xml:space="preserve">hal-03548136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel Load Balancing on constrained client-server topologies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Natale</w:t>
+                <w:t xml:space="preserve">Network alignment and similarity reveal atlas-based topological differences in structural connectomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Frigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Cruciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella Ziccardi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rachid Deriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Deslauriers-Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 895, pp.16-33. </w:t>
+              <w:t xml:space="preserve">Network Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2021.09.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/netn_a_00199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03548136v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033777v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transition of the 2-Choices dynamics on core–periphery networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Cruciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1040,261 +1040,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Find Your Place: Simple Distributed Algorithms for Community Detection</w:t>
+                <w:t xml:space="preserve">Consensus Dynamics: An Overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Becchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1137/19M1243026⟩</w:t>
+              <w:t xml:space="preserve">ACM SIGACT News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (1), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3388392.3388402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025943v1</w:t>
+                <w:t xml:space="preserve">hal-02507613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus Dynamics: An Overview</w:t>
+                <w:t xml:space="preserve">Find Your Place: Simple Distributed Algorithms for Community Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Becchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM SIGACT News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (1), pp.57. </w:t>
+              <w:t xml:space="preserve">SIAM Journal on Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (4), pp.821-864. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3388392.3388402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1137/19M1243026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02507613v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noisy rumor spreading and plurality consensus</w:t>
               </w:r>
@@ -1365,248 +1365,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02001830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-stabilizing repeated balls-into-bins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">KADABRA is an ADaptive Algorithm for Betweenness via Random Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea E. F. Clementi</w:t>
+                <w:t xml:space="preserve">Michele Borassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gustavo Posta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distributed Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00446-017-0320-4⟩</w:t>
+              <w:t xml:space="preserve">ACM Journal of Experimental Algorithmics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3284359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948569v1</w:t>
+                <w:t xml:space="preserve">hal-02043367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KADABRA is an ADaptive Algorithm for Betweenness via Random Approximation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-stabilizing repeated balls-into-bins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Becchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea E. F. Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Borassi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Natale</w:t>
+                <w:t xml:space="preserve">Gustavo Posta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Journal of Experimental Algorithmics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 24 (1), </w:t>
+              <w:t xml:space="preserve">Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (1), pp.59-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3284359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00446-017-0320-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043367v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimizing message size in stochastic communication patterns: fast self-stabilizing protocols with 3 bits</w:t>
               </w:r>
@@ -1852,51 +1852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Silvestri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1973,51 +1973,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Di Ianni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Gambosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2161,51 +2161,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Salvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Ziccardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Theoretical Aspects of Computer Science (STACS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Grenoble, France. pp.6:1-6:21, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2938,594 +2938,594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the Random Subset Sum problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un framework open-source écrit en Julia pour la modélisation d'évaluation globale intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Giroire</w:t>
+                <w:t xml:space="preserve">Hicham Lesfari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hicham Lesfari</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paulo Serafim</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Annual European Symposium on Algorithms (ESA 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Amsterdam, Netherlands. pp.37:1--37:11, </w:t>
+              <w:t xml:space="preserve">ROADEF 2023 - 24ème édition du congrès annuel de la société française de recherche opérationnelle et d'aide à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2023, Rennes, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2023.37⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7093581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03654720v2</w:t>
+                <w:t xml:space="preserve">hal-04008491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polynomially Over-Parameterized Convolutional Neural Networks Contain Structured Strong Winning Lottery Tickets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting the Random Subset Sum problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Giroire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+                <w:t xml:space="preserve">Hicham Lesfari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th Conference on Neural Information Processing Systems (NeurIPS 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5555/3666122.3667250⟩</w:t>
+              <w:t xml:space="preserve">31st Annual European Symposium on Algorithms (ESA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Amsterdam, Netherlands. pp.37:1--37:11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2023.37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04143024v2</w:t>
+                <w:t xml:space="preserve">hal-03654720v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un framework open-source écrit en Julia pour la modélisation d'évaluation globale intégrée</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hicham Lesfari</w:t>
+                <w:t xml:space="preserve">Polynomially Over-Parameterized Convolutional Neural Networks Contain Structured Strong Winning Lottery Tickets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paulo Serafim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 - 24ème édition du congrès annuel de la société française de recherche opérationnelle et d'aide à la décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2023, Rennes, France. </w:t>
+              <w:t xml:space="preserve">37th Conference on Neural Information Processing Systems (NeurIPS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States. pp.25929-25957, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.7093581⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5555/3666122.3667250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04008491v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143024v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Hyperbolic Graphs as Null Models for Brain Dynamics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Deslauriers-Gauthier</w:t>
+                <w:t xml:space="preserve">Neural Network Information Leakage through Hidden Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th International Conference on Complex Networks and their Applications - CNA 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OLA2023 - International Conference on Optimization and Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Malaga, Spain. pp.117-128, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-34020-8_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04343066v1</w:t>
+                <w:t xml:space="preserve">hal-03157141v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Network Information Leakage through Hidden Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
+                <w:t xml:space="preserve">Temporal Hyperbolic Graphs as Null Models for Brain Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Deslauriers-Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OLA2023 - International Conference on Optimization and Learning</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 12th International Conference on Complex Networks and their Applications - CNA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Menton, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-34020-8_8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03157141v4</w:t>
+                <w:t xml:space="preserve">hal-04343066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une implémentation GPU de la méthode de recherche approximative FlyHash</w:t>
               </w:r>
@@ -3645,51 +3645,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICLR 2022 - 10th International Conference on Learning Representations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3838,177 +3838,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03479582v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus vs Broadcast, with and without Noise</w:t>
+                <w:t xml:space="preserve">Search via Parallel Lévy Walks on Z²</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luciano Gualà</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Giakkoupis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITCS 2020 - 11th Annual Innovations in Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITCS.2020.42⟩</w:t>
+              <w:t xml:space="preserve">PODC 2021 - ACM Symposium on Principles of Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Salerno, Italy. pp.81-91, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3465084.3467921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01958994v2</w:t>
+                <w:t xml:space="preserve">hal-02530253v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finding a Bounded-Degree Expander Inside a Dense One</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Becchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4017,229 +4000,246 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SODA 2020 - ACM SIAM Symposium on Discrete Algorithms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Salt Lake City, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/1.9781611975994.80⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002377v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search via Parallel Lévy Walks on Z²</w:t>
+                <w:t xml:space="preserve">Consensus vs Broadcast, with and without Noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">George Giakkoupis</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Gualà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Scornavacca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PODC 2021 - ACM Symposium on Principles of Distributed Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Salerno, Italy. pp.81-91, </w:t>
+              <w:t xml:space="preserve">ITCS 2020 - 11th Annual Innovations in Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Seattle, United States. pp.42 - 43, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3465084.3467921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITCS.2020.42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02530253v5</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01958994v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Load Balancing on Constrained Client-Server Topologies</w:t>
               </w:r>
@@ -4251,51 +4251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Ziccardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPAA 2020 - 32nd ACM Symposium on Parallelism in Algorithms and Architectures Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Philadelphia, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4524,51 +4524,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributed Community Detection via Metastability of the 2-Choices Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Cruciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4622,624 +4622,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limits for Rumor Spreading in Stochastic Populations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amos Korman</w:t>
+                <w:t xml:space="preserve">A Tight Analysis of the Parallel Undecided-State Dynamics with Two Colors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Ghaffari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Gualà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITCS 2018 - 9th Innovations in Theoretical Computer Science Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">43rd International Symposium on Mathematical Foundations of Computer Science (MFCS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Liverpool, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2018.28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01958152v1</w:t>
+                <w:t xml:space="preserve">hal-02002476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Transition of the 2-Choices Dynamics on Core-Periphery Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilio Cruciani</w:t>
+                <w:t xml:space="preserve">Average Whenever You Meet: Opportunistic Protocols for Community Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Becchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasin Manurangsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Autonomous Agents and MultiAgent Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5555/3237383.3237499⟩</w:t>
+              <w:t xml:space="preserve">26th Annual European Symposium on Algorithms (ESA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Helsinki, Finland. pp.1 - 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2018.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002658v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pooling or Sampling: Collective Dynamics for Electrical Flow Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Becchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Bonifaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 17th International Conference on Autonomous Agents and MultiAgent Systems (AAMAS '18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Stockholm, Sweden. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5555/3237383.3237935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Average Whenever You Meet: Opportunistic Protocols for Community Detection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pasin Manurangsi</w:t>
+                <w:t xml:space="preserve">Phase Transition of the 2-Choices Dynamics on Core-Periphery Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Cruciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nusser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Scornavacca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th Annual European Symposium on Algorithms (ESA 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2018.7⟩</w:t>
+              <w:t xml:space="preserve">17th International Conference on Autonomous Agents and MultiAgent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Stockholm, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5555/3237383.3237499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002513v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tight Analysis of the Parallel Undecided-State Dynamics with Two Colors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luciano Gualà</w:t>
+                <w:t xml:space="preserve">Limits for Rumor Spreading in Stochastic Populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Boczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofer Feinerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Korman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd International Symposium on Mathematical Foundations of Computer Science (MFCS 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ITCS 2018 - 9th Innovations in Theoretical Computer Science Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Cambridge, United States. pp.1-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2018.28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02002476v1</w:t>
+                <w:t xml:space="preserve">hal-01958152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Find Your Place: Simple Distributed Algorithms for Community Detection</w:t>
               </w:r>
@@ -5264,64 +5264,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Twenty-Eighth Annual ACM-SIAM Symposium on Discrete Algorithms (SODA'17)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Barcelona, Spain. pp.940-959, </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5515,51 +5515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Di Ianni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Gambosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5708,356 +5708,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilizing Consensus with Many Opinions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrea Clementi</w:t>
+                <w:t xml:space="preserve">KADABRA is an ADaptive Algorithm for Betweenness via Random Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Borassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the twenty-seventh annual ACM-SIAM symposium on Discrete algorithms (SODA'16)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th Annual European Symposium on Algorithms (ESA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Aarhus, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2016.20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02002615v1</w:t>
+                <w:t xml:space="preserve">hal-02002600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Peg-Army Maneuvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Gualà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Leucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Tauraso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Fun with Algorithms (FUN 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, La Maddalena, Maddalena Islands, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4230/LIPIcs.FUN.2016.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KADABRA is an ADaptive Algorithm for Betweenness via Random Approximation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Borassi</w:t>
+                <w:t xml:space="preserve">Stabilizing Consensus with Many Opinions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Becchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Trevisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual European Symposium on Algorithms (ESA 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the twenty-seventh annual ACM-SIAM symposium on Discrete algorithms (SODA'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Arlington, Virginia, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2016.20⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02002600v1</w:t>
+                <w:t xml:space="preserve">hal-02002615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brief Announcement: Self-stabilizing Clock Synchronization with 3-bit Messages</w:t>
               </w:r>
@@ -6381,51 +6381,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Silvestri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6511,64 +6511,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Posta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 27th ACM symposium on Parallelism in Algorithms and Architectures (SPAA '15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Portland, United States. pp.332-339, </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6736,51 +6736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Silvestri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6831,64 +6831,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bejeweled, Candy Crush and other match-three games are (NP-)hard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Gualà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Leucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7263,256 +7263,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planning with Biological Neurons and Synapses - AAAI22 Poster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mitropolsky</w:t>
+                <w:t xml:space="preserve">Hyperbolic Model Captures Temporal Small Worldness of Brain Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Deslauriers-Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christos H Papadimitriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAAI 2022 - 36th AAAI Conference on Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">NeuroMod meeting 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Antibes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596672v1</w:t>
+                <w:t xml:space="preserve">hal-03685173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperbolic Model Captures Temporal Small Worldness of Brain Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurora Rossi</w:t>
+                <w:t xml:space="preserve">Planning with Biological Neurons and Synapses - AAAI22 Poster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mitropolsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos H Papadimitriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroMod meeting 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Antibes, France. </w:t>
+              <w:t xml:space="preserve">AAAI 2022 - 36th AAAI Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685173v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search via Parallel Lévy Walks on $Z^2$</w:t>
               </w:r>
@@ -7606,51 +7606,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On some Opinion Dynamics in Multi-Agent Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Cruciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco d'Amore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7923,1000 +7923,1189 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01848636v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BRAVA-GNN: Betweenness Ranking Approximation Via Degree MAss Inspired Graph Neural Network</w:t>
+                <w:t xml:space="preserve">Intermittent Cauchy walks enable optimal 3D search across target shapes and sizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justin Dachille</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matteo Stromieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Korman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05502800v1</w:t>
+                <w:t xml:space="preserve">hal-05551262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structured vs. Unstructured Pruning: An Exponential Gap</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Giroire</w:t>
+                <w:t xml:space="preserve">Order Statistics in Population Protocols via Simple Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolò D Archivio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hind Almahmoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Mallmann-Trenn</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05507068v2</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving the Traveling Salesman Problem with Positional Encoding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Giroire</w:t>
+                <w:t xml:space="preserve">Structured vs. Unstructured Pruning: An Exponential Gap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Ferre’</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Giroire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Mallmann-Trenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05295614v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05507068v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantization vs Pruning: Insights from the Strong Lottery Ticket Hypothesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BRAVA-GNN: Betweenness Ranking Approximation Via Degree MAss Inspired Graph Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Dachille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunil Kumar Maurya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Mallman-Trenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aakash Kumar</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Xin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251970v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervised Classification in Federated Learning via Locality-Sensitive Filters</w:t>
+                <w:t xml:space="preserve">Quantization vs Pruning: Insights from the Strong Lottery Ticket Hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cuhna</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chuan Xu</w:t>
+                <w:t xml:space="preserve">Aakash Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094752v1</w:t>
+                <w:t xml:space="preserve">hal-05251970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Robust Information Spreading in the Noisy PULL Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amos Korman</w:t>
+                <w:t xml:space="preserve">Solving the Traveling Salesman Problem with Positional Encoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Giroire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04778388v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05295614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An open source implementation of the Earth4All integrated assessment model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurora Rossi</w:t>
+                <w:t xml:space="preserve">Supervised Classification in Federated Learning via Locality-Sensitive Filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cuhna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Bruno Serafim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chuan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04293350v1</w:t>
+                <w:t xml:space="preserve">hal-05094752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Multidimensional Random Subset Sum Problem</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+                <w:t xml:space="preserve">Fast and Robust Information Spreading in the Noisy PULL Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolò d'Archivio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Korman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Vacus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738204v3</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">An open source implementation of the Earth4All integrated assessment model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurora Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Accurate programmable resistances from few inaccurate resistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Carvalho Walraven da Cuhna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05094371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Multidimensional Random Subset Sum Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Becchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Lesfari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738204v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une implémentation GPU de l'algorithme FlyHash: Des mouches plus rapides pour la fouille de données massives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8951,143 +9140,143 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurora Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRIA; CNRS; I3S; Université Côte d'Azur. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparative Study of Neural Network Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Baktash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] INRIA Sophia Antipolis - I3S. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9097,100 +9286,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Computational Power of Simple Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Distributed, Parallel, and Cluster Computing [cs.DC]. Sapienza University of Rome, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02002681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9200,105 +9389,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Random Subset Sum and some applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. Université Côte d’Azur, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04792728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId212"/>
+      <w:footerReference w:type="default" r:id="rId217"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9445,51 +9634,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596845v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Rossi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Aeschlimann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Natale" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deslauriers-Gauthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ford Dominey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn.a.25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117509v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Bruno Serafim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05772" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780536v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Gambosi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Nasti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13582" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389639v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00357" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502507v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Clementi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11721-022-00217-w" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033777v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Frigo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Cruciani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coudert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Deriche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00199" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548136v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Ziccardi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2021.09.026" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548134v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nusser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Scornavacca" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-021-00396-5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025943v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Becchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pasquale" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Trevisan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1243026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507613v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3388392.3388402" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001830v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-018-0335-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948569v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea E. F. Clementi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Posta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-017-0320-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02043367v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Borassi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3284359" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Boczkowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Korman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-018-0330-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01953778v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Feinerman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006195" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Silvestri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-016-0289-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002691v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Di Ianni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2014.11.026" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197498v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Angileri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Salvi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2026.6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198643v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; d'Archivio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Giakkoupis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2025.27" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078291v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Jacopo Villani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mallmann-Trenn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723178v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741369v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ferre&#8217;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Giambartolomei" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giroire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497548v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago da Silva Barros" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Aparicio-Pardo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perennes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCGrid59990.2024.00045" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566780v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perennes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654720v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cunha" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lesfari" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2023.37" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143024v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3666122.3667250" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008491v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Serafim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7093581" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343066v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157141v4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34020-8_8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328529v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Cunha" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rivet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548226v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479582v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mitropolsky" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Papadimitriou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v36i1.19875" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01958994v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Gual&#224;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2020.42" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002377v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611975994.80" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530253v5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465084.3467921" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648649v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3350755.3400232" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487650v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54921-3_15" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002448v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliad Ramezani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17402-6_27" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002462v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v33i01.33016046" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958152v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002658v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3237383.3237499" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002536v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Bonifaci" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3237383.3237935" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002513v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasin Manurangsi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2018.7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002476v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ghaffari" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2018.28" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002592v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611974782.59" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002544v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Berenbrink" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Els&#228;sser" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kling" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3087801.3087817" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002648v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03578-9_29" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01447435v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002615v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002603v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Leucci" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Tauraso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2016.18" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002600v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2016.20" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001859v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933057.2933075" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001816v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Kaaser" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2016.55" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423686v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933057.2933089" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002629v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611973730.27" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002632v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2755573.2755584" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207836v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002640v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2612669.2612677" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002623v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079155v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931809v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130380v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596672v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos H Papadimitriou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685173v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694177v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483921v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011895v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/PR8VUV" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848636v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05502800v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dachille" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Maurya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mallman-Trenn" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507068v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295614v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pereira" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Giroire" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251970v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aakash Kumar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094752v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cuhna" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan Xu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778388v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vacus" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293350v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738204v3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094371v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987919v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02321581v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Baktash" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02002681v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04792728v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596845v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Rossi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Aeschlimann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Natale" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deslauriers-Gauthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ford Dominey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn.a.25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Gambosi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Nasti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13582" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117509v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Bruno Serafim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05772" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389639v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00357" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502507v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Clementi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11721-022-00217-w" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Ziccardi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2021.09.026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033777v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Frigo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Cruciani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coudert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Deriche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00199" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548134v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nusser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Scornavacca" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-021-00396-5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Becchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3388392.3388402" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025943v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pasquale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Trevisan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1243026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001830v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-018-0335-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02043367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Borassi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3284359" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948569v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea E. F. Clementi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Posta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-017-0320-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Boczkowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Korman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-018-0330-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01953778v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Feinerman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006195" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Silvestri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-016-0289-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002691v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Di Ianni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2014.11.026" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197498v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Angileri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Salvi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2026.6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198643v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; d'Archivio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Giakkoupis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2025.27" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078291v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Jacopo Villani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mallmann-Trenn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723178v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741369v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ferre&#8217;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Giambartolomei" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giroire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497548v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago da Silva Barros" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Aparicio-Pardo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perennes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCGrid59990.2024.00045" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566780v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perennes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008491v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lesfari" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Serafim" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7093581" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654720v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cunha" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2023.37" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143024v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3666122.3667250" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157141v4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34020-8_8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343066v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328529v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Cunha" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rivet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548226v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479582v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mitropolsky" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Papadimitriou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v36i1.19875" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530253v5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465084.3467921" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002377v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611975994.80" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01958994v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Gual&#224;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2020.42" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648649v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3350755.3400232" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487650v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54921-3_15" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002448v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliad Ramezani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17402-6_27" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002462v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v33i01.33016046" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ghaffari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2018.28" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002513v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasin Manurangsi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2018.7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002536v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Bonifaci" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3237383.3237935" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002658v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3237383.3237499" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958152v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002592v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611974782.59" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002544v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Berenbrink" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Els&#228;sser" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kling" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3087801.3087817" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002648v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03578-9_29" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01447435v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002600v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2016.20" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002603v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Leucci" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Tauraso" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2016.18" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002615v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001859v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933057.2933075" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001816v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Kaaser" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2016.55" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423686v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933057.2933089" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002629v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611973730.27" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002632v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2755573.2755584" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207836v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002640v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2612669.2612677" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002623v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079155v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931809v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130380v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685173v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596672v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos H Papadimitriou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694177v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483921v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011895v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/PR8VUV" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848636v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551262v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Stromieri" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548829v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; D Archivio" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Almahmoud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507068v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05502800v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dachille" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Maurya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mallman-Trenn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251970v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aakash Kumar" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295614v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pereira" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Giroire" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094752v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cuhna" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan Xu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778388v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vacus" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293350v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094371v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738204v3" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987919v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02321581v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Baktash" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02002681v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04792728v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>