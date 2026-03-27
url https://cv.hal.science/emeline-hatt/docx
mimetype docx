--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1484,174 +1484,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00681551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enquêtes photographiques auprès des touristes : un support à l'analyse des représentations microterritoriales des stations balnéaires</w:t>
+                <w:t xml:space="preserve">L'enjeu de la requalification urbaine des stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes du tourisme</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers d'espaces [1985-2012]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 104, pp.35-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02477124v1</w:t>
+                <w:t xml:space="preserve">hal-02477141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enjeu de la requalification urbaine des stations</w:t>
+                <w:t xml:space="preserve">Les enquêtes photographiques auprès des touristes : un support à l'analyse des représentations microterritoriales des stations balnéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers d'espaces [1985-2012]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mondes du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2, pp.24-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tourisme.272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02477141v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1814,204 +1814,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion des fréquentations dans les territoires touristiques : un enjeu des politiques publiques pour préserver et valoriser le patrimoine naturel, en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réguler les fréquentations. Panel des outils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Clarimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Clarimont</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Colloque de l'Association Tourisme Recherche et Enseignement Supérieur (AsTRES), "L'agilité touristique en période de crises: réplications, accélérations, réinventions..?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Tourisme Recherche et Enseignement Supérieur; Université Côté d'Azur, Nov 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">Fonctionnement des écosystèmes: attentes et impacts du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090440v1</w:t>
+                <w:t xml:space="preserve">halshs-03812217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réguler les fréquentations. Panel des outils</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gestion des fréquentations dans les territoires touristiques : un enjeu des politiques publiques pour préserver et valoriser le patrimoine naturel, en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Hatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fonctionnement des écosystèmes: attentes et impacts du tourisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">11ème Colloque de l'Association Tourisme Recherche et Enseignement Supérieur (AsTRES), "L'agilité touristique en période de crises: réplications, accélérations, réinventions..?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Tourisme Recherche et Enseignement Supérieur; Université Côté d'Azur, Nov 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03812217v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dynamique citoyenne dans une commune rurale : Volonne, de l'EcoQuartier au village participatif</w:t>
               </w:r>
@@ -2440,260 +2440,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02548216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des mesures de préservation des sites naturels exceptionnels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Bénos</w:t>
+                <w:t xml:space="preserve">Perspectives d'un tourisme durable dans les trajectoires de stations littorales par la mobilisation des ressources territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Falaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gombault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche : Les sites exceptionnels : quelle contribution au développement local ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Plan urbanisme construction architecture (PUCA); Ministère de l'Écologie, du Développement durable et de l'Énergie; Ministère de l'Égalité des Territoires, du Logement et de la Ruralité, Mar 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Littoral et tourisme durable : quel champs opérationnel ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Boulogne sur Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02556137v1</w:t>
+                <w:t xml:space="preserve">halshs-01327128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives d'un tourisme durable dans les trajectoires de stations littorales par la mobilisation des ressources territoriales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Piriou</w:t>
+                <w:t xml:space="preserve">Impacts des mesures de préservation des sites naturels exceptionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Clarimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vlès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Moulinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Littoral et tourisme durable : quel champs opérationnel ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Boulogne sur Mer, France</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche : Les sites exceptionnels : quelle contribution au développement local ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plan urbanisme construction architecture (PUCA); Ministère de l'Écologie, du Développement durable et de l'Énergie; Ministère de l'Égalité des Territoires, du Logement et de la Ruralité, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01327128v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02556137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creative-led Regeneration in French Seaside Resorts: three case studies on transition</w:t>
               </w:r>
@@ -4346,51 +4346,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4468,51 +4468,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatt Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4911,51 +4911,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bonnin-Oliveira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05458878v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Hatt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hq8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969667v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03608024v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969112v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Basten" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02904627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02475550v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477179v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01807218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122193v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gombault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Falaix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piriou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11648/j.jim.s.2015040101.20" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240258v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249228v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01528852v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.1796" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01558581v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681551v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477124v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477141v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05488932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert-K&#233;rivel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624673v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090440v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03812217v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jolivet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03610805v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03610786v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177724v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548153v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548216v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327128v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243300v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622496v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Luneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chognacki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Raynal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978966v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12y6l" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05458981v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05511520v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969299v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024654v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03608130v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477306v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137808v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090875v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=64253" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327115v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024731v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192612v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01738598v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01827408v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288187v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465068v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681565v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683463v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bonnin-Oliveira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05458878v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Hatt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hq8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969667v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03608024v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969112v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Basten" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02904627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02475550v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477179v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01807218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122193v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gombault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Falaix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piriou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11648/j.jim.s.2015040101.20" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240258v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249228v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01528852v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.1796" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01558581v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681551v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477141v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477124v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.272" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05488932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert-K&#233;rivel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624673v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03812217v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jolivet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090440v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03610805v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03610786v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177724v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548153v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548216v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327128v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243300v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622496v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Luneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chognacki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Raynal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978966v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12y6l" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05458981v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05511520v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969299v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024654v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03608130v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02477306v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137808v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090875v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=64253" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01327115v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05024731v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192612v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01738598v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01827408v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288187v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465068v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681565v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683463v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>