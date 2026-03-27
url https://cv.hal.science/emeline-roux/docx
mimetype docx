--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -567,425 +567,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03612308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Sortase A in the Release of Cell-Wall Proteinase PrtS in the Growth Medium of Streptococcus thermophilus 4F44</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of isolated or mixed strains from long reads: a challenge met on Streptococcus thermophilus using a MinION sequencer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Siekaniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahoefa Ablavi Awussi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emeline Roux</w:t>
+                <w:t xml:space="preserve">Téo Lemane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Humeau</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Guédon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9112380⟩</w:t>
+              <w:t xml:space="preserve">Microbial Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (11), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mgen.0.000654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03537548v1</w:t>
+                <w:t xml:space="preserve">hal-03444296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of isolated or mixed strains from long reads: a challenge met on Streptococcus thermophilus using a MinION sequencer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emeline Roux</w:t>
+                <w:t xml:space="preserve">Identification of &amp;lt;i&amp;gt;Streptococcus thermophilus&amp;lt;/i&amp;gt; Genes Specifically Expressed under Simulated Human Digestive Conditions Using R-IVET Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Uriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounira Kebouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Téo Lemane</w:t>
+                <w:t xml:space="preserve">Emilie Lorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Guédon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wessam Galia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/mgen.0.000654⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (6), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9061113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444296v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03269961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of &amp;lt;i&amp;gt;Streptococcus thermophilus&amp;lt;/i&amp;gt; Genes Specifically Expressed under Simulated Human Digestive Conditions Using R-IVET Technology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of the Sortase A in the Release of Cell-Wall Proteinase PrtS in the Growth Medium of Streptococcus thermophilus 4F44</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounira Kebouchi</w:t>
+                <w:t xml:space="preserve">Ahoefa Ablavi Awussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Lorson</w:t>
+                <w:t xml:space="preserve">Catherine Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wessam Galia</w:t>
+                <w:t xml:space="preserve">Zeeshan Hafeez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Denis</w:t>
+                <w:t xml:space="preserve">Bernard Maigret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 9 (6), pp.1-26. </w:t>
+              <w:t xml:space="preserve">, 2021, 9 (11), pp.2380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9061113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9112380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03269961v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete Genome Sequences of Two Strains of Streptococcus pyogenes Belonging to an Emergent Clade of the Genotype emm89 in Brittany, France</w:t>
               </w:r>
@@ -1118,51 +1118,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Streptococcus macedonicus strains isolated from traditional fermented milks: resistance to gastrointestinal environment and adhesion ability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tedj El Moulouk Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounira Kebouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Soligot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1233,1730 +1233,1742 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication of sortase-dependent proteins of [i]Streptococcus thermophilus[/i] in adhesion to human intestinal epithelial cell lines and bile salt tolerance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A large scale in vitro screening of Streptococcus thermophilus strains revealed strains with a high anti-inflammatory potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maira Junjua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Kechaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounira Kebouchi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Xavier Lecomte</w:t>
+                <w:t xml:space="preserve">Ahoefa Ablavi Awussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-016-7322-1⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 70, pp.78-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2016.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01329214v1</w:t>
+                <w:t xml:space="preserve">hal-01329215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a new peptide transport system in Streptococcus thermophilus</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Implication of sortase-dependent proteins of [i]Streptococcus thermophilus[/i] in adhesion to human intestinal epithelial cell lines and bile salt tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounira Kebouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wessam Galia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Genay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Soligot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.04.039⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 100 (8), pp.3667-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-016-7322-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01533905v1</w:t>
+                <w:t xml:space="preserve">hal-01329214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large scale in vitro screening of Streptococcus thermophilus strains revealed strains with a high anti-inflammatory potential</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Characterization of a new peptide transport system in Streptococcus thermophilus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wessam Galia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahoefa Ablavi Awussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yvonne Roussel</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Genay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 70, pp.78-87. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 86, pp.34-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2016.02.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.04.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01329215v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a free form of the Streptococcus thermophilus cell envelope protease PrtS as a tool to produce bioactive peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oun Ki Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahoefa Ablavi Awussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Miclo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Dairy Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38, pp.104-115. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.idairyj.2014.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies of producing bioactive peptides from milk proteins to functionalize fermented milk products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeeshan Hafeez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cakir-Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 63 (A, SI), pp.71-80. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2014.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01562175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of Hydrolysis of beta- alpha(s1)-, and alpha(s2)-Caseins by 10 Strains of Streptococcus thermophilus and Resulting Bioactive Peptides</w:t>
+                <w:t xml:space="preserve">Release of the cell-envelope protease PrtS in the growth medium of Streptococcus thermophilus 4F44</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Oun Ki Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wessam Galia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Miclo</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chantal Poirson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf202176d⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (2), pp.91-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650135v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Release of the cell-envelope protease PrtS in the growth medium of Streptococcus thermophilus 4F44</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Variability of Hydrolysis of beta- alpha(s1)-, and alpha(s2)-Caseins by 10 Strains of Streptococcus thermophilus and Resulting Bioactive Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Miclo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Genay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Brusseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Poirson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.10.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (2), pp.554-565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf202176d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02644429v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein composition of oil bodies in Arabidopsis thaliana ecotype WS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pacale Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Négroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 42 (6), pp.501-509. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plaphy.204.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02680055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleosins of Arabidopsis thaliana: Expression in Escherichia coli, purification, and functional properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Baumberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Axelos M.A.V.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry T. Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 52 (16), pp.5245-5249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jf0355046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid accumulation, lipid body formation, and acyl coenzyme A oxidases of the yeast &amp;lt;em&amp;gt;Yarrowia lipolytica&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Mlickova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Athenstaedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Günther Daum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 70 (7), pp.3918-3924. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.70.7.3918-3924.2004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibitory effect of unheated and heated d-glucose, d-fructose and l-cysteine solutions and Maillard reaction product model systems on polyphenoloxidase from apple. I. Enzymatic browning and enzyme activity inhibition using spectrophotometric and polarographic methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emeline Roux</w:t>
+                <w:t xml:space="preserve">Allergènes alimentaires. Les oléosines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Brun-Mérimee</w:t>
+                <w:t xml:space="preserve">Michel Canonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Maraschin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Nicolas</w:t>
+                <w:t xml:space="preserve">Isabelle Bouchez-Mahiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry T. Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Alim'Inter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 8 (2), 2 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02990313v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les oléosines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inhibitory effect of unheated and heated d-glucose, d-fructose and l-cysteine solutions and Maillard reaction product model systems on polyphenoloxidase from apple. I. Enzymatic browning and enzyme activity inhibition using spectrophotometric and polarographic methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Billaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Canonge</w:t>
+                <w:t xml:space="preserve">Sophie Brun-Mérimee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bouchez Mahiout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Chardot</w:t>
+                <w:t xml:space="preserve">Christelle Maraschin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alim'Inter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 81 (1), pp.35-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0308-8146(02)00376-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694392v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibitory effect of unheated and heated d-glucose, d-fructose and l-cysteine solutions and Maillard reaction product model systems on polyphenoloxidase from apple. II. Kinetic study and mechanism of inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Billaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Maraschin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brun-Mérimee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3009,237 +3021,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allergènes alimentaires. Les oléosines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Les oléosines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Canonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bouchez-Mahiout</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Isabelle Bouchez Mahiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Laurière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry T. Chardot</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alim'Inter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 8 (2), 2 p</w:t>
+              <w:t xml:space="preserve">, 2003, Alim'inter Le Jounal de l'allergie alimentaire, 8 (2), pp.91-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02676402v1</w:t>
+                <w:t xml:space="preserve">hal-04694392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavior of oleosins at oil/water or air/water interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Baumberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry T. Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 118 (1-2), pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02671341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3249,421 +3261,421 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metagenomic taxonomic assignment using Nanopore reads, reconstruction of metabolic networks and prediction of metabolite production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Identification of bacterial strains in gut microbiota: tools comparison and application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lune Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josipa Lipovac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Vicedomini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Peterlongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 - Journées Nutrition et Ecosystèmes Microbiens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées du PEPI IBIS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Rennes, France. pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384891v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of bacterial strains in gut microbiota: tools comparison and application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Metagenomic taxonomic assignment using Nanopore reads, reconstruction of metabolic networks and prediction of metabolite production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lune Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Peterlongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Vicedomini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josipa Lipovac</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du PEPI IBIS 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Rennes, France. pp.1-18</w:t>
+              <w:t xml:space="preserve">2025 - Journées Nutrition et Ecosystèmes Microbiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05384947v1</w:t>
+                <w:t xml:space="preserve">hal-05384891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies of producing bioactive peptides from milk proteins to functionalize fermented milk products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeeshan Hafeez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cakir-Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Congrès mondial de l'Internationale-Union-de-Food-Science et Technologie (IUFoST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Foz do Iguaçu, Brazil. pp.10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2014.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3673,790 +3685,790 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From bacterial taxonomic classification at strain level to metabolic networks producibility in gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lune Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josipa Lipovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Vicedomini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Peterlongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 - 14th International Gut Microbiology Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Clermont-Ferrand, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05381840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storing the declaration of human rights on one data DNA molecule</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Derrien</w:t>
+                <w:t xml:space="preserve">The genomic basis of the Streptococcus thermophilus health-promoting properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Valence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Siekaniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CominLabs day 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Rennes, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">JOBIM 2022 - Les journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. , pp.1-1, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03817852v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genomic basis of the Streptococcus thermophilus health-promoting properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victoria Chuat</w:t>
+                <w:t xml:space="preserve">Storing the declaration of human rights on one data DNA molecule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouenou Coatrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belaid Hamoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2022 - Les journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France. , pp.1-1, 2022</w:t>
+              <w:t xml:space="preserve">CominLabs day 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Rennes, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03717986v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of bacterial strains using ORI (Oxford nanopore Reads Identification)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Siekaniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Ouazahrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes 2021 - Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial strains identification using Oxford Nanopore sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Siekaniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced Coding Schemes for DNA-Based Data Storage Using Nanopore Sequencing Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lavenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Conde-Canencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belaid Hamoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées CominLabs 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Error Correction Schemes for DNA Storage with Nanopore Sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Conde-Canencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belaid Hamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lavenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4471,379 +4483,379 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2019 - Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dégradation des lipides et obésité chez la levure Yarrowia lipolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Mlickova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Athenstadt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Daum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congrès de lipidomique. Diversité moléculaire et physiologies. Membranes, signalisation, nutrition, biotechnologies, cancer, athérosclérose, diabète et obésité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Paris, France. 1 p., 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02833561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions à une interface des oléosines avec des phospholipides et des triglycérides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Baumberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Axelos M.A.V.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Le Groupe d'Etude Et de Recherche Sur Les Lipides Et Lipoprotéines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congrès lipidomique. Diversité moléculaire et physiopathologies. Membranes, signalisation, nutrition, biotechnologies, cancer, athérosclérose, diabète et obésité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Paris, France. 1 p., 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02825005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression d'oléosines d'Arabidopsis thaliana par Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry T. Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque SFPV Lipides des plantes et oxylipines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2001, Strasbourg, France. 1 p., 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02831254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4853,100 +4865,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les oléosines, de nouveaux émulsifiants d'origine végétale. Comparaison des globules lipidiques extraits de végétaux (A. thaliana) et de levures (Y. lipolytica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie végétale. Institut national agronomique paris-grignon - INA P-G, 2003. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00007548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4956,105 +4968,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food and Functionalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université de Rennes, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04878765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId158"/>
+      <w:footerReference w:type="default" r:id="rId159"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5122,51 +5134,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2D4CC8B9"/>
+    <w:nsid w:val="A3E5B261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5353,51 +5365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emeline-roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3402-0555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079241832" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mux7urftw" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567229v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leblanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lavenier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2023-0109" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612308v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Siekaniec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08459-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537548v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahoefa Ablavi Awussi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Humeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeshan Hafeez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9112380" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444296v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Lemane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000654" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Uriot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Kebouchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lorson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wessam Galia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9061113" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02532959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devaere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Boukthir" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moullec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00129-20" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02111693v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedj El Moulouk Khaldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Gomri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Kharroub" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-019-09651-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329214v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Genay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lecomte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7322-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533905v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jameh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.04.039" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NDW7Z80-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Junjua" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Kechaou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Roussel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.02.006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209572v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oun Ki Chang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Miclo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2014.01.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562175v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse. Perrin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mido" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.06.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4L31QLGL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650135v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brusseaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Poirson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf202176d" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644429v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Perrin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Saulnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.10.014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCNHMV2T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680055v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacale Jolivet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc N&#233;groni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.204.04.006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678353v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Axelos M.A.V." TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Chardot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0355046" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RDNKW9TP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682134v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Mlickova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Athenstaedt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Daum" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.7.3918-3924.2004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02990313v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Billaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brun-M&#233;rimee" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Maraschin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0308-8146(02)00376-X" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T8P3LJV7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694392v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez Mahiout" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lauri&#232;re" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02990196v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0308-8146(02)00377-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S2PFD7XV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676402v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez-Mahiout" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671341v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384891v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lune Angevin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Vicedomini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384947v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josipa Lipovac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744261v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381840v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817852v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dupraz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belaid Hamoum" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717986v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374572v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ouazahrou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400656v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Conde-Canencia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400744v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833561v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mlickova" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Athenstadt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daum" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825005v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Le Groupe d'Etude Et de Recherche Sur Les Lipides Et Lipoprot&#233;ines" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831254v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arondel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007548v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04878765v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emeline-roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3402-0555" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079241832" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mux7urftw" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567229v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leblanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lavenier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2023-0109" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612308v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Siekaniec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08459-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444296v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Lemane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000654" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269961v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Uriot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Kebouchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lorson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wessam Galia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9061113" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537548v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahoefa Ablavi Awussi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Humeau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeshan Hafeez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9112380" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02532959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devaere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Boukthir" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moullec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00129-20" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02111693v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedj El Moulouk Khaldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Gomri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Kharroub" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-019-09651-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329215v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Junjua" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Kechaou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Roussel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.02.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTX98BHP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329214v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Genay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lecomte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7322-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533905v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jameh" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.04.039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NDW7Z80-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209572v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oun Ki Chang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Miclo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2014.01.008" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562175v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cakir-Kiefer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse. Perrin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mido" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.06.002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4L31QLGL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Perrin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Saulnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.10.014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCNHMV2T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650135v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brusseaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Poirson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf202176d" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680055v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacale Jolivet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc N&#233;groni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.204.04.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678353v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Axelos M.A.V." TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Chardot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0355046" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RDNKW9TP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682134v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Mlickova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Athenstaedt" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Daum" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.7.3918-3924.2004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676402v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez-Mahiout" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lauri&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02990313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Billaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brun-M&#233;rimee" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Maraschin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0308-8146(02)00376-X" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T8P3LJV7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02990196v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0308-8146(02)00377-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S2PFD7XV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694392v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez Mahiout" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671341v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384947v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lune Angevin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josipa Lipovac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Vicedomini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384891v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744261v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381840v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717986v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817852v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berton" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dupraz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belaid Hamoum" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374572v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ouazahrou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121440v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400656v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Conde-Canencia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400744v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833561v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mlickova" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Athenstadt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daum" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825005v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Le Groupe d'Etude Et de Recherche Sur Les Lipides Et Lipoprot&#233;ines" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831254v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arondel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007548v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04878765v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>