--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -100,749 +100,749 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements in Non-Destructive Archaeometric Analysis of Ancient ferrous artefacts: Insights from SR-X-Ray Diffraction investigation using model alloys</w:t>
+                <w:t xml:space="preserve">The Cabrières Biota (France) provides insights into Ordovician polar ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Galai</w:t>
+                <w:t xml:space="preserve">Farid Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Bérard</w:t>
+                <w:t xml:space="preserve">Lorenzo Lustri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Réguer</w:t>
+                <w:t xml:space="preserve">Pierre Gueriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Foy</w:t>
+                <w:t xml:space="preserve">Gaëtan J.M. Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristian Mocuta</w:t>
+                <w:t xml:space="preserve">Francesc Pérez-Peris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 130, pp.891. </w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (4), pp.651-662. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00339-024-08029-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02331-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04757753v1</w:t>
+                <w:t xml:space="preserve">hal-04724698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">War and commercial exchanges in the late medieval Aegean: Investigating the metal provenance of the Chalcis Hoard</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reply to: The Cabrières Biota is not a Konservat-Lagerstätte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Bérard</w:t>
+                <w:t xml:space="preserve">Lorenzo Lustri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gueriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Carò</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gaëtan J.-M. Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc Pérez-Peris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104465⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02560-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04491761v1</w:t>
+                <w:t xml:space="preserve">hal-04775756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cabrières Biota (France) provides insights into Ordovician polar ecosystems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">War and commercial exchanges in the late medieval Aegean: Investigating the metal provenance of the Chalcis Hoard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farid Saleh</w:t>
+                <w:t xml:space="preserve">Federico Carò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Lustri</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-024-02331-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54, pp.104465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724698v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to: The Cabrières Biota is not a Konservat-Lagerstätte</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Heritage research at the PUMA beamline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Schöder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Rouquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gueriau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francesc Pérez-Peris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 130 (11), pp.848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41559-024-02560-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00339-024-08026-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775756v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766397v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritage research at the PUMA beamline</w:t>
+                <w:t xml:space="preserve">Advancements in Non-Destructive Archaeometric Analysis of Ancient ferrous artefacts: Insights from SR-X-Ray Diffraction investigation using model alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Schöder</w:t>
+                <w:t xml:space="preserve">Leila Galai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katharina Müller</w:t>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Tranchant</w:t>
+                <w:t xml:space="preserve">Eddy Foy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Rouquié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gueriau</w:t>
+                <w:t xml:space="preserve">Cristian Mocuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 130 (11), pp.848. </w:t>
+              <w:t xml:space="preserve">, 2024, 130, pp.891. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00339-024-08026-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00339-024-08029-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04766397v2</w:t>
+                <w:t xml:space="preserve">hal-04757753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First examinations of ancient ferrous alloys in Renaissance armour by SR-X-Ray diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Foy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Mocuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 138 (4), pp.311. </w:t>
@@ -874,373 +874,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04058316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The medieval bombards of Meaux: Manufacturing processes and supply of the metal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Fabrication of a suit of armour at the end of Middle Ages: an extensive archaeometallurgical characterization of the armour of Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Disser</w:t>
+                <w:t xml:space="preserve">Olivier Renaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique Vega</w:t>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Verna</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Toureille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 41, pp.103307. </w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53, pp.88-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2021.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03681025v1</w:t>
+                <w:t xml:space="preserve">hal-03599699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of a suit of armour at the end of Middle Ages: an extensive archaeometallurgical characterization of the armour of Laval</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The medieval bombards of Meaux: Manufacturing processes and supply of the metal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Renaudeau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 53, pp.88-99. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41, pp.103307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2021.11.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03599699v1</w:t>
+                <w:t xml:space="preserve">cea-03681025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient armour provenance by LA-ICP-MS analysis of microscopic slag inclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pécheyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 35, pp.2582-2593. </w:t>
@@ -1362,51 +1362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Jossic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
@@ -1487,51 +1487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Jossic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
@@ -1554,984 +1554,984 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exchanges networks and manufacturing techniques in the late medieval Aegean: a case study on the Chalcis Hoard</w:t>
+                <w:t xml:space="preserve">Caractérisation des alliages ferreux par spectroscopie d’émission du plasma induite par laser (LIBS) : analyse d’aciers trempés et applications archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Berard</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Sarah Richiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueshi Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Galai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eddy Foy</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometallurgy in Europe 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
+              <w:t xml:space="preserve">Congrès Spectratom 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04854700v1</w:t>
+                <w:t xml:space="preserve">hal-05357764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des alliages ferreux par spectroscopie d’émission du plasma induite par laser (LIBS) : analyse d’aciers trempés et applications archéologiques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Extracting information on ancient manufacturing techniques and exchange networks from metallic artefacts: a case study on arms and armour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Foy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Mocuta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Motto-Ros</w:t>
+                <w:t xml:space="preserve">Sebastian Schöder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Spectratom 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Pau, France</w:t>
+              <w:t xml:space="preserve">18th SOLEIL Users’ Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Saint-Aubin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05357764v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting information on ancient manufacturing techniques and exchange networks from metallic artefacts: a case study on arms and armour</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Exchanges networks and manufacturing techniques in the late medieval Aegean: a case study on the Chalcis Hoard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Carò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Galai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Foy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Schöder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th SOLEIL Users’ Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Saint-Aubin, France</w:t>
+              <w:t xml:space="preserve">Archaeometallurgy in Europe 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04452917v1</w:t>
+                <w:t xml:space="preserve">hal-04854700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de la ligne de lumière DiffAbs du synchrotron SOLEIL à l’étude d’objets du patrimoine naturel, culturel et industriel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">New insight into the nature and origin of medieval ferrous artefact from non-invasive analyses and samples examination: the case of arms and armour manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gueriau</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Foy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Mocuta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Schöder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xe colloque Rayons X et matière 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Technart 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lisbon (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327592v1</w:t>
+                <w:t xml:space="preserve">hal-04429607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New experimental approach for the metallurgical study of medieval ferrous artefact: the case of arms and armour manufacturing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Nouvelles approches analytiques par diffraction des rayons X sous rayonnement synchrotron pour l’étude des techniques d’élaboration de l’armement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Reguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Foy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Mocuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SR2A 2023 –10th International Conference on Synchrotron Radiation and Neutrons in Art and Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Munich, Germany</w:t>
+              <w:t xml:space="preserve">GMPCA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456736v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04369773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles approches analytiques par diffraction des rayons X sous rayonnement synchrotron pour l’étude des techniques d’élaboration de l’armement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">New experimental approach for the metallurgical study of medieval ferrous artefact: the case of arms and armour manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Galai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Reguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Foy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Mocuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMPCA 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">SR2A 2023 –10th International Conference on Synchrotron Radiation and Neutrons in Art and Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04369773v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insight into the nature and origin of medieval ferrous artefact from non-invasive analyses and samples examination: the case of arms and armour manufacturing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Contribution de la ligne de lumière DiffAbs du synchrotron SOLEIL à l’étude d’objets du patrimoine naturel, culturel et industriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Réguer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Schöder</w:t>
+                <w:t xml:space="preserve">Pierre Gueriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technart 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Lisbon (Portugal), Portugal</w:t>
+              <w:t xml:space="preserve">Xe colloque Rayons X et matière 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04429607v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies analytiques développées pour une contribution archéométrique de la ligne de lumiére Diffbs du synchrotron SOLEIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Réguer</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Gueriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème Colloque Archéométrie du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
@@ -2560,51 +2560,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the manufacturing techniques of Renaissance armour: a coupling between metallographic and SR-XRD investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dillmann Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2685,103 +2685,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation of armor production in 16th century armorer workshops: the example of Valentin Siebenbürger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometallurgy in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Miskolc, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2800,355 +2800,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02297221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication et circulation des armures médiévales, étude interdisciplinaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Organisation of armor production in 16th century armorer workshops: the example of Valentin Siebenbürger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Verna</w:t>
+                <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Toureille</w:t>
+                <w:t xml:space="preserve">Enrique Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMPCA 2017, Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Iron in Archeaology: Bloomery smelters and blacksmiths in Europe and beyond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Praha, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01632467v1</w:t>
+                <w:t xml:space="preserve">cea-02341890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation of armor production in 16th century armorer workshops: the example of Valentin Siebenbürger</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Fabrication et circulation des armures médiévales, étude interdisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Verna</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iron in Archeaology: Bloomery smelters and blacksmiths in Europe and beyond</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Praha, Czech Republic</w:t>
+              <w:t xml:space="preserve">GMPCA 2017, Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02341890v1</w:t>
+                <w:t xml:space="preserve">hal-01632467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FABRICATION AND CIRCULATION OF MEDIEVAL ARMOR: AN ARCHAEOMETRY APPROACH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Verna</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Iron in Archaeology: Bloomery Smelters and Blacksmiths in Europe and Beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3167,277 +3167,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches interdisciplinaires sur l’armement médiéval : bombardes et armures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Produire, échanger, utiliser les métaux ferreux au Moyen-Age : nouveaux éclairages interdisciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine Verna</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leluc Sylvie</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les patrimoines en recherche d'avenir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">XIE congrès international de la société d'archéologie médiévale, moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Bayeux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02332839v1</w:t>
+                <w:t xml:space="preserve">hal-02570102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire, échanger, utiliser les métaux ferreux au Moyen-Age : nouveaux éclairages interdisciplinaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Recherches interdisciplinaires sur l’armement médiéval : bombardes et armures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Leroy</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Toureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Bérard</w:t>
+                <w:t xml:space="preserve">Leluc Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIE congrès international de la société d'archéologie médiévale, moderne et contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Bayeux, France</w:t>
+              <w:t xml:space="preserve">Les patrimoines en recherche d'avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570102v1</w:t>
+                <w:t xml:space="preserve">cea-02332839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3455,77 +3455,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des éléments légers dans les alliages ferreux anciens par LIBS (Laser Induced Breakdown Sprectroscopy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Richiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xueshi Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Comby-Zerbino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3580,90 +3580,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche matérielle de l’armure : nature, choix des matériaux et gestes techniques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3701,90 +3701,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche matérielle de l’armure : nature, choix des matériaux et gestes techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3822,90 +3822,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examinations of small slags inclusions (&amp;lt;30µm) in Italian medieval armours by LA-ICP-MS for provenance study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pécheyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3947,77 +3947,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication et usage des armures médiévales, étude interdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4072,103 +4072,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude interdisciplinaire des bombardes en fer forgé du XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique Vega</w:t>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Verna</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leluc Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMPCA 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Besançon, France</w:t>
@@ -4229,103 +4229,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrication des armures à Nuremberg : croiser les sources réglementaires et la matière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Disser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Toureille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Bernardi; Caroline Bourlet; Maxime l'Héritier; Corinne Maitte; Judicaël Petrowiste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans les règles du métier. Objets et contenus des réglementations de métier au Moyen Âge et à l'époque moderne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4412,51 +4412,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métallurgie Ancienne du Fer en Grèce : Espaces de production, armements et fers architecturaux de l’Antiquité au Moyen Âge. Rapport 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS (IRAMAT); Univeristé Paris-Saclay; MITI (CNRS). 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4506,51 +4506,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’armure du XIIIe au XVIIe siècle en Europe : une approche matérielle. Production, nature et circulation du métal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Berard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire. Université de Cergy Pontoise, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019CERG0986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4746,51 +4746,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757753v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Galai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie B&#233;rard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mocuta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-024-08029-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491761v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Car&#242;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104465" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724698v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Saleh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lustri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan J.M. Potin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc P&#233;rez-Peris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02331-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775756v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan J.-M. Potin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02560-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766397v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sch&#246;der" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina M&#252;ller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tranchant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rouqui&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-024-08026-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04058316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-03916-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03681025v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Vega" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103307" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599699v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Toureille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2021.11.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02937458v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cheyran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0JA00259C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313024v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Delomosne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roze" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Jossic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366132v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854700v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Berard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357764v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Richiero" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueshi Bai" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Motto-Ros" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452917v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sch&#246;der" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327592v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gordon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456736v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369773v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429607v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327602v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03712522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dillmann Philippe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;guer Solenn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy A Foy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vega Enrique" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297221v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Toureille" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Williams" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632467v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632474v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02332839v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluc Sylvie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570102v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369790v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Comby-Zerbino" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02403622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297218v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297203v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632449v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150308v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491626v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unipapress.com/book/dans-les-regles-du-metier/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543706v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02492587v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CERG0986" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724698v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Saleh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lustri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan J.M. Potin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc P&#233;rez-Peris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02331-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775756v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan J.-M. Potin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02560-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491761v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie B&#233;rard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Car&#242;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104465" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766397v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sch&#246;der" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina M&#252;ller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tranchant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rouqui&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-024-08026-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757753v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Galai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mocuta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-024-08029-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04058316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-03916-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599699v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verna" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Toureille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2021.11.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03681025v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Vega" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103307" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02937458v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cheyran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0JA00259C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313024v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Delomosne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roze" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Jossic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366132v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357764v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Richiero" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueshi Bai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Motto-Ros" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sch&#246;der" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854700v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Berard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429607v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369773v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456736v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327592v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gordon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327602v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03712522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dillmann Philippe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;guer Solenn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy A Foy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vega Enrique" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297221v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Toureille" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Williams" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341890v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632467v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632474v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570102v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02332839v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluc Sylvie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369790v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Comby-Zerbino" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02403622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297218v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297203v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632449v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150308v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491626v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unipapress.com/book/dans-les-regles-du-metier/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543706v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02492587v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CERG0986" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>