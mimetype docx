--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -106,330 +106,330 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adults with autism have numerous needs, and so do their parents!</w:t>
+                <w:t xml:space="preserve">What are we targeting when we support inclusive education for autistic students? A systematic review of 233 empirical studies and call for community partnerships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+                <w:t xml:space="preserve">Valentine Perrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Frybourg</w:t>
+                <w:t xml:space="preserve">Aline Veyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dexet</w:t>
+                <w:t xml:space="preserve">Léa Chawki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cappe</w:t>
+                <w:t xml:space="preserve">Claire Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
+              <w:t xml:space="preserve">Autism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10803-025-06975-w⟩</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/13623613251352223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05247740v1</w:t>
+                <w:t xml:space="preserve">hal-05266893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are we targeting when we support inclusive education for autistic students? A systematic review of 233 empirical studies and call for community partnerships</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adults with autism have numerous needs, and so do their parents!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Veyre</w:t>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Chawki</w:t>
+                <w:t xml:space="preserve">L. Frybourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Margot</w:t>
+                <w:t xml:space="preserve">M. Dexet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Cappe</w:t>
+                <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autism</w:t>
+              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/13623613251352223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10803-025-06975-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266893v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Systematic Review of Parental Well-being in Autism Spectrum: A Cross-Disorder and Cross-Cultural Comparative Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Chawki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Perrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -463,77 +463,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parental well-being among French parents of children with Developmental Coordination Disorder (DCD): A Cross-Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Chawki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Huron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Psychologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 260, pp.105610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -567,51 +567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Stress and Burnout Specific to French Teachers of Autistic Students? A Comparative Study With Attention‐Deficit/Hyperactivity Disorder and Conduct Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -723,51 +723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucyna Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Biette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Child: Care, Health and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 51 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1297,239 +1297,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">School burnout and schoolwork engagement profiles among French high school students: Associations with perceived academic stress and social support</w:t>
+                <w:t xml:space="preserve">Burnout scolaire et engagement dans le travail scolaire chez les lycéens : identification de profils, associations avec le stress perçu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Ridremont</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Research on Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Questions d'orientation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634904v1</w:t>
+                <w:t xml:space="preserve">hal-04848286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burnout scolaire et engagement dans le travail scolaire chez les lycéens : identification de profils, associations avec le stress perçu</w:t>
+                <w:t xml:space="preserve">School burnout and schoolwork engagement profiles among French high school students: Associations with perceived academic stress and social support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émilie Cappe</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ridremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions d'orientation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Research on Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jora.12991⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848286v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychosocial effects of hypnosis in patients with obesity: a pilot randomized controlled trial</w:t>
               </w:r>
@@ -2164,51 +2164,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôler le stress pour soutenir le bien-être et la persévérance des élèves.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2384,51 +2384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceived dyadic coping, anxiety, depression and satisfaction with life of women diagnosed with fibromyalgia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bolduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2652,51 +2652,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Results of the Effects of a Psychoeducational Program on Stress and Quality of Life Among French Parents of a Child With Autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Downes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2916,51 +2916,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Loyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Devouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 104, pp.103716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3297,51 +3297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Downes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Engelberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3401,51 +3401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carol Sankey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3479,51 +3479,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satisfaction parentale face à un programme de soutien destiné aux parents d’enfants ayant un trouble du spectre de l’autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Stipanicic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3713,90 +3713,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supporting Parents of a Child with Autism Spectrum Disorder: The French Awakening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carol Sankey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Ilg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49 (3), pp.1142-1153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3843,77 +3843,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vécu psychologique d’adolescents ayant un frère ou une sœur porteur d’un Trouble du Spectre de l’Autisme et qualité des relations intrafamiliales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Nillama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bellalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 177, pp.149 - 156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4089,51 +4089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of life of French Canadian parents raising a child with autism spectrum disorder and effects of psychosocial factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4520,51 +4520,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LA SCOLARISATION DES ÉLÈVES AUTISTES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation &amp; formations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 92, pp.137-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4598,51 +4598,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scolarisation des enfants ayant un trouble du spectre de l’autisme et expérience des enseignants : sentiment d’auto-efficacité, stress perçu et soutien social perçu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Smock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4998,51 +4998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Ridremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5119,51 +5119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Ridremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Autism Research Annual Meeting 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Seattle (USA), Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5201,51 +5201,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiles of school burnout and engagement among French high school students: links with study intentions and school performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5328,51 +5328,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajustement scolaire des lycéens : perspective transactionnelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5449,95 +5449,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pellenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Plumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristopher Lamore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Dunod. </w:t>
+              <w:t xml:space="preserve">Emilie Boujut; Nicolas Meylan; Emilie Cappe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptation au stress en contexte scolaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dunod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.453-464, 2025, 978 2 10 085765 4</w:t>
             </w:r>
@@ -5591,51 +5591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pellenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Plumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristopher Lamore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5729,51 +5729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptation au stress en contexte scolaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6015,51 +6015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Núñez-Regueiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6165,51 +6165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Meylan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DUNOD, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6227,64 +6227,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2019, 2100785818</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6347,51 +6347,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources de stress et de soutien, lesquels comptent pour l’ajustement au lycée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6429,77 +6429,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité de vie, anxiété et dépression chez les parents d'enfants atteints de trouble de la coordination du développement : une étude exploratoire française [Communication Orale]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Chawki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Huron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Colloque International de l’Association du RIPSYDEVE. Reims, France.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6524,77 +6524,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être des parents d'enfants ayant un trouble du spectre de l'autisme ou un trouble développemental de la coordination : études comparatives interculturelle et intertroubles [Communication Orale].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Chawki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Huron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séance plénière du Conseil Scientifique de l'Éducation Nationale, Ministère de l'Éducation Nationale, Paris, France.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6619,51 +6619,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are stress and burnout specific to French teachers of autistic students? A comparative study with attention-deficit/hyperactivity disorder and conduct disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Ridremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6740,51 +6740,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burnout scolaire dans le secondaire : comment se développe-t-il ? Une revue systématique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lichtlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6848,51 +6848,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attachement et bien-être dans le travail scolaire au lycée : effet de médiation du soutien social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Meylan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6956,51 +6956,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">School Burnout among Adolescents. Results from the First Systematic Review of Longitudinal Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Vansoeterstede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lichtlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7220,51 +7220,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frybourg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dexet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06975-w" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266893v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Perrelet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Veyre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chawki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Margot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cappe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613251352223" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470596v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-025-00529-7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475937v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.105610" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309784v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Despax" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ridremont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pits.23409" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266896v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Mccrossin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucyna Lach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Biette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cch.70123" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097228v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vansoeterstede" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie J Cappe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meylan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C Boujut" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pits.23587" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688990v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Mcpeake" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristopher Lamore" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Boujut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle El Khoury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13603116.2024.2380269" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774170v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lichtl&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sperduti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monest&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cappe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-024-00483-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570802v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaora Zefania Dialahy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude de Gaulmyn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Amestoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.2002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jora.12991" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848286v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04156564v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delestre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leh&#233;ricey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2022.2152308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421780v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Desquenne Godfrey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Downes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-022-05830-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848131v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pellenq" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2023.102172" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572138v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mottron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00431-022-04796-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112150v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240544v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554200v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maude Geoffray" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Isnard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lemonnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jo&#235;lle Or&#234;ve" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613211020916" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04156572v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bolduc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcoque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jammet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rostaing-Rigattieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2020.09.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572164v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pedoux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-021-05097-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505218v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Albert-Benaroya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Allard Ech-Chouikh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1088357620986946" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-020-01884-1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365900v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derguy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loyal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2020.103716" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572159v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Or&#234;ve" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-020-04744-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568531v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Decroocq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soulas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Engelberg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1362361319899766" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568527v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-019-00190-x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568535v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20473869.2019.1598721" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568559v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Stipanicic" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Rousseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Couture" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rivest" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1066865ar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486211v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bellalou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.11.002" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ilg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-018-3800-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486637v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nillama" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.02.017" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519012v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bolduc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poirier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antoneta Popa-Roch" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2017.07.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4747NGZJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572232v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Belzil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Dionne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-017-1757-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572238v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519001v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie-Anne Palomares" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Dean" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2017.01.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0GKQRZBT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01521773v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/halshs-01521773" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572344v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Smock" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.05.006" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572289v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Roug&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Saiag" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delorme" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-016-1446-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578889v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306247v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nieuwenhuys" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297612v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/adaptation-au-stress-en-contexte-scolaire" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334963v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05334941v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352885v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607457v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607560v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252118v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309879v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623651v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160214v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848285v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848347v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970880v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240435v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240467v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240391v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266893v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Perrelet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Veyre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chawki" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Margot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cappe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613251352223" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247740v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frybourg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dexet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06975-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470596v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-025-00529-7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475937v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.105610" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309784v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Despax" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ridremont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pits.23409" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266896v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Mccrossin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucyna Lach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Biette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cch.70123" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097228v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vansoeterstede" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie J Cappe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meylan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C Boujut" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pits.23587" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688990v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Mcpeake" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristopher Lamore" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Boujut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle El Khoury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13603116.2024.2380269" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774170v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lichtl&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sperduti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monest&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cappe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-024-00483-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570802v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaora Zefania Dialahy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude de Gaulmyn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Amestoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.2002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848286v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634904v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jora.12991" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04156564v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delestre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leh&#233;ricey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2022.2152308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421780v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Desquenne Godfrey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Downes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-022-05830-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848131v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pellenq" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2023.102172" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572138v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mottron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00431-022-04796-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112150v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240544v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554200v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maude Geoffray" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Isnard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lemonnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jo&#235;lle Or&#234;ve" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613211020916" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04156572v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bolduc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcoque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jammet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rostaing-Rigattieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2020.09.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572164v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pedoux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-021-05097-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505218v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Albert-Benaroya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Allard Ech-Chouikh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1088357620986946" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-020-01884-1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365900v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derguy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loyal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2020.103716" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572159v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Or&#234;ve" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-020-04744-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568531v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Decroocq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soulas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Engelberg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1362361319899766" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568527v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40489-019-00190-x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568535v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20473869.2019.1598721" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568559v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Stipanicic" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Rousseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Couture" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rivest" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1066865ar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486211v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bellalou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.11.002" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ilg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-018-3800-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486637v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nillama" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.02.017" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519012v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bolduc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poirier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antoneta Popa-Roch" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2017.07.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4747NGZJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572232v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Belzil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Dionne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-017-1757-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572238v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519001v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie-Anne Palomares" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Dean" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2017.01.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0GKQRZBT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01521773v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/halshs-01521773" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572344v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Smock" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.05.006" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572289v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Roug&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Saiag" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delorme" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-016-1446-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578889v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306247v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nieuwenhuys" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297612v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/adaptation-au-stress-en-contexte-scolaire" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334963v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05334941v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352885v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607457v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607560v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252118v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309879v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623651v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160214v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848285v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848347v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970880v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240435v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240467v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240391v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>