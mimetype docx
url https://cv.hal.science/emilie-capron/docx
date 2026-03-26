--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.31531531532px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emilie Capron </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple sources of atmospheric CO 2 activated by AMOC recovery at the onset of interglacial MIS 9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Krauss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Baggenstos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béla Tuzson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jame A Menking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 122 (23), pp.e2423057122. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2423057122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZEMBA v1.0: an energy and moisture balance climate model to investigate Quaternary climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel F J Gunning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerim H Nisancioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderik S W van de Wal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (9), pp.2479-2508. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-18-2479-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the southern polar and subpolar warming in the PMIP4 last interglacial simulations using paleoclimate data syntheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael H Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (2), pp.419-440. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-21-419-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a coherent chronological framework for ice cores, marine sediment cores and speleothems over the last 640 000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.533-554. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and regional sea-surface temperature changes over the Marine Isotopic Stage 9e and Termination IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Stevenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Coutelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (11), pp.1895-1916. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-21-1895-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centennial-scale variations in the carbon cycle enhanced by high obliquity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Menviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Wohleber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-024-01556-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaporative controls on Antarctic precipitation: an ECHAM6 model study using innovative water tracer diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison J Mclaren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas J Bracegirdle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cryosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.683 - 703. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/tc-18-683-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the relationship between &amp;lt;i&amp;gt;δ&amp;lt;/i&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;∕N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; variability and ice sheet surface conditions in Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romilly Harris Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cryosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (8), pp.3741 - 3763. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/tc-18-3741-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the southern polar and subpolar warming in the PMIP4 Last Interglacial simulations using paleoclimate data syntheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael H Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGUsphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-2024-1261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local summer temperature changes over the past 440 ka revealed by the total air content in the Antarctic EPICA Dome C ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuzhen Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhipeng Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (6), pp.1269-1282. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-20-1269-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Paleochrono-1.1 probabilistic model to derive a common age model for several paleoclimatic sites using absolute and relative dating constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Corrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (23), pp.8735-8750. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-17-8735-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04957390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Antarctic Ice Core Chronology 2023 (AICC2023) chronological framework and associated timescale for the European Project for Ice Coring in Antarctica (EPICA) Dome C ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grisart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (11), pp.2257 - 2286. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-19-2257-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gradual change is more likely to have caused the Mid-Pleistocene Transition than an abrupt event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Earth &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (1), pp.90. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43247-023-00754-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back to the future? Climate clues from past warm periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cirenia Arias Baldrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.68 - 74. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science behind the comic: ice-core records as clues to past changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: What can we learn from past warm worlds for our future?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Vannière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaelle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graciela Gil-Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Eggleston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.3. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale features of Last Interglacial climate: Results from evaluating the lig127k simulations for the Coupled Model Intercomparison Project (CMIP6)-Paleoclimate Modeling Intercomparison Project (PMIP4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther C. Brady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris M. Brierley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yarrow L. Axford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (1), pp.63-94. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-17-63-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 120,000-year long climate record from a NW-Greenland deep ice core at ultra-high resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasileios Gkinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Vinther</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Popp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thea Quistgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Katrine Faber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.141. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-021-00916-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The anatomy of past abrupt warmings recorded in Greenland ice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Popp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-22241-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03207631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of the latest warm climate: the PmiP last interglacial Working group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Scussolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masa Kageyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.90-91. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.29.2.90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipolar volcanic synchronization of abrupt climate change in Greenland and Antarctic ice cores during the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorthe Dahl-Jensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jørgen Peder Steffensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sune Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (4), pp.1565-1580. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-16-1565-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03081121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronous timing of abrupt climate changes during the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen C Corrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John C Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sune Olander Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DEEPICE research and training network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (2), </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.28.2.63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The penultimate deglaciation: protocol for Paleoclimate Modelling Intercomparison Project (PMIP) phase 4 transient numerical simulations between 140 and 127 ka, version 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Menviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Dutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lev Tarasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (8), pp.3649-3685. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-12-3649-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaCTS 1.0: A Crowdsourced Reporting Standard for Paleoclimate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Emile‐geay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.P. Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Garijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34, pp.1570-1596. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019PA003632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeoclimate constraints on the impact of 2 °C anthropogenic warming and beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubertus Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin J. Meissner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan C. Mix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerilie Abram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Austermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (7), pp.474 - 485. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-018-0146-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01883055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ice core evidence for decoupling between midlatitude atmospheric water cycle and Greenland temperature during the last deglaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel S. Toucanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael A Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (10), pp.1405 - 1415. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-14-1405-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Icechrono1 : un modèle probabiliste pour calculer une chronologie commune et optimale pour plusieurs carottes de glace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux‑dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (2), pp.179-184. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the dynamical representation and our understanding of the warmer‑than‑present last interglacial climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma J Stone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (2), pp.185-193. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early last glacial intra-interstadial climate variability recorded in a Sardinian speleothem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Columbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Woodhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo de Waele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 169, pp. 391-397</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical evaluation of climate syntheses to benchmark CMIP6/PMIP4 127 ka Last Interglacial simulations in the high-latitude regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168, pp.137 - 150. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The PMIP4 contribution to CMIP6 – Part 2: Two interglacials, scientific objective and experimental design for Holocene and Last Interglacial simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Braconnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy P. Harrison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayako Abe-Ouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (11), pp.3979-4003. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-10-3979-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase relationships between orbital forcing and the composition of air trapped in Antarctic ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (3), pp.729-748. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-729-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01387534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interglacials of the last 800,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Crucifix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Hodell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mangili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Mcmanus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (1), pp.162 - 219. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015rg000482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How warm was Greenland during the last interglacial period?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra M. Langebroek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepijn Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (9), pp.1933 - 1948. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-1933-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IceChrono1: a probabilistic model to compute a common and optimal chronology for several ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (5), pp.1473-1492. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-8-1473-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01204928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorine isotope composition in chlorofluorocarbons CFC-11, CFC-12 and CFC-113 in firn, stratospheric and tropospheric air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Allin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Laube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mckenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (12), pp.6867--6877. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-15-6867-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of events from the onset to the demise of the Last Interglacial: Evaluating strengths and limitations of chronologies used in climatic archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Tzedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Verheyden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Ghaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.1-36. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2015.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01323547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Last Interglacial temperature data synthesis as an improved benchmark for climate modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.J. Stone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (1), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NGRIP CH4 concentration from 120 to 10 kyr before present and its relation to a δ15N temperature reconstruction from the same ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Eicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.903-920. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-10-903-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and spatial structure of multi-millennial temperature changes at high latitudes during the Last Interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma J Stone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Mulitza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 103, pp.116-133. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.08.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Highlights: Investigating Past Interglacials - Dating and synchronizing paleoclimatic records over the last interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Tzedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.26-27. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.21.1.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eemian interglacial reconstructed from a Greenland folded ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dahl-Jensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aldahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Balslev-Clausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 493, pp.489-494. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00821220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimized multi-proxy, multi-site Antarctic ice and gas orbital chronology (AICC2012): 120-800 ka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Toye Mahamadou Kele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Veres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), pp.1715-1731. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-1715-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warm climate isotopic simulations: What do we learn about interglacial signals in Greenland ice cores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.C. Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Risi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Tindall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sjolte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67 (may), pp.59-80. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2013.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Antarctic ice core chronology (AICC2012): an optimized multi-parameter and multi-site dating approach for the last 120 thousand years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Veres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Toye Mahamadou Kele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), pp.1733-1748. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-1733-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-phase change in CO2, Antarctic temperature and global climate during Termination II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jouzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (12), pp.1062-1065. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacial-interglacial dynamics of Antarctic firn columns: comparison between simulations and ice core air- δ 15N measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cauquoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9, pp.983-999. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-983-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial gradients of temperature, accumulation and δ18O-ice in Greenland over a series of Dansgaard–Oeschger events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Orsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (3), pp.1029-1051. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/CP-9-1029-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent influence of ice sheet melting on high northern latitude climate during the early Last Interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Braconnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Cortijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Duplessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.483-507. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-8-483-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global picture of the first abrupt climatic event occurring during the last glacial inception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (15), </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2012GL052656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new multi-gas constrained model of trace gas non-homogeneous transport in firn: evaluation and behavior at eleven polar sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Martinerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kawamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (3), pp.11465-11483. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-11465-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards orbital dating of the EPICA Dome C ice core using δO2/N2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. F. Loutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.191- 203. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-8-191-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional imprints of millennial variability during the MIS 3 period around Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48, pp.99-112. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2012.05.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Links between MIS 11 millennial to sub-millennial climate variability and long term trends as revealed by new high resolution EPICA Dome C deuterium data &ndash; A comparison with the Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cattani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (2), pp.437 - 450. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-7-437-2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01559486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TALDICE-1 age scale of the Talos Dome deep ice core, East Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Frezzotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-7-1-2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00649642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of the bipolar see-saw in Antarctic climate records during the last deglaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Frezzotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barbante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (1), pp.46-49. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00647558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric nitrous oxide during the last 140,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 300 (1-2), pp.33-43. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2010.09.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00653759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millennial and sub-millennial scale climatic variations recorded in polar ice cores over the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (3), pp.345-365. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-6-345-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00652892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What drives the millennial and orbital variations of δ18Oatm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sanchez-Goñi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (1-2), pp.235-246. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.QUASCIREV.2009.07.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronising EDML and NorthGRIP ice cores using 18O of atmosheric oxygen (18Oatm) and CH4 measurements over MIS5 (80-123 kyr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (1-2), pp.222-234. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2009.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00420758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; variations in and just below the bubble–clathrate transformation zone of Antarctic ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieter Lüthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Bereiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Stauffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakob Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 297 (1-2), pp.226-233. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2010.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polar climatic sequence over the first Dansgaard-Oeschger event (DO 25) of the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étonnante physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Budtova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Smallenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannelore Derluyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Séverine Martrenchard. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.422, 2023, 9782271148902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycles and aerosols over the last million years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bopp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Vadsaria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Ramstein; Amaëlle Landais; Nathaelle Bouttes; Pierre Sepulchre; Aline Govin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.271-300, 2021, Frontiers in Earth Sciences, 978-3-030-24982-3. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-24982-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Orbital Dating in Deep Ice Core Provides Accurate Marine-Ice Sequences over Old Terminations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Klüssendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-11255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local climate influences δO2/N2 variability in ice core records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romilly Harris Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-10519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale features of Last Interglacial climate: Results from evaluating the &lt;i&gt;lig127k&lt;/i&gt; simulations for CMIP6-PMIP4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Brady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Brierley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yarrow Axford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interglacials of the 41 ka-world and the Mid-Pleistocene Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chalk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Drew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Panagiotopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PAGES. 2017, pp.155-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'air piégé dans les glaces polaires: Contraintes chronologiques et caractérisation de la variabilité climatique rapide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Climatologie. Université de Versailles-Saint Quentin en Yvelines, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00579600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId339"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.31531531532px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Emilie Capron </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (63)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidisciplinary science funding is more than ever a planetary priority: reflections from the Make Our Planet Great Again (MOPGA) program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Ervens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Parmesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Amato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christhel Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Climate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 5 (3), pp.e0000849. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pclm.0000849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and regional sea-surface temperature changes over the Marine Isotopic Stage 9e and Termination IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Stevenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Coutelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (11), pp.1895-1916. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-21-1895-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a coherent chronological framework for ice cores, marine sediment cores and speleothems over the last 640 000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357 (G1), pp.533-554. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455586v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZEMBA v1.0: an energy and moisture balance climate model to investigate Quaternary climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel F J Gunning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerim H Nisancioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roderik S W van de Wal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (9), pp.2479-2508. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-18-2479-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple sources of atmospheric CO 2 activated by AMOC recovery at the onset of interglacial MIS 9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Krauss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Baggenstos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béla Tuzson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jame A Menking</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 122 (23), pp.e2423057122. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2423057122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the southern polar and subpolar warming in the PMIP4 last interglacial simulations using paleoclimate data syntheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael H Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (2), pp.419-440. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-21-419-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centennial-scale variations in the carbon cycle enhanced by high obliquity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Menviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Wohleber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-024-01556-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaporative controls on Antarctic precipitation: an ECHAM6 model study using innovative water tracer diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison J Mclaren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas J Bracegirdle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cryosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.683 - 703. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/tc-18-683-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the relationship between &amp;lt;i&amp;gt;δ&amp;lt;/i&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;∕N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; variability and ice sheet surface conditions in Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romilly Harris Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cryosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (8), pp.3741 - 3763. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/tc-18-3741-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the southern polar and subpolar warming in the PMIP4 Last Interglacial simulations using paleoclimate data syntheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinggang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise C Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael H Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGUsphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-2024-1261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local summer temperature changes over the past 440 ka revealed by the total air content in the Antarctic EPICA Dome C ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuzhen Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhipeng Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (6), pp.1269-1282. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-20-1269-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Paleochrono-1.1 probabilistic model to derive a common age model for several paleoclimatic sites using absolute and relative dating constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Corrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (23), pp.8735-8750. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-17-8735-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04957390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gradual change is more likely to have caused the Mid-Pleistocene Transition than an abrupt event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Legrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Earth &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (1), pp.90. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43247-023-00754-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Antarctic Ice Core Chronology 2023 (AICC2023) chronological framework and associated timescale for the European Project for Ice Coring in Antarctica (EPICA) Dome C ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grisart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (11), pp.2257 - 2286. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-19-2257-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science behind the comic: ice-core records as clues to past changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back to the future? Climate clues from past warm periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cirenia Arias Baldrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.68 - 74. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: What can we learn from past warm worlds for our future?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Vannière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaelle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graciela Gil-Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Eggleston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.3. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.horiz.2.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 120,000-year long climate record from a NW-Greenland deep ice core at ultra-high resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasileios Gkinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Vinther</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Popp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thea Quistgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Katrine Faber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.141. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-021-00916-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale features of Last Interglacial climate: Results from evaluating the lig127k simulations for the Coupled Model Intercomparison Project (CMIP6)-Paleoclimate Modeling Intercomparison Project (PMIP4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther C. Brady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris M. Brierley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yarrow L. Axford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (1), pp.63-94. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-17-63-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The anatomy of past abrupt warmings recorded in Greenland ice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Popp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-22241-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03207631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of the latest warm climate: the PmiP last interglacial Working group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Scussolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masa Kageyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.90-91. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.29.2.90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipolar volcanic synchronization of abrupt climate change in Greenland and Antarctic ice cores during the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorthe Dahl-Jensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jørgen Peder Steffensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sune Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (4), pp.1565-1580. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-16-1565-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03081121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronous timing of abrupt climate changes during the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen C Corrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John C Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sune Olander Rasmussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DEEPICE research and training network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (2), </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.28.2.63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The penultimate deglaciation: protocol for Paleoclimate Modelling Intercomparison Project (PMIP) phase 4 transient numerical simulations between 140 and 127 ka, version 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Menviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Dutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lev Tarasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (8), pp.3649-3685. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-12-3649-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaCTS 1.0: A Crowdsourced Reporting Standard for Paleoclimate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Emile‐geay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.P. Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Garijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34, pp.1570-1596. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019PA003632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ice core evidence for decoupling between midlatitude atmospheric water cycle and Greenland temperature during the last deglaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel S. Toucanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael A Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (10), pp.1405 - 1415. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-14-1405-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeoclimate constraints on the impact of 2 °C anthropogenic warming and beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubertus Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin J. Meissner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan C. Mix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerilie Abram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Austermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (7), pp.474 - 485. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-018-0146-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01883055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early last glacial intra-interstadial climate variability recorded in a Sardinian speleothem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Columbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Woodhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo de Waele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 169, pp. 391-397</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the dynamical representation and our understanding of the warmer‑than‑present last interglacial climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma J Stone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (2), pp.185-193. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Icechrono1 : un modèle probabiliste pour calculer une chronologie commune et optimale pour plusieurs carottes de glace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux‑dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (2), pp.179-184. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical evaluation of climate syntheses to benchmark CMIP6/PMIP4 127 ka Last Interglacial simulations in the high-latitude regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.L. Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168, pp.137 - 150. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The PMIP4 contribution to CMIP6 – Part 2: Two interglacials, scientific objective and experimental design for Holocene and Last Interglacial simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Braconnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy P. Harrison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayako Abe-Ouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (11), pp.3979-4003. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-10-3979-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase relationships between orbital forcing and the composition of air trapped in Antarctic ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (3), pp.729-748. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-729-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01387534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interglacials of the last 800,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Crucifix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Hodell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mangili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Mcmanus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reviews of Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (1), pp.162 - 219. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015rg000482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How warm was Greenland during the last interglacial period?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra M. Langebroek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepijn Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (9), pp.1933 - 1948. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-12-1933-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorine isotope composition in chlorofluorocarbons CFC-11, CFC-12 and CFC-113 in firn, stratospheric and tropospheric air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Allin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Laube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mckenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (12), pp.6867--6877. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-15-6867-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01259074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IceChrono1: a probabilistic model to compute a common and optimal chronology for several ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Parrenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoscientific Model Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (5), pp.1473-1492. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/gmd-8-1473-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01204928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Last Interglacial temperature data synthesis as an improved benchmark for climate modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.J. Stone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (1), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of events from the onset to the demise of the Last Interglacial: Evaluating strengths and limitations of chronologies used in climatic archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Tzedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Verheyden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Ghaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.1-36. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2015.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01323547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and spatial structure of multi-millennial temperature changes at high latitudes during the Last Interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma J Stone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Mulitza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 103, pp.116-133. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.08.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NGRIP CH4 concentration from 120 to 10 kyr before present and its relation to a δ15N temperature reconstruction from the same ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Eicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.903-920. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-10-903-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glacial-interglacial dynamics of Antarctic firn columns: comparison between simulations and ice core air- δ 15N measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cauquoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9, pp.983-999. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-983-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial gradients of temperature, accumulation and δ18O-ice in Greenland over a series of Dansgaard–Oeschger events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kindler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Orsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (3), pp.1029-1051. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/CP-9-1029-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An optimized multi-proxy, multi-site Antarctic ice and gas orbital chronology (AICC2012): 120-800 ka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Toye Mahamadou Kele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Veres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), pp.1715-1731. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-1715-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warm climate isotopic simulations: What do we learn about interglacial signals in Greenland ice cores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.C. Sime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Risi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Tindall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sjolte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.W. Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67 (may), pp.59-80. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2013.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eemian interglacial reconstructed from a Greenland folded ice core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dahl-Jensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aldahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Azuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Balslev-Clausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 493, pp.489-494. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00821220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Highlights: Investigating Past Interglacials - Dating and synchronizing paleoclimatic records over the last interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Tzedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Past Global Changes Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.26-27. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22498/pages.21.1.26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Antarctic ice core chronology (AICC2012): an optimized multi-parameter and multi-site dating approach for the last 120 thousand years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Veres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Toye Mahamadou Kele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), pp.1733-1748. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-9-1733-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-phase change in CO2, Antarctic temperature and global climate during Termination II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jouzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (12), pp.1062-1065. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards orbital dating of the EPICA Dome C ice core using δO2/N2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. F. Loutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.191- 203. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-8-191-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional imprints of millennial variability during the MIS 3 period around Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48, pp.99-112. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2012.05.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new multi-gas constrained model of trace gas non-homogeneous transport in firn: evaluation and behavior at eleven polar sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Witrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Martinerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kawamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (3), pp.11465-11483. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-11465-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global picture of the first abrupt climatic event occurring during the last glacial inception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (15), </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2012GL052656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent influence of ice sheet melting on high northern latitude climate during the early Last Interglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Govin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Braconnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Cortijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Duplessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.483-507. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-8-483-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Links between MIS 11 millennial to sub-millennial climate variability and long term trends as revealed by new high resolution EPICA Dome C deuterium data &ndash; A comparison with the Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cattani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (2), pp.437 - 450. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-7-437-2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01559486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TALDICE-1 age scale of the Talos Dome deep ice core, East Antarctica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Frezzotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-7-1-2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00649642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of the bipolar see-saw in Antarctic climate records during the last deglaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Stenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Frezzotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barbante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (1), pp.46-49. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ngeo1026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00647558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What drives the millennial and orbital variations of δ18Oatm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sanchez-Goñi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (1-2), pp.235-246. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.QUASCIREV.2009.07.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millennial and sub-millennial scale climatic variations recorded in polar ice cores over the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate of the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (3), pp.345-365. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/cp-6-345-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00652892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric nitrous oxide during the last 140,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baumgartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 300 (1-2), pp.33-43. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2010.09.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00653759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronising EDML and NorthGRIP ice cores using 18O of atmosheric oxygen (18Oatm) and CH4 measurements over MIS5 (80-123 kyr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lemieux-Dudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Masson-Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (1-2), pp.222-234. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2009.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00420758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; variations in and just below the bubble–clathrate transformation zone of Antarctic ice cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieter Lüthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Bereiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernhard Stauffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakob Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 297 (1-2), pp.226-233. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2010.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polar climatic sequence over the first Dansgaard-Oeschger event (DO 25) of the last glacial period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chappellaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schilt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Buiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, à renseigner, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étonnante physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Le Merrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Budtova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Smallenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannelore Derluyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Séverine Martrenchard. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.422, 2023, 9782271148902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycles and aerosols over the last million years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaëlle Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bopp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Albani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Vadsaria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Ramstein; Amaëlle Landais; Nathaelle Bouttes; Pierre Sepulchre; Aline Govin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.271-300, 2021, Frontiers in Earth Sciences, 978-3-030-24982-3. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-24982-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local climate influences δO2/N2 variability in ice core records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romilly Harris Stuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christo Buizert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-10519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Orbital Dating in Deep Ice Core Provides Accurate Marine-Ice Sequences over Old Terminations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Klüssendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellyn Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Guilluy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-11255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale features of Last Interglacial climate: Results from evaluating the &lt;i&gt;lig127k&lt;/i&gt; simulations for CMIP6-PMIP4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bette Otto-Bliesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Brady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anni Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Brierley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yarrow Axford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interglacials of the 41 ka-world and the Mid-Pleistocene Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chalk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Drew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Panagiotopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PAGES. 2017, pp.155-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'air piégé dans les glaces polaires: Contraintes chronologiques et caractérisation de la variabilité climatique rapide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Climatologie. Université de Versailles-Saint Quentin en Yvelines, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00579600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId346"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345776v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Krauss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baggenstos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Schmitt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;la Tuzson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jame A Menking" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2423057122" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345799v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F J Gunning" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerim H Nisancioglu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Capron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderik S W van de Wal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-2479-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345769v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinggang Gao" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise C Sime" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael H Rhodes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Sivankutty" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-21-419-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455586v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellyn Auriol" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parrenin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.318" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345758v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Stevenard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Capron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Legrain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coutelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-21-1895-2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732794v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Legrain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Menviel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Wohleber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-024-01556-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748280v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison J Mclaren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Bracegirdle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-683-2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romilly Harris Stuart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christo Buizert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-3741-2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758791v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2024-1261" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748263v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Raynaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuzhen Yin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhipeng Wu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-1269-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957390v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Corrick" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-8735-2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282265v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grisart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pri&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-19-2257-2023" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758865v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00754-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828403v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;lle Bouttes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cirenia Arias Baldrich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.68" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828457v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.67" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907490v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vanni&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaelle Bouttes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Gil-Romera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Eggleston" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127488v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bette L. Otto-Bliesner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther C. Brady" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni Zhao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris M. Brierley" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarrow L. Axford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-63-2021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Gkinis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Vinther" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Popp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thea Quistgaard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Katrine Faber" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00916-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03207631v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rasmussen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Popp" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erhardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fischer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22241-w" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460662v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Otto-Bliesner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scussolini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masa Kageyama" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zhao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.29.2.90" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081121v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Svensson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorthe Dahl-Jensen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Peder Steffensen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blunier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Rasmussen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-1565-2020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967959v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen C Corrick" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N Drysdale" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C Hellstrom" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Olander Rasmussen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249156v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.28.2.63" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Govin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dutton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Tarasov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-12-3649-2019" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280889v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khider" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Emile&#8208;geay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Mckay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gil" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garijo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003632" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01883055v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubertus Fischer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin J. Meissner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan C. Mix" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerilie Abram" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Austermann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0146-0" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Toucanne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael A Rhodes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-14-1405-2018" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395955v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bazin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lemieux&#8209;dudon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8121" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180997v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Stone" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8029" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009162v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Columbu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Drysdale" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Woodhead" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo de Waele" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584123v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Govin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.W. Wolff" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.04.019" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181006v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bette Otto-Bliesner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy P. Harrison" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lunt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Abe-Ouchi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-3979-2017" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01387534v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ritz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-729-2016" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245836v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crucifix" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Hodell" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mangili" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mcmanus" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015rg000482" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587491v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra M. Langebroek" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepijn Bakker" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-1933-2016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01204928v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lemieux-Dudon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-1473-2015" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259074v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Allin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Laube" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kaiser" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mckenna" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-6867-2015" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01323547v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C. Tzedakis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Ghaleb" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2015.09.018" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107162v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Stone" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210635v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baumgartner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kindler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Eicher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Floch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schilt" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-10-903-2014" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180978v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mulitza" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.08.018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263880v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blunier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.21.1.26" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821220v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dahl-Jensen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Albert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aldahan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azuma" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balslev-Clausen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11789" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00995643v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Toye Mahamadou Kele" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Veres" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-1715-2013" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108532v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Sime" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Risi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Tindall" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sjolte" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.01.009" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00995618v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-1733-2013" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396021v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landais" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jouzel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1985" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861133v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buiron" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cauquoin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chappellaz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-983-2013" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103271v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillevic" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bazin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orsi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/CP-9-1029-2013" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180961v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-483-2012" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103665v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GL052656" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822372v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martinerie" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hogan" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laube" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kawamura" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11465-2012" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843918v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pol" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Loutre" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-191-2012" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931516v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stenni" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2012.05.023" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MCFSCNV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559486v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pol" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cattani" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-437-2011" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00649642v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Buiron" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chappellaz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Stenni" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Frezzotti" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Baumgartner" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-1-2011" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647558v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frezzotti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbante" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1026" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00653759v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schwander" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.09.027" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652892v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-6-345-2010" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103255v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sanchez-Go&#241;i" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.QUASCIREV.2009.07.005" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N04M4SJ1-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420758v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemieux-Dudon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2009.07.014" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200967v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter L&#252;thi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bereiter" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Stauffer" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Winkler" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Schwander" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.06.023" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0H1D38XS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113492v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027447v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ramstein" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Vadsaria" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-24982-3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24982-3_23" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490121v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kl&#252;ssendorf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Guilluy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-11255" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490124v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10519" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990853v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Brady" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brierley" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarrow Axford" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703406v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalk" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Capron" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Drew" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Panagiotopoulos" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00579600v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548559v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richards" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ervens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Parmesan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christhel Andrade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000849" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345758v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Stevenard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Capron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Legrain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coutelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-21-1895-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455586v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellyn Auriol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Capron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parrenin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.318" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345799v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F J Gunning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerim H Nisancioglu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderik S W van de Wal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-2479-2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345776v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Krauss" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baggenstos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Schmitt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;la Tuzson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jame A Menking" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2423057122" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345769v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinggang Gao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise C Sime" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael H Rhodes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Sivankutty" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-21-419-2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Legrain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Menviel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Wohleber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-024-01556-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748280v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison J Mclaren" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Bracegirdle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-683-2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679707v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romilly Harris Stuart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christo Buizert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-3741-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758791v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2024-1261" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748263v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Raynaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuzhen Yin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhipeng Wu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-1269-2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957390v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Corrick" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-8735-2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758865v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00754-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282265v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grisart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pri&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-19-2257-2023" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828457v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;lle Bouttes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.67" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828403v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cirenia Arias Baldrich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.68" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907490v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vanni&#232;re" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaelle Bouttes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Gil-Romera" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Eggleston" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.horiz.2.3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Gkinis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Vinther" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Popp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thea Quistgaard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Katrine Faber" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00916-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127488v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bette L. Otto-Bliesner" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther C. Brady" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni Zhao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris M. Brierley" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarrow L. Axford" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-63-2021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03207631v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rasmussen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Popp" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erhardt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fischer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22241-w" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460662v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Otto-Bliesner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scussolini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masa Kageyama" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zhao" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.29.2.90" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081121v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Svensson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorthe Dahl-Jensen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Peder Steffensen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blunier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Rasmussen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-1565-2020" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967959v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen C Corrick" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N Drysdale" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C Hellstrom" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Olander Rasmussen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249156v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.28.2.63" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273527v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Govin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dutton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Tarasov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-12-3649-2019" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280889v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khider" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Emile&#8208;geay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Mckay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garijo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003632" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Toucanne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael A Rhodes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-14-1405-2018" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01883055v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubertus Fischer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin J. Meissner" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan C. Mix" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerilie Abram" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Austermann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0146-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009162v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Columbu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Drysdale" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Woodhead" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo de Waele" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180997v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Stone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8029" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395955v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bazin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lemieux&#8209;dudon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8121" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584123v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Govin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.W. Wolff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.04.019" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181006v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bette Otto-Bliesner" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy P. Harrison" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lunt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Abe-Ouchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-3979-2017" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01387534v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ritz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-729-2016" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245836v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crucifix" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Hodell" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mangili" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mcmanus" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015rg000482" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587491v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra M. Langebroek" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepijn Bakker" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-1933-2016" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259074v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Allin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Laube" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kaiser" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mckenna" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-6867-2015" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01204928v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lemieux-Dudon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-1473-2015" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107162v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Stone" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01323547v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C. Tzedakis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verheyden" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Ghaleb" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2015.09.018" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180978v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mulitza" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.08.018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210635v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baumgartner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kindler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Eicher" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Floch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schilt" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-10-903-2014" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861133v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landais" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buiron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cauquoin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chappellaz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-983-2013" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103271v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillevic" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bazin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orsi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/CP-9-1029-2013" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00995643v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Toye Mahamadou Kele" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Veres" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-1715-2013" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108532v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Sime" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Risi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Tindall" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sjolte" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.01.009" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821220v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dahl-Jensen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Albert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aldahan" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azuma" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balslev-Clausen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11789" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263880v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blunier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22498/pages.21.1.26" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00995618v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-1733-2013" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396021v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jouzel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1985" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843918v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pol" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Loutre" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-191-2012" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931516v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stenni" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2012.05.023" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MCFSCNV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822372v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martinerie" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hogan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laube" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kawamura" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11465-2012" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103665v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GL052656" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180961v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-8-483-2012" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559486v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pol" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cattani" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-437-2011" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00649642v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Buiron" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chappellaz" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Stenni" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Frezzotti" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Baumgartner" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-1-2011" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647558v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frezzotti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbante" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1026" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103255v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sanchez-Go&#241;i" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.QUASCIREV.2009.07.005" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N04M4SJ1-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00652892v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-6-345-2010" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00653759v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schwander" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.09.027" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420758v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemieux-Dudon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2009.07.014" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200967v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter L&#252;thi" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bereiter" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Stauffer" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Winkler" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Schwander" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.06.023" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0H1D38XS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113492v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027447v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ramstein" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Vadsaria" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-24982-3" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24982-3_23" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490124v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10519" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490121v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kl&#252;ssendorf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Guilluy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-11255" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990853v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Brady" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brierley" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarrow Axford" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703406v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalk" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Capron" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Drew" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Panagiotopoulos" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00579600v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>