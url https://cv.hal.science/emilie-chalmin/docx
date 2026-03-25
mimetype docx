--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -376,51 +376,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -544,7349 +544,7478 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04828666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new methodology for incorporating weathering products into analyses of prehistoric pictorial matter: A case study at the Rocher Du Château schematic rock art site</w:t>
+                <w:t xml:space="preserve">Saint-Rémy-de-Provence – Abri Otello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bordet</w:t>
+                <w:t xml:space="preserve">B Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Henderson</w:t>
+                <w:t xml:space="preserve">Marion Massé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Jacquet</w:t>
+                <w:t xml:space="preserve">Manuel Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05104829v1</w:t>
+                <w:t xml:space="preserve">hal-05543533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ornamentation steps of the Bull Rotunda of the Lascaux cave give new insights into the Upper Palaeolithic natural life cycle</w:t>
+                <w:t xml:space="preserve">A new methodology for incorporating weathering products into analyses of prehistoric pictorial matter: A case study at the Rocher Du Château schematic rock art site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ina Reiche</w:t>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Vignaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+                <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Menu</w:t>
+                <w:t xml:space="preserve">Paul Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Geneste</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (7), pp.139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/arcm.12960⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12520-025-02235-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04498458v1</w:t>
+                <w:t xml:space="preserve">hal-05104829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Maurienne et sa haute vallée (Alpes françaises) : le Tardiglaciaire et les occupations humaines.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">État des lieux de l’archéométrie : un aperçu des études présentées lors du XXIIIe colloque du GMPCA à Chambéry (France) en 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Crouzet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Jacquet</w:t>
+                <w:t xml:space="preserve">Ariane Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Buoncristiani</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Claire Savin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, 47 (1), pp.105-115</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242539v1</w:t>
+                <w:t xml:space="preserve">hal-04461205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux de l’archéométrie : un aperçu des études présentées lors du XXIIIe colloque du GMPCA à Chambéry (France) en 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+                <w:t xml:space="preserve">La Maurienne et sa haute vallée (Alpes françaises) : le Tardiglaciaire et les occupations humaines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Buoncristiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Pinto</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (4), pp.205-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13p3k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461205v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexte géomorphologique du site archéologique de Chuchuwayha (Colombie Britannique, Canada). Apports de l’analyse sédimentologique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ornamentation steps of the Bull Rotunda of the Lascaux cave give new insights into the Upper Palaeolithic natural life cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mike Allison</w:t>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Berthet</w:t>
+                <w:t xml:space="preserve">Colette Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susan Rowley</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geomorphologie.17496⟩</w:t>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/arcm.12960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308823v1</w:t>
+                <w:t xml:space="preserve">hal-04498458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of VNIR and SWIR hyperspectral imaging to rock art studies: example of the Otello schematic rock art site (Saint-Rémy-de-Provence, Bouches-du-Rhône, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+                <w:t xml:space="preserve">Contexte géomorphologique du site archéologique de Chuchuwayha (Colombie Britannique, Canada). Apports de l’analyse sédimentologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Massé</w:t>
+                <w:t xml:space="preserve">Mike Allison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Giraud</w:t>
+                <w:t xml:space="preserve">Johan Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Schmitt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Fligiel</w:t>
+                <w:t xml:space="preserve">Susan Rowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12520-023-01812-6⟩</w:t>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (1), https://journals.openedition.org/geomorphologie/17496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.17496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293291v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The contribution of VNIR and SWIR hyperspectral imaging to rock art studies: example of the Otello schematic rock art site (Saint-Rémy-de-Provence, Bouches-du-Rhône, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Massé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Quiers</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+                <w:t xml:space="preserve">Damien Fligiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of lithic studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (8), pp.116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-023-01812-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383193v5</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for dating the surface exposure age of granite rock walls in the Mont Blanc massif by reflectance spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Maris-Froelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavi Gallach</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philip Deline</w:t>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quageo.2021.101156⟩</w:t>
+              <w:t xml:space="preserve">Journal of lithic studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164883v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383193v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Geological Collection and Methodology for Tracing the Provenance of Palaeolithic Colouring Matter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution and limits of portable X-ray fluorescence for studying Palaeolithic rock art: a case study at the Points cave (Aiguèze, Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of lithic studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2218/jls⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.102898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03106487v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution and limits of portable X-ray fluorescence for studying Palaeolithic rock art: a case study at the Points cave (Aiguèze, Gard, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Référencement géologique des ressources en matières colorantes entre l’Ardèche et le Gardon.Un outil pour appréhender les paysages vécus au cours du Paléolithique supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pradeau Jean-Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ardèche archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38, pp.14-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03233548v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Référencement géologique des ressources en matières colorantes entre l’Ardèche et le Gardon.Un outil pour appréhender les paysages vécus au cours du Paléolithique supérieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Geological Collection and Methodology for Tracing the Provenance of Palaeolithic Colouring Matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pradeau Jean-Victor</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ardèche archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of lithic studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/jls⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005590v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03106487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to distinguish red coloring matter used in prehistoric time? The contribution of visible near-infrared diffuse reflectance spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new method for dating the surface exposure age of granite rock walls in the Mont Blanc massif by reflectance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavi Gallach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Schmitt</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fayçal Soufi</w:t>
+                <w:t xml:space="preserve">Philip Deline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Color Research and Application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/col.22647⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64, pp.101156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quageo.2021.101156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03150844v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 1600 year-long sedimentary record of tsunamis and hurricanes in the Lesser Antilles (Scrub Island, Anguilla)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+                <w:t xml:space="preserve">How to distinguish red coloring matter used in prehistoric time? The contribution of visible near-infrared diffuse reflectance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2020.105806⟩</w:t>
+              <w:t xml:space="preserve">Color Research and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/col.22647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163605v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03150844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Saint-Jean-d’Arvey – Le Trou de la Féclaz » [notice archéologique]</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A 1600 year-long sedimentary record of tsunamis and hurricanes in the Lesser Antilles (Scrub Island, Anguilla)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Biguenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Chaumillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Chagué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 412, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2020.105806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351321v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From archeological layers to schematic rock art? Integrated study of the Neolithic pigments and pigmented rocks at the Rocher du Château (Western Alps, Savoie, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">« Saint-Jean-d’Arvey – Le Trou de la Féclaz » [notice archéologique]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guy André</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382409v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">45,610–52,160 years of site and landscape occupation at Nawarla Gabarnmang, Arnhem Land plateau (northern Australia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Mialanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Clarkson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Petchey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 215, pp.64-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.04.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03115548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation entre les matières colorantes issues des fouilles et des parois ornées. Méthodologie et première perspective comparative à la Grotte aux Points (Aiguèze, Gard, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+                <w:t xml:space="preserve">From archeological layers to schematic rock art? Integrated study of the Neolithic pigments and pigmented rocks at the Rocher du Château (Western Alps, Savoie, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J. Monney</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (11), pp.6065-6091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-019-00882-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01756858v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édification d'une “pigmentothèque” : vers le référencement des matières riches en oxydes de fer exploitées durant la Préhistoire en Ardèche et dans le Gard</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relation entre les matières colorantes issues des fouilles et des parois ornées. Méthodologie et première perspective comparative à la Grotte aux Points (Aiguèze, Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Monney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géochronique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 143</w:t>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 73, pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891044v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01756858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical analysis of the painted panels at the &amp;quot;Geyornis&amp;quot; rock art site, Arnhem Land, Australia</w:t>
+                <w:t xml:space="preserve">Édification d'une “pigmentothèque” : vers le référencement des matières riches en oxydes de fer exploitées durant la Préhistoire en Ardèche et dans le Gard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géochronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 143</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795568v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01891044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses physico-chimiques des peintures rupestres du Rocher du Château. De la nature des pigments à l’évolution de la paroi</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geochemical analysis of the painted panels at the &amp;quot;Geyornis&amp;quot; rock art site, Arnhem Land, Australia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryce Barker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Rubrique des Patrimoines de Savoie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 430 (Part A), pp.60-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2016.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01767755v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory implementation of X-ray diffraction/scattering computed tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyses physico-chimiques des peintures rupestres du Rocher du Château. De la nature des pigments à l’évolution de la paroi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cersoy</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thirault Eric</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Rubrique des Patrimoines de Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39, pp.28-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220399v1</w:t>
+                <w:t xml:space="preserve">halshs-01767755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les peintures rupestres du Rocher du Château à Bessans : nouvelles techniques, nouveau regard</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laboratory implementation of X-ray diffraction/scattering computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cersoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Alvarez-Murga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Rubrique des Patrimoines de Savoie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (1), pp.159-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600576714027204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01349981v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des pigments rouges du panneau de Genyornis, terre d'Arnhem, Australie : origine de l'hematite ? Red pigment study of Genyornis panel, Arnhem land, Australia: hematite origin?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les peintures rupestres du Rocher du Château à Bessans : nouvelles techniques, nouveau regard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologica et Praehistorica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 126, p. 139-160</w:t>
+              <w:t xml:space="preserve">La Rubrique des Patrimoines de Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36, pp. 22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013758v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical mapping of organic carbon in stalagmites using liquid-phase and solid-phase fluorescence</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude des pigments rouges du panneau de Genyornis, terre d'Arnhem, Australie : origine de l'hematite ? Red pigment study of Genyornis panel, Arnhem land, Australia: hematite origin?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Fanget</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Anthropologica et Praehistorica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 126, p. 139-160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01879635v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Lascaux à Van Gogh : De l’analyse de prélèvements à l’imagerie chimique non-invasive des peintures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ina Reiche</w:t>
+                <w:t xml:space="preserve">Geochemical mapping of organic carbon in stalagmites using liquid-phase and solid-phase fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chimie Nouvelle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 411, pp.240 - 247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320568v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XANES spectroscopy as a tool to trace phosphorus transformation during soil genesis and mountain ecosystem development from lake sediments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+                <w:t xml:space="preserve">De Lascaux à Van Gogh : De l’analyse de prélèvements à l’imagerie chimique non-invasive des peintures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chimie Nouvelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 117, pp. 1-11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00827536v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron X-Ray Microanalysis and Imaging of Synthetic Biological Calcium Carbonate in Comparison With Archaeological Samples Originating from the Large Cave of Arcy-sur-Cure ~28000-24500 BP, Yonne, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">XANES spectroscopy as a tool to trace phosphorus transformation during soil genesis and mountain ecosystem development from lake sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118 (118), pp. 129-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2013.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1431927613013342⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866733v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00827536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
+                <w:t xml:space="preserve">Synchrotron X-Ray Microanalysis and Imaging of Synthetic Biological Calcium Carbonate in Comparison With Archaeological Samples Originating from the Large Cave of Arcy-sur-Cure ~28000-24500 BP, Yonne, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Susini</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 19, p. 132-144. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927612013773⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 19 (06), pp. 1523-1534. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927613013342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00866728v1</w:t>
+                <w:t xml:space="preserve">halsde-00866733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of synchrotron radiation-based techniques (μ-XRD, μ-XRF, and μ-XANES) to study Fe-rich hardpans within waste-rock dump</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Susini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neues Jahrbuch für Mineralogie - Abhandlungen: Journal of Mineralogy and Geochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19, p. 132-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927612013773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00589160v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vermiculations de la grotte de Lascaux : identification de sources de matériaux mobilisables par microanalyses physico-chimiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+                <w:t xml:space="preserve">Application of synchrotron radiation-based techniques (μ-XRD, μ-XRF, and μ-XANES) to study Fe-rich hardpans within waste-rock dump</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Marescotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Luccheti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Konik</w:t>
+                <w:t xml:space="preserve">Jean Cauzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 58, pp. 29-40</w:t>
+              <w:t xml:space="preserve">Neues Jahrbuch für Mineralogie - Abhandlungen: Journal of Mineralogy and Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 188 (1), pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00806100v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00589160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Color origin and heat evidence of paleontological bones: Case study of blue and grey bones from San Josecito Cave, Mexico</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les vermiculations de la grotte de Lascaux : identification de sources de matériaux mobilisables par microanalyses physico-chimiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Chadefaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Colette Vignaud</w:t>
+                <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 94 (1), pp.27-33</w:t>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 58, pp. 29-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00450876v1</w:t>
+                <w:t xml:space="preserve">halsde-00806100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pre-Edge Analysis of Mn K-edge XANES Spectra to determine Speciation of Manganese in Minerals and Glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Color origin and heat evidence of paleontological bones: Case study of blue and grey bones from San Josecito Cave, Mexico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadefaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasinto Robles-Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Farges</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joaquin Arroyo-Cabrales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 94 (1), pp.27-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00450892v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00450876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence X-ray micro-spectroscopy activities at ESRF.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Pre-Edge Analysis of Mn K-edge XANES Spectra to determine Speciation of Manganese in Minerals and Glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon E Brown</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/186/1/012014⟩</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 157 (1), pp.111-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00410-008-0323-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00467969v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00450892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heating effect on manganese oxides used as black Paleolithic pigment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluorescence X-ray micro-spectroscopy activities at ESRF.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Salomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bleuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bohic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cauzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phase Transitions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01411590701514359⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 186, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/186/1/012014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00450941v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron radiation and cultural heritage: combined XANES/XRF study at Mn K-edge of blue, grey or black coloured palaeontological and archaeological bone material</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heating effect on manganese oxides used as black Paleolithic pigment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Menu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 23, pp.799-806. </w:t>
+              <w:t xml:space="preserve">Phase Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 81 (2-3), pp.179-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b717442j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01411590701514359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00450918v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00450941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le groupe des « bisons adossés » de Lascaux. Étude de la technique de l'artiste par analyse des pigments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">Synchrotron radiation and cultural heritage: combined XANES/XRF study at Mn K-edge of blue, grey or black coloured palaeontological and archaeological bone material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Menu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'anthropologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 23, pp.799-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b717442j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452348v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00450918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le groupe des « bisons adossés » de Lascaux. Étude de la technique de l'artiste par analyse des pigments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110, pp.482-499</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analysis of rock art painting and technology of Palaeolithic painters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Vignaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Measurement Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 14 (9), pp.1590--1597. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0957-0233/14/9/310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00693505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (82)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (83)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification des roches ferrugineuses -utilisation de la méthode de réflectance diffuse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B Schmitt</w:t>
+                <w:t xml:space="preserve">Le mystère des pépites vertes (enfin résolu!) – A la source des matières colorantes des sites paléolithiques de la vallée de l’Ardèche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Tomasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque des Collections en Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre, UGA) et Muséum d'histoire Naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées régionales de l’archéologie Auvergne Rhône Alpes 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction des affaires culturelle Auvergne Rhône Alpes - Service régional de l'Archéologie, Feb 2026, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791652v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'imagerie hyperspectrale pour comprendre le passé : application en sédimentologie et en archéologie pariétale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Masse</w:t>
+                <w:t xml:space="preserve">An exploration of reds and yellows in the Paris basin: sourcing strategies during the upper Paleolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque scientifique du groupe hyperspectral de la SFPT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFPT-GH, May 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">EAA 2024 - Persisting with change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04597711v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt d’une collection des Sciences de la Terre pour l’Archéologie - Cas des matières riches en oxy(hydroxy)des de fer du bassin versant de l’Yonne au Paléolithique récent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ochre or cinnabar? Which red for the chevron-decorated anthropomorphic stelae of southeast France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Le Turnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque des Collections en Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre) et Muséum d'histoire naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">EAA - Session #355 - OCHRE AND CULTURE: The Odyssey from exploitation to societal significance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guilhem Mauran; Daniela Eugenia Rosso, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923148v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04801907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated approach of rock art: understanding the trajectory of colouring materials from the source to the wall</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">L'imagerie hyperspectrale pour comprendre le passé : application en sédimentologie et en archéologie pariétale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Archaeologists 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">9ème colloque scientifique du groupe hyperspectral de la SFPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFPT-GH, May 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791357v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rouge des grottes et des abris ornés de la Préhistoire : construction d'une approche intégrée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intérêt d’une collection des Sciences de la Terre pour l’Archéologie - Cas des matières riches en oxy(hydroxy)des de fer du bassin versant de l’Yonne au Paléolithique récent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque La Couleur : Matière, Technique, Perception</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INHA et BNF, May 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque des Collections en Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre) et Muséum d'histoire naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791591v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An exploration of reds and yellows in the Paris basin: sourcing strategies during the upper Paleolithic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An integrated approach of rock art: understanding the trajectory of colouring materials from the source to the wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Caroline Peschaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA 2024 - Persisting with change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">European Association of Archaeologists 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05003739v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ochre or cinnabar? Which red for the chevron-decorated anthropomorphic stelae of southeast France?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le rouge des grottes et des abris ornés de la Préhistoire : construction d'une approche intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA - Session #355 - OCHRE AND CULTURE: The Odyssey from exploitation to societal significance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Guilhem Mauran; Daniela Eugenia Rosso, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Colloque La Couleur : Matière, Technique, Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA et BNF, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801907v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les roches ferrugineuses utilisées pendant la Préhistoire : documenter les ressources et construire une Pigmentothèque</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Classification des roches ferrugineuses -utilisation de la méthode de réflectance diffuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lefaucher Fanny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque des Collections en Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre) et Muséum d'histoire naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre, UGA) et Muséum d'histoire Naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792363v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visages fardés de rouge : usages et provenances des matières colorantes sur les stèles anthropomorphes provençales Néolithiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Les roches ferrugineuses utilisées pendant la Préhistoire : documenter les ressources et construire une Pigmentothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RENARAL - Rencontres autour du Néolithique en Auvergne-Rhône-Alpes (et alentours)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Eric Thiralut, Nov 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque des Collections en Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emilie Janots et Fabienne Giraud (Isterre) et Muséum d'histoire naturelle de Grenoble, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801917v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The coloring matter of the schematic rock art: from the complementarity of the analysis methods to the creation processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Coline Théron</w:t>
+                <w:t xml:space="preserve">Visages fardés de rouge : usages et provenances des matières colorantes sur les stèles anthropomorphes provençales Néolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Le Turnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bordet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">B Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th European Association of Archaelogists annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">RENARAL - Rencontres autour du Néolithique en Auvergne-Rhône-Alpes (et alentours)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Thiralut, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428827v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04801917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Step by step geochemical study of coloured and colouring material in Ardèchevalley - Points Cave Gard, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">The coloring matter of the schematic rock art: from the complementarity of the analysis methods to the creation processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Théron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pichon</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hameau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ochre Procurement Use and Meaning in Prehistoric Africa International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Mhlambanyatsi, Swaziland</w:t>
+              <w:t xml:space="preserve">29th European Association of Archaelogists annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04829204v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparer les rouges. L’étude taphonomique des parois, un pré-requis de l’analyse des matières colorantes liées à l’art rupestre</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+                <w:t xml:space="preserve">Step by step geochemical study of coloured and colouring material in Ardèchevalley - Points Cave Gard, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florian Kergourlay</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Goemaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EDYTEM, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Ochre Procurement Use and Meaning in Prehistoric Africa International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Mhlambanyatsi, Swaziland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910341v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04829204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les roches rouges et jaunes riches en fer du bassin versant de l'Yonne – Implications pour les études de provenance sur les sites de Pincevent (La Grande-Paroisse), de la grotte du Renne (Arcy-sur-Cure) et du Mont Saint-Aubin (Oisy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05003796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To compare red and red: How to correlate rock painting and colouring matter artefacts? The case of the schematic paintings of the Rocher du Château (Bessans, Haute Maurienne, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparer les rouges. L’étude taphonomique des parois, un pré-requis de l’analyse des matières colorantes liées à l’art rupestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kergourlay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nils Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Archaeometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EDYTEM, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05003748v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03910341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Step by step study of geochemical analysis. Epistemological question about iron raw colouring materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">To compare red and red: How to correlate rock painting and colouring matter artefacts? The case of the schematic paintings of the Rocher du Château (Bessans, Haute Maurienne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Éric Goemaere</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kergourlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">87th Annual Meeting of the Society for american archaeology, March 30 - April, 2022 Chicago Illinois, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for American Archaeology, Mar 2022, Chicago (IL), United States</w:t>
+              <w:t xml:space="preserve">International Symposium on Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04084582v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La variabilité des roches rouges et jaunes collectées au Magdalénien à Pincevent : genèse, sélection et altération</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Step by step study of geochemical analysis. Epistemological question about iron raw colouring materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Goemaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">87th Annual Meeting of the Society for american archaeology, March 30 - April, 2022 Chicago Illinois, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for American Archaeology, Mar 2022, Chicago (IL), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588026v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04084582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’importance des références géologiques de roches ferrugineuses pour la reconnaissance des matières archéologiques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">La variabilité des roches rouges et jaunes collectées au Magdalénien à Pincevent : genèse, sélection et altération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la conception à l’épistémologie : Nature, concepts et enjeux des référentiels en archéométrie et sciences du patrimoine. Journée thématique du Réseau national CAI-RN « Compétences archéométriques interdisciplinaires » Mission pour les Initiatives Transverses et l’Interdisciplinarité du CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DIM « Matériaux anciens et patrimoniaux » de la Région Île-de-France, Nov 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04829064v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Parthood Approach for Modeling Tangible Objects’ Composition TOC - An Application on Cultural Heritage</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">De l’importance des références géologiques de roches ferrugineuses pour la reconnaissance des matières archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Goemaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Semantic Web: ESWC 2020 Satellite Events. ESWC 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">De la conception à l’épistémologie : Nature, concepts et enjeux des référentiels en archéométrie et sciences du patrimoine. Journée thématique du Réseau national CAI-RN « Compétences archéométriques interdisciplinaires » Mission pour les Initiatives Transverses et l’Interdisciplinarité du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DIM « Matériaux anciens et patrimoniaux » de la Région Île-de-France, Nov 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-62327-2_12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03091621v1</w:t>
+                <w:t xml:space="preserve">halshs-04829064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of diffuse reflectance spectroscopy to the knowledge of prehistoric red colouring matter</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Parthood Approach for Modeling Tangible Objects’ Composition TOC - An Application on Cultural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Danash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ziebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin-Aljanabi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIC Interim Meeting Natural Colors-Digital Colors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Semantic Web: ESWC 2020 Satellite Events. ESWC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Heraklion (Crete Island), Greece. pp.67-72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-62327-2_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099173v1</w:t>
+                <w:t xml:space="preserve">hal-03091621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pigmentotheque: presentation of a set of geological standards</w:t>
+                <w:t xml:space="preserve">The contribution of diffuse reflectance spectroscopy to the knowledge of prehistoric red colouring matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Archaeometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">AIC Interim Meeting Natural Colors-Digital Colors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05003755v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles sources de matières colorantes ferrugineuses dans les grottes ornées du canyon de l’Ardèche : Grotte aux Points et Abri des Pêcheurs ? (Gard et Ardèche, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">The Pigmentotheque: presentation of a set of geological standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">International Symposium on Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430098v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provenance de matière première colorante dans le bassin versant de l’Ardèche. Identification d’un marqueur minéral</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Chanteraud</w:t>
+                <w:t xml:space="preserve">Quelles sources de matières colorantes ferrugineuses dans les grottes ornées du canyon de l’Ardèche : Grotte aux Points et Abri des Pêcheurs ? (Gard et Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéométrie 2019, 23ième colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des arts et des sciences Département d'anthropologie - Université de Montréal, May 2019, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">22ème GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04829229v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ and laboratory analysis of colouring agent from multiple contexts in the Palaeolithic rock art cave Grotte aux Points (Gard, France).</w:t>
+                <w:t xml:space="preserve">Provenance de matière première colorante dans le bassin versant de l’Ardèche. Identification d’un marqueur minéral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Symposium on Archaeometry (ISA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Merida, Mexico, Mexico</w:t>
+              <w:t xml:space="preserve">Archéométrie 2019, 23ième colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des arts et des sciences Département d'anthropologie - Université de Montréal, May 2019, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02881654v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04829229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neolithic rock art at the Rocher du Château site (Bessans, Savoy, France): the input of the coloring matter study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Thirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFRAO Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Darfo Boario Therme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7905,6604 +8034,6725 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inputs of the analysis of colouring and coloured matters into the integrated study of the rock art site of Nawarla Gabarnmang (Arnhem Land, North Territory – Australia)”</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ and laboratory analysis of colouring agent from multiple contexts in the Palaeolithic rock art cave Grotte aux Points (Gard, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Monney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFRAO Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Darfo Boario Therme, Italy</w:t>
+              <w:t xml:space="preserve">42nd International Symposium on Archaeometry (ISA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Merida, Mexico, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887724v1</w:t>
+                <w:t xml:space="preserve">hal-02881654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’in situ au laboratoire : une complémentarité essentielle pour comprendre les matières colorantes de l’art pariétal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Journée de rencontres en Archéométrie de l’IFAO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFEO, Apr 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Palaeolithic coloring agents: epistemological analysis of scientific process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Salomon</w:t>
+                <w:t xml:space="preserve">Inputs of the analysis of colouring and coloured matters into the integrated study of the rock art site of Nawarla Gabarnmang (Arnhem Land, North Territory – Australia)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pradeau Jean-Victor</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international de l’Union des Sciences Préhistoriques et Protohistoriques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">IFRAO Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Darfo Boario Therme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880736v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approach of cultural and human practices from 50,000 years ago at the rock art site of Nawarla Gabarnmang (Arnhem Land, North Territory – Australia)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Castets</w:t>
+                <w:t xml:space="preserve">On Palaeolithic coloring agents: epistemological analysis of scientific process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pradeau Jean-Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe Congrès Mondial de l’UISPP (Union des Sciences Préhistoriques et Protohistoriques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international de l’Union des Sciences Préhistoriques et Protohistoriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887728v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01880736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated study of Neolithic rock art at the Rocher du Château, a striking rock on a transalpine route (Bessans, Savoy, Vallée de la Maurienne, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approach of cultural and human practices from 50,000 years ago at the rock art site of Nawarla Gabarnmang (Arnhem Land, North Territory – Australia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe Congrès Mondial de l’UISPP (Union des Sciences Préhistoriques et Protohistoriques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888600v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution d’une pigmentothèque, un outil pour comprendre l’approvisionnement en matières colorantes durant la Préhistoire</w:t>
+                <w:t xml:space="preserve">Integrated study of Neolithic rock art at the Rocher du Château, a striking rock on a transalpine route (Bessans, Savoy, Vallée de la Maurienne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thirault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique BDD du réseau CAIRN,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nice, France</w:t>
+              <w:t xml:space="preserve">XVIIIe Congrès Mondial de l’UISPP (Union des Sciences Préhistoriques et Protohistoriques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888554v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport de la physico-chimie pour la compréhension de la matière picturale en art pariétal</w:t>
+                <w:t xml:space="preserve">Contribution d’une pigmentothèque, un outil pour comprendre l’approvisionnement en matières colorantes durant la Préhistoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Demange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde Pour une archéologie des images rupestres préhistoriques, MMSH Aix en Provence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Journée thématique BDD du réseau CAIRN,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888566v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première étude comparative des matières colorantes issues des fouilles de la Grotte aux Points.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’apport de la physico-chimie pour la compréhension de la matière picturale en art pariétal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIe colloque du GMPCA (Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Table ronde Pour une archéologie des images rupestres préhistoriques, MMSH Aix en Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880753v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le passé révélé des ancêtres aborigènes Jawoyn à Nawarla Gabarnmang (Australie) : l'étude structurale des crayons et des écailles colorées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Castets</w:t>
+                <w:t xml:space="preserve">Première étude comparative des matières colorantes issues des fouilles de la Grotte aux Points.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association Française de Cristallographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">XXIe colloque du GMPCA (Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887748v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01880753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peintures rupestres en territoire Jawoyn, Terre d’Arnhem (Australie) : Une étude intégrée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Le passé révélé des ancêtres aborigènes Jawoyn à Nawarla Gabarnmang (Australie) : l'étude structurale des crayons et des écailles colorées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Hodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno David</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sobre rocas y huesos: las sociedades prehistóricas y sus manifestaciones plásticas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arte de la Sociedades Prehistoricas, 2016, Nerja, Espagne. pp.379-405</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association Française de Cristallographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01349448v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What can the chemistry of archaeological artefacts tell us about the past? Spatio-temporal correlations at Nawarla Gabarnmang (Australia)”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Peintures rupestres en territoire Jawoyn, Terre d’Arnhem (Australie) : Une étude intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st International Symposium on Archaeometry (ISA),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Kalamata, Greece</w:t>
+              <w:t xml:space="preserve">Sobre rocas y huesos: las sociedades prehistóricas y sus manifestaciones plásticas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arte de la Sociedades Prehistoricas, 2016, Nerja, Espagne. pp.379-405</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887731v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d’une “pigmentothèque” : Comment et pourquoi – Apport de l’étude géochimique et ses limites ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What can the chemistry of archaeological artefacts tell us about the past? Spatio-temporal correlations at Nawarla Gabarnmang (Australia)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire couleur et parois ornées. Pigmentothèque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Communication présentée au Centre National de Préhistoire (CNP), 2016, Périgueux, France</w:t>
+              <w:t xml:space="preserve">41st International Symposium on Archaeometry (ISA),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Kalamata, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878467v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rayons X au service de l’art pariétal australien : identification des matières picturales et des phases d’altération</w:t>
+                <w:t xml:space="preserve">Construction d’une “pigmentothèque” : Comment et pourquoi – Apport de l’étude géochimique et ses limites ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIéme colloque Rayons X et Matière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire couleur et parois ornées. Pigmentothèque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Communication présentée au Centre National de Préhistoire (CNP), 2016, Périgueux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887753v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changements environnementaux en milieu montagnard durant la dernière moitié de l’Holocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Quiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Albéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Blyth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock art pigments: alteration and weathering processes in caves and open sites », Synchrotron radiation and neutron in art and archaeology</w:t>
+                <w:t xml:space="preserve">Les rayons X au service de l’art pariétal australien : identification des matières picturales et des phases d’altération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cersoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Hodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SR2A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">XIéme colloque Rayons X et Matière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801788v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental changes in mountain environments during Holocene. A record from organic proxies in stalagmites.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude des pigments rouges du panneau de Genyornis, terre d'Arnhem, Australie : origine de l'hematite ? Red pigment study of Genyornis panel, Arnhem land, Australia: hematite origin?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Change: The Karst Record VII (KR7)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">Table ronde internationale : Autour de l'hématite. Circulation et transformation au cours de la Préhistoire récente - Méthodes d'analyse Table ronde internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Namur, Belgium. à paraitre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01893567v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des pigments rouges du panneau de Genyornis, terre d'Arnhem, Australie : origine de l'hematite ? Red pigment study of Genyornis panel, Arnhem land, Australia: hematite origin?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental changes in mountain environments during Holocene. A record from organic proxies in stalagmites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Albéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blythe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde internationale : Autour de l'hématite. Circulation et transformation au cours de la Préhistoire récente - Méthodes d'analyse Table ronde internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Namur, Belgium. à paraitre</w:t>
+              <w:t xml:space="preserve">Climate Change: The Karst Record VII (KR7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866780v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01893567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining natural versus cultural coloured rocks (‘pigments’) at Nawarla Gabarnmang, a 48,000-50,000 year old Aboriginal site in northern Australia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIe Congrès Mondial de l’UISPP (Union des Sciences Préhistoriques et Protohistoriques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Burgos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative approach of speleothems fluorescence</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rock art pigments: alteration and weathering processes in caves and open sites », Synchrotron radiation and neutron in art and archaeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Revol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">SR2A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-01023075v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of prokaryotic and eukaryotic diversity in microbial mats from the gouffre de la Sambuy Seythenex, Savoie, France.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
+                <w:t xml:space="preserve">Quantitative approach of speleothems fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Hoblea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Tual</w:t>
+                <w:t xml:space="preserve">Morgane Revol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Karst and Microorganisms " 22nd International Karstological School "Classical karst"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Postojna, Slovenia</w:t>
+              <w:t xml:space="preserve">EGU 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-01023697v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-01023075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soils as environmental fluorescence database to explain the speleothem fluorescence signal.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+                <w:t xml:space="preserve">Characterization of prokaryotic and eukaryotic diversity in microbial mats from the gouffre de la Sambuy Seythenex, Savoie, France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Morgane Revol</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Tual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">"Karst and Microorganisms " 22nd International Karstological School "Classical karst"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Postojna, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-01023683v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-01023697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement thermique des oxydes de fer et de manganèse, application aux pigments préhistoriques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soils as environmental fluorescence database to explain the speleothem fluorescence signal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Revol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique " Archéométrie des composés du Fer et du Manganèse "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Oleron, France</w:t>
+              <w:t xml:space="preserve">EGU 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866793v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-01023683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes analytiques. Observation par microscopie électronique des oxydes de fer et de manganèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique " Archéométrie des composés du Fer et du Manganèse "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Oleron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00866796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfert des matières organiques naturelles et polluantes à travers le système karstique : rôle du mondmilch</w:t>
+                <w:t xml:space="preserve">Traitement thermique des oxydes de fer et de manganèse, application aux pigments préhistoriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire ResMO (Réseau Matières Organiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Biarritz, France</w:t>
+              <w:t xml:space="preserve">Ecole thématique " Archéométrie des composés du Fer et du Manganèse "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Oleron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866790v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochimie haute résolution sur archives naturelles continentales (sédiments, spéléothèmes, cernes d'arbres): mesures de routine et développements analytiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Develle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Astrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00933742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rock art paintings in Jawoyn country, Arnhem land: how improve knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00866777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche interdisciplinaire de la chronologie relative de sites d'art rupestre en terre d'Arhnem (Australie)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transfert des matières organiques naturelles et polluantes à travers le système karstique : rôle du mondmilch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire ResMO (Réseau Matières Organiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866773v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron X-ray spectromicroscopy mapping of synthetic and natural calcite samples from the Large Cave of Arcy-sur-Cure (24500-28000 BP, Yonne)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Gay</w:t>
+                <w:t xml:space="preserve">Approche interdisciplinaire de la chronologie relative de sites d'art rupestre en terre d'Arhnem (Australie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th SOLEIL Users' Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, France</w:t>
+              <w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866786v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation de la technique de mesure de fluorescence X par core scanner aux spéléothèmes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+                <w:t xml:space="preserve">Synchrotron X-ray spectromicroscopy mapping of synthetic and natural calcite samples from the Large Cave of Arcy-sur-Cure (24500-28000 BP, Yonne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">8th SOLEIL Users' Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00933737v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00866786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil evolution processes during Holocene period explained by fluorescence of organic matter in speleothems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Adaptation de la technique de mesure de fluorescence X par core scanner aux spéléothèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Quiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union (EGU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00955901v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00933737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la caractérisation de la matière picturale à l'art rupestre : exemple de l'étude du panneau de Genyornis, Terre d'Arnhem. - Australie Input of painting material characterization in rock art understanding : case study of Genyornis panel, Arnhem Land, Australia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Castets</w:t>
+                <w:t xml:space="preserve">Soil evolution processes during Holocene period explained by fluorescence of organic matter in speleothems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Rencontres d'Art Rupestre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Les Eyzies, France</w:t>
+              <w:t xml:space="preserve">European Geosciences Union (EGU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00720061v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00955901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apport de la caractérisation de la matière picturale à l'art rupestre : exemple de l'étude du panneau de Genyornis, Terre d'Arnhem. - Australie Input of painting material characterization in rock art understanding : case study of Genyornis panel, Arnhem Land, Australia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Fanget</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union (EGU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">3èmes Rencontres d'Art Rupestre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Les Eyzies, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00720114v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00720061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedogenesis and phosphorus species evolution : reconstruction from mountain lake sediment archives</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Drysdale</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosoil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bary, Italy</w:t>
+              <w:t xml:space="preserve">European Geoscience Union (EGU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805086v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00720114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interprétation du signal de fluorescence de la matière organique dans les spéléothèmes. Un outil de reconstruction paléoenvironnementale.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Pedogenesis and phosphorus species evolution : reconstruction from mountain lake sediment archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère réunion annuelle des Géochimistes Organiciens Français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Orleans, France</w:t>
+              <w:t xml:space="preserve">Eurosoil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bary, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00979524v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des mécanismes de piégeage de la matière organique lors de la croissance cristalline de calcite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interprétation du signal de fluorescence de la matière organique dans les spéléothèmes. Un outil de reconstruction paléoenvironnementale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de printemps de la Société Française de Chimie, Région Rhône Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, France</w:t>
+              <w:t xml:space="preserve">1ère réunion annuelle des Géochimistes Organiciens Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Orleans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00720118v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00979524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of organic matter entrapped in synthetic carbonates</w:t>
+                <w:t xml:space="preserve">Détermination des mécanismes de piégeage de la matière organique lors de la croissance cristalline de calcite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conférence, Climate Change- the Karst Record</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journée de printemps de la Société Française de Chimie, Région Rhône Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00720120v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00720118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution laser induced fluorescence device designed for speleothems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Investigation of organic matter entrapped in synthetic carbonates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Climate Change - The Karst Record (KR6)</w:t>
+              <w:t xml:space="preserve">6th International Conférence, Climate Change- the Karst Record</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00608607v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00720120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes sediments by PCBs : influence of local sources and watershed characteristics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Cottin</w:t>
+                <w:t xml:space="preserve">High resolution laser induced fluorescence device designed for speleothems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Elodie Perga</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Russell N. Drysdale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Meeting on Environmental Chemistry,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Clermont Ferrand, France</w:t>
+              <w:t xml:space="preserve">6th International Conference on Climate Change - The Karst Record (KR6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00720050v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00608607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of moonmilk deposits as a potential natural recorder of organic matter and contaminant flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes sediments by PCBs : influence of local sources and watershed characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Pignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Elodie Perga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conférence, Climate Change- the Karst Record</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">12th European Meeting on Environmental Chemistry,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00720121v1</w:t>
+                <w:t xml:space="preserve">halsde-00720050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation de Matières Humiques dans des carbonates synthétiques</w:t>
+                <w:t xml:space="preserve">Characterization of moonmilk deposits as a potential natural recorder of organic matter and contaminant flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Saber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GF-IHSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Montpellier, France</w:t>
+              <w:t xml:space="preserve">6th International Conférence, Climate Change- the Karst Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452908v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00720121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New synchrotron X-ray data on biotic synthetic and natural calcium carbonates from the Large cave of Arcy-sur-Cure (Yonne, France)</w:t>
+                <w:t xml:space="preserve">Investigation de Matières Humiques dans des carbonates synthétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ina Reiche</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFRAO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Tarascon-sur-Ariège, France</w:t>
+              <w:t xml:space="preserve">GF-IHSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00587869v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructural and biogeochemical features of the crinoid stereom</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New synchrotron X-ray data on biotic synthetic and natural calcium carbonates from the Large cave of Arcy-sur-Cure (Yonne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria. pp.EGU2009-1043-1</w:t>
+              <w:t xml:space="preserve">IFRAO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Tarascon-sur-Ariège, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00586030v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00587869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated structural and biogeochemical model of skeletal growth of deep-sea scleractinian coral Desmophyllum</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse de pigments préhistoriques : des méthodes aux stigmates de traitement thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria. pp.EGU2009-10266</w:t>
+              <w:t xml:space="preserve">L' Art des Sociétés Préhistoriques, Rencontres Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Toulouse, France. p.51-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00586021v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de pigments préhistoriques : des méthodes aux stigmates de traitement thermique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An integrated structural and biogeochemical model of skeletal growth of deep-sea scleractinian coral Desmophyllum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaroslaw Stolarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Meibom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Marrocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle J. Domart-Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L' Art des Sociétés Préhistoriques, Rencontres Internationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Toulouse, France. p.51-60</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria. pp.EGU2009-10266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452913v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00586021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcite formations on prehistoric paintings : the case of the Large cave of Arcy-sur-Cure (28000 - 24500 BP, Yonne, France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanostructural and biogeochemical features of the crinoid stereom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Orial</w:t>
+                <w:t xml:space="preserve">P. Gorzelak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faycl Bousta</w:t>
+                <w:t xml:space="preserve">J. Stolarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Baffier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y. Marrochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Meibom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFRAO, Parc National Serra da Capivara</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Piaui, Brazil. pp.521-534</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria. pp.EGU2009-1043-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00589138v1</w:t>
+                <w:t xml:space="preserve">halsde-00586030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités de piégeage des matières organiques naturelles dans la calcite : contenu organique de calcites synthétiques et naturelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Calcite formations on prehistoric paintings : the case of the Large cave of Arcy-sur-Cure (28000 - 24500 BP, Yonne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Orial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faycl Bousta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque RESMO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, St Maxime, France</w:t>
+              <w:t xml:space="preserve">IFRAO, Parc National Serra da Capivara</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Piaui, Brazil. pp.521-534</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00358823v1</w:t>
+                <w:t xml:space="preserve">halsde-00589138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution micro-XRF maps of iron oxides inside sensory dendrites of putative avian magnetoreceptors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modalités de piégeage des matières organiques naturelles dans la calcite : contenu organique de calcites synthétiques et naturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IXCOM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Karlsruhe, Germany. pp.012084</w:t>
+              <w:t xml:space="preserve">Colloque RESMO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, St Maxime, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00587888v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00358823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation de calcite dans les grottes préhistoriques ornées : caractérisation et évaluation de l'impact sur les peintures rupestres La “Grande Grotte” d'Arcy-sur-Cure, Yonne, France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+                <w:t xml:space="preserve">High resolution micro-XRF maps of iron oxides inside sensory dendrites of putative avian magnetoreceptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Falkenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ge. Fleissner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Charlet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Geneviève Orial</w:t>
+                <w:t xml:space="preserve">Gue. Fleissner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Schuchardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kühbacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNRC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris, France. pp.118-127</w:t>
+              <w:t xml:space="preserve">IXCOM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Karlsruhe, Germany. pp.012084</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452368v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00587888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of sulphides within an open air waste-rock dump: application of synchrotron µ-XRD, µ-XRF, and µ-XANES analyses</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gabriella Lucchetti</w:t>
+                <w:t xml:space="preserve">Formation de calcite dans les grottes préhistoriques ornées : caractérisation et évaluation de l'impact sur les peintures rupestres La “Grande Grotte” d'Arcy-sur-Cure, Yonne, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Orial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th IAGS, University of New Brunswick</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Fredericton, Canada</w:t>
+              <w:t xml:space="preserve">PNRC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France. pp.118-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00587824v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microanalysis and synthesis of calcite. Growth mechanisms on prehistoric paintings in the large cave, Arcy-sur-Cure (Yonne, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alteration of sulphides within an open air waste-rock dump: application of synchrotron µ-XRD, µ-XRF, and µ-XANES analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Marescotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Lucchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lisbonne, Portugal. pp.424-434</w:t>
+              <w:t xml:space="preserve">24th IAGS, University of New Brunswick</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Fredericton, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452401v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00587824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microanalysis and model synthesis applied to the study of calcite formation on prehistoric paintings : the case of the &amp;quot; Grande Grotte &amp;quot; ( Arcy-sur-Cure, Yonne, France)</w:t>
+                <w:t xml:space="preserve">Microanalysis and synthesis of calcite. Growth mechanisms on prehistoric paintings in the large cave, Arcy-sur-Cure (Yonne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Sansot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Orial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bousta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I. Reiche</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technart</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">, 2007, Lisbonne, Portugal. pp.424-434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452932v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotic versus abiotic calcite formation on prehistoric cave paintings: the Arcy-sur-Cure ‘Grande Grotte' (Yonne, France) case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. d' Orlyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. A. Geremia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Vienne, Austria. pp.185-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00452830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la matière organique contenue dans des spéléothemes par imagerie spectroscopique (µFTIR, imagerie en fluorescence 3D)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microanalysis and model synthesis applied to the study of calcite formation on prehistoric paintings : the case of the &amp;quot; Grande Grotte &amp;quot; ( Arcy-sur-Cure, Yonne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sansot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Orial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bousta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque national de l'IHSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Lyon, France. pp.7</w:t>
+              <w:t xml:space="preserve">Technart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199050v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minerals discovered in paleolithic black pigments by transmission electron microscopy and micro-X-ray absorption near-edge structure</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Analyse de la matière organique contenue dans des spéléothemes par imagerie spectroscopique (µFTIR, imagerie en fluorescence 3D)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Frisia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Susini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SR2A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.213-218</w:t>
+              <w:t xml:space="preserve">8ème colloque national de l'IHSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Lyon, France. pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452856v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations of alteration phenomena of Palaeolithic rock art : The case of the large cave of Arcy-sur-Cure ( Yonne, France, 24000-28000 BP )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. d' Orlié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDCh, Jahrestagung des AK-Archäometrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00452990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of calcite formation on Palaeolithic cave paintings : The case of Arcy-sur-Cure &amp;quot; Grande Grotte &amp;quot; ( 28000 BP Yvonne, France )</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Minerals discovered in paleolithic black pigments by transmission electron microscopy and micro-X-ray absorption near-edge structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">F. d' Orlié</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Susini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISA 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Québec, Canada. pp.45-54</w:t>
+              <w:t xml:space="preserve">SR2A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.213-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452971v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Rouge et le Noir &amp;quot; at prehistoric time, the case of pigment characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of calcite formation on Palaeolithic cave paintings : The case of Arcy-sur-Cure &amp;quot; Grande Grotte &amp;quot; ( 28000 BP Yvonne, France )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. d' Orlié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments Divisions Tuesday Event, ESRF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ISA 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Québec, Canada. pp.45-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00452904v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Rouge et le Noir &amp;quot; at prehistoric time, the case of pigment characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiments Divisions Tuesday Event, ESRF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00452904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Archeological Applications of XAFS: Prehistorical Paintings and Medieval Glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Pallot-Frossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Susini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th X-ray Absorption Fine Structure International Conference (XAFS12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Malmö, Sweden. pp.885-887</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00452877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14512,297 +14762,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la paroi à la source d'approvisionnement : stratégie d'étude de la matière colorante dans le cas de site orné de la vallée de la Similkameen (Colombie Britannique, Canada)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike Allison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Ash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafaa Bouits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Clyburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVe colloque d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la sélection des ressources à la production d’art rupestre : liens entre fouilles et parois ornées à la grotte aux Points (Aiguèze, Gard, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+                <w:t xml:space="preserve">Multi-scale and multi-technique approach of the colouring matter of Holocene schematic rock art: the Otello rock shelter (Bouches-du-Rhône, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Théron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hameau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
+              <w:t xml:space="preserve">24ème édition d'Archéométrie - Colloque du GMPCA (Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04084713v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From resources selection to rock art production: links between excavations and decorated walls at the Grotte aux Points (Aiguèze, Gard, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14811,655 +15065,651 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04829040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale and multi-technique approach of the colouring matter of Holocene schematic rock art: the Otello rock shelter (Bouches-du-Rhône, France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bordet</w:t>
+                <w:t xml:space="preserve">De la sélection des ressources à la production d’art rupestre : liens entre fouilles et parois ornées à la grotte aux Points (Aiguèze, Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème édition d'Archéométrie - Colloque du GMPCA (Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie)</w:t>
+              <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04430344v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04084713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron-rich raw material in Upper Palaeolithic caves in Belgium: characterization, transformation and sourcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Goovaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization, procurement and transformation of iron-rich raw material during Early Neolithic in Northwestern Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Petitdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goffioul Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd International Symposium on Archaeometry (ISA 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05003782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires des roches riches en fer au Paléolithique : genèse, sélection et altération - Approche méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lumière dans la grotte : stimulation UV et détection de films d’opale en contexte d’art pariétal paléolithique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Quiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Maris-Froelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15478,2385 +15728,2514 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04084700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinaison des approches analytiques in situ et en laboratoire : vers une compréhension des peintures schématiques néolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Le Turnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe Colloque du GMPCA- Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry (73), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03948764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimalp, Science of Heritage : perspectives on cultural artworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ciavaldini Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Martinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World meeting « Heritage Sciences and Technologies, 13-16 Février 2019, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Palaeolithic coloring agents: epistemological analysis of scientific process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Chanteraud</w:t>
+                <w:t xml:space="preserve">In situ and laboratory analysis of colouring agent from multiple contexts in the Palaeolithic rock art cave Grotte aux Points (Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kim Génuite</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe congrès de l'Union International des Science Préhistoriques et Protohistoriques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">42nd International Symposium of Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Merida, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457884v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01880742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ and laboratory analysis of colouring agent from multiple contexts in the Palaeolithic rock art cave Grotte aux Points (Gard, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+                <w:t xml:space="preserve">On Palaeolithic coloring agents: epistemological analysis of scientific process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Génuite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Symposium of Archaeometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Merida, Mexico</w:t>
+              <w:t xml:space="preserve">XVIIIe congrès de l'Union International des Science Préhistoriques et Protohistoriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880742v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a library of raw ferruginous and manganous rocks: challenges to source coloring rocks used during the Prehistory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe Congrès Mondial de l’UISPP (Union des Sciences Préhistoriques et Protohistoriques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'une bibliothèque de matériaux colorants naturels : Le début d'une pigmentothèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe colloque du GMPCA (Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the excavated coloured rocks (‘ochres’) from Nawarla Gabarmang, a c. 48,000 year old Aboriginal site in northern Australia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TECHNART</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Catane, Sicile, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can X-Ray Diffraction Computed Tomography be achieved on a generic laboratory diffractometer?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cersoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPDIC14 (European Powder Diffraction Conference)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Aarhus, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes by PCBs : influence of local sources and watershed characteristics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Nathalie Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Perga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Meeting on Environmental Chemistry (EMEC 12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To paint the lab red. Portrait de la recherche sur les matières colorantes à EDYTEM</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Gasquet Dominique; Gauchon Christophe; Arnaud Fabien. </w:t>
+                <w:t xml:space="preserve">La bergerie de la Grande Rivoire : un nouvel éclairage sur les origines du pastoralisme nord-alpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Nicod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Angelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">in P.-Y. Nicod (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements, dynamiques et territoires de la montagne. Vingt ans de recherche au laboratoire EDYTEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.223-243, 2023</w:t>
+              <w:t xml:space="preserve">La bergerie néolithique de la Grande Rivoire à Sassenage (Isère). Deux millénaires et demi de vie pastorale dans les Alpes françaises du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulouse, Archives d’Écologie Préhistorique, pp.709-744, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04378718v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing Rock Art Pigments</w:t>
+                <w:t xml:space="preserve">To paint the lab red. Portrait de la recherche sur les matières colorantes à EDYTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gasquet Dominique; Gauchon Christophe; Arnaud Fabien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Environnements, dynamiques et territoires de la montagne. Vingt ans de recherche au laboratoire EDYTEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.223-243, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801532v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04378718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taphonomy on the Surface of the Rock Wall: Rock-Paint-Atmosphere Interactions</w:t>
+                <w:t xml:space="preserve">Characterizing Rock Art Pigments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ina Reiche</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jillian Huntley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2018</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-48, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190607357.001.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801656v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dating painted Panel E1 at Nawarla Gabarnmang, southern Arnhem Land plateau</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Taphonomy on the Surface of the Rock Wall: Rock-Paint-Atmosphere Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Bruno David; Paul Taçon; Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hoerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra Australis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801086v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postcards from the outside: European-contact rock art imagery and occupation on the southern Arnhem Land plateau, Jawoyn lands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId362" w:history="1">
+                <w:t xml:space="preserve">Determining the age of a painted panel at EXF3, Jawoyn country, western Arnhem Land plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Brady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Petchey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno David; Paul Taçon; Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Archaeology of Rock Art in Western Arnhem Land, Northern Australia.Terra Australis 47</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017.09⟩</w:t>
+              <w:t xml:space="preserve">Terra Australis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 47, ANU Press, p.371 - p.422, 2017, The Archaeology of Rock Art in Western Arnhem Land, Australia, 9781760461621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01886825v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining the age of a painted panel at EXF3, Jawoyn country, western Arnhem Land plateau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postcards from the outside: European-contact rock art imagery and occupation on the southern Arnhem Land plateau, Jawoyn lands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray L. Whear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Petchey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno David; Paul Taçon; Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra Australis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017.11⟩</w:t>
+              <w:t xml:space="preserve">The Archaeology of Rock Art in Western Arnhem Land, Northern Australia.Terra Australis 47</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 47, ANU Press, p. 165-196, 2017, The Archaeology of Rock Art in Western Arnhem Land, Australia, 9781760461621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017.09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801306v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeology of the ‘Genyornis’ site, western Arnhem Land: Determining the age of the ‘Genyornis’ painting</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Dating painted Panel E1 at Nawarla Gabarnmang, southern Arnhem Land plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno David; Paul Taçon; Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Archaeology of Rock Art in Western Arnhem Land, Northern Australia.Terra Australis 47</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017⟩</w:t>
+              <w:t xml:space="preserve">Terra Australis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 47, ANU Press, p.245 - p.302, 2017, The Archaeology of Rock Art in Western Arnhem Land, Australia, 9781760461621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01886809v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic geochemistry of soils and sediments : A key to describe the Anthropocene?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philip Deline</w:t>
+                <w:t xml:space="preserve">Archaeology of the ‘Genyornis’ site, western Arnhem Land: Determining the age of the ‘Genyornis’ painting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryce Barker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lamb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Emilie Chalmin, Etienne Dambrine, Bernard David, Pierre Faivre, Jérôme Poulenard. </w:t>
+              <w:t xml:space="preserve">Bruno David; Paul Taçon; Jean-Jacques Delannoy; Jean-Michel Geneste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sols et matières organiques : mémoires et héritages, Collection Edytem n°18</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Archaeology of Rock Art in Western Arnhem Land, Northern Australia.Terra Australis 47</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 47, ANU Press, p.423 - p.496, 2017, The Archaeology of Rock Art in Western Arnhem Land, Australia, 9781760461621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22459/TA47.11.2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01876556v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+                <w:t xml:space="preserve">Organic geochemistry of soils and sediments : A key to describe the Anthropocene?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Deline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emilie Chalmin, Etienne Dambrine, Bernard David, Pierre Faivre, Jérôme Poulenard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t>
+              <w:t xml:space="preserve">Sols et matières organiques : mémoires et héritages, Collection Edytem n°18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, n°18, Edytem, pp. 9-18, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00982799v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00982799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Synchrotron Methods: Color in Paints and Minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Treatrise in geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thure Cerling, pp. 209-239, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00934248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17866,265 +18245,265 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When stelae regain their colors: The contribution of hyperspectral imaging to the identification and mapping of pigments on French stelae (Vaucluse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Le Turnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lefaucher Fanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles étaient les matières colorantes rouges accessibles durant le Paléolithique entre le sud de l'Ardèche et le nord du Gard ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafaa Bouits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, pp.36-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04287345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18134,2458 +18513,2458 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’opération archéologique programmée 2024. Les stèles provençales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Le Turnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lefaucher Fanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service régional d'archéologie Provence Alpes Côte d'Azur. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitution d’une « pigmentothèque »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Develle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OP 2213729, DRAC Auvergne-Rhône-Alpes - SRA. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR Graphein : rapport d'opération archéologique programmée 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Burnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Théron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EDYTEM, Université de Savoie Mont-Blanc, UMR 5204 CNRS. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04378751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les peintures pariétales schématiques de l'abri Otello (Saint-Rémy-de-Provence, Bouches-du-Rhône)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Massé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03910334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Rémy-de-Provence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">L’abri des Oullas (Saint-Paul-sur-Ubaye, Alpes-de-Haute-Provence). Approche intégrée d’un site de passage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Edytem. 2022, pp.182-183</w:t>
+              <w:t xml:space="preserve">DRAC / SRA Provence-Alpes-Côte-d'Azur. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877714v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abri des Oullas (Saint-Paul-sur-Ubaye, Alpes-de-Haute-Provence). Approche intégrée d’un site de passage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Saint-Rémy-de-Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Massé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Jacquet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marine Quiers</w:t>
+                <w:t xml:space="preserve">Manuel Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Mouélic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DRAC / SRA Provence-Alpes-Côte-d'Azur. 2022</w:t>
+              <w:t xml:space="preserve">Edytem. 2022, pp.182-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877783v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitution d'une &amp;quot;Pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire. Rapport intermédiaire 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Le Turnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 2213729, DRAC - SRA Auvergne Rhône Alpes. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03539914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Oullas: rapport d'opération archéologique programmée 2021</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Constitution d'une &amp;quot;pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire : rapport intermédiaire 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie PACA. 2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA Auvergne Rhône Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351367v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constitution d'une &amp;quot;pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire : rapport intermédiaire 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Abri Otello: rapport d'opération archéologique programmée 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA Auvergne Rhône Alpes. 2021</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Massé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie PACA. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161478v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abri Otello: rapport d'opération archéologique programmée 2021</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Les Oullas: rapport d'opération archéologique programmée 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie PACA. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351372v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Trou de la Féclaz: rapport d'opération archéologique 2021</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Le Rocher du Château: rapport d'opération archéologique 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie Auvergne Rhône Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351362v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Rocher du Château: rapport d'opération archéologique 2021</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Le Trou de la Féclaz: rapport d'opération archéologique 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Le Turnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie Auvergne Rhône Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351352v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau de lithothèques en Auvergne - Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delvigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Vaissié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Piboule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Paléotime; Service régional de l'archéologie Auvergne - Rhône-Alpes. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02549968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'une Pigmentothèque : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA; Auvergne Rhône Alpes. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microprélèvements de matière colorante sur les tracés pariétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Auvergne, Service Régional de l’Archéologie; Ministère de la culture. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04830670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avancée sur l'étude des matières colorantes de la grotte aux points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Auvergne, Service Régional de l’Archéologie. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04830571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse in situ des matières colorantes par pXRF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Auvergne-Rhône-Alpes - SRA; Ministère de la culture. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04830538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois ans de recherche en archéométrie sur les matières colorantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Auvergne, Service Régional de l’Archéologie. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04830546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Rocher du Château (1750 m., Bessans, Savoie). Rapport Final d'Opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Provence-Alpes-Côte-d'Azur; Laboratoire Méditerranéen de Préhistoire Europe Afrique. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01440044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercomparaison de matières colorantes issues des fouilles et des parois ornées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Chanteraud</w:t>
+                <w:t xml:space="preserve">Le Rocher du Château (1750 m, Bessans, Savoie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Ministère de la culture. 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Provence-Alpes-Côte-d'Azur; Laboratoire Méditerranéen de Préhistoire Europe Afrique. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-04829286v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Rocher du Château (1750 m, Bessans, Savoie)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+                <w:t xml:space="preserve">Intercomparaison de matières colorantes issues des fouilles et des parois ornées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chanteraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Provence-Alpes-Côte-d'Azur; Laboratoire Méditerranéen de Préhistoire Europe Afrique. 2015</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de la culture. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01440045v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04829286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CARACTERISATION DES OXYDES DE MANGANESE ET USAGE DES PIGMENTS NOIRS AU PALEOLITHIQUE SUPERIEUR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géologie appliquée. Université de Marne la Vallée, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00120355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20595,91 +20974,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude intégrée de l'art pariétal : construction d'un dialogue entre taphonomie et matières colorantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. Université Savoie Mont Blanc, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04335987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20689,168 +21068,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An early Middle‐Age dark layer in Bosnian stalagmites: possible link to an historical event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Chiarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Frisia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Milanolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Karstologia Mémoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25 (5), pp.203-206, 2022, Proceedings of the Scientific conference of the 18th International Congress of Speleology – UIS 2022, 24-31 July 2022, Le Bourget du Lac</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId414"/>
+      <w:footerReference w:type="default" r:id="rId423"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -20918,51 +21297,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3C18D560"/>
+    <w:nsid w:val="832855F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21149,51 +21528,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-chalmin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9537-773X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121156931" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828666v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanteraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106277" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104829v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henderson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-025-02235-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498458v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vignaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12960" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05242539v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Buoncristiani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13p3k" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461205v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Savin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Allison" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Rowley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17496" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293291v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Defrasne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mass&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Giraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schmitt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fligiel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01812-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03164883v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Gallach" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2021.101156" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106487v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Pradeau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233548v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102898" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005590v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeau Jean-Victor" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03150844v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Schmitt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Soufi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22647" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Biguenet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Chaumillon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chagu&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105806" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351321v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382409v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00882-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115548v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mialanes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Clarkson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Petchey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.04.027" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01756858v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoerl&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monney" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891044v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01795568v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Castets" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryce Barker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.04.003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01767755v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirault Eric" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220399v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leynaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Alvarez-Murga" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinetto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576714027204" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4116B9620210709AFA6F89CDD63D272F04536F28/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349981v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013758v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hoerl&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879635v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.012" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05N10JLZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320568v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00827536v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.04.017" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSG251MF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866733v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927613013342" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866728v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927612013773" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00589160v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Carbone" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Marescotti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Luccheti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00806100v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450876v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadefaux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasinto Robles-Camacho" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Arroyo-Cabrales" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450892v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Farges" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon E Brown" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-008-0323-z" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VQSLSN83-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467969v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salom&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bleuet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cauzid" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/186/1/012014" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450941v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01411590701514359" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450918v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b717442j" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1XBQV1ZL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452348v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693505v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/14/9/310" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-D10N5DVD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791652v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefaucher Fanny" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597711v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923148v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-04791357v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791591v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003739v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peschaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801907v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Turnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792363v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801917v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428827v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Th&#233;ron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hameau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829204v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pichon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910341v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kergourlay" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003796v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003748v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Blanc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084582v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588026v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829064v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03091621v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Danash" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ziebelin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin-Aljanabi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62327-2_12" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099173v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003755v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430098v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829229v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guillermin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881654v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chalmin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Delannoy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888594v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887724v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801734v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880736v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887728v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888600v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888554v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Demange" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888566v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880753v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887748v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Hodeau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349448v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887731v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878467v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887753v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01893552v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Blyth" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801788v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893567v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blythe" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866780v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887738v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023075v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Revol" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023697v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tual" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023683v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866793v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866796v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866790v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933742v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866777v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866773v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866786v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gay" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933737v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00955901v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720061v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720114v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drysdale" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805086v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00979524v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720118v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720120v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00608607v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N. Drysdale" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720050v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cottin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elodie Perga" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720121v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Saber" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452908v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587869v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00586030v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gorzelak" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stolarski" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazur" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marrochi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Meibom" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00586021v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Stolarski" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marrocchi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle J. Domart-Coulon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452913v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00589138v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Orial" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycl Bousta" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00358823v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587888v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falkenberg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge. Fleissner" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gue. Fleissner" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schuchardt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#252;hbacher" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452368v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587824v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Lucchetti" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452401v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sansot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bousta" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452932v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Reiche" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452830v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orly&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Geremia" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199050v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Frisia" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cotte" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452856v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452990v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orli&#233;" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452971v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452904v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452877v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pallot-Frossard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496689v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ash" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Bouits" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Clyburn" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084713v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829040v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430344v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923300v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goovaerts" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leduc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003782v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blouet" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Petitdidier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goffioul Claire" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886143v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084700v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03948764v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416129v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ciavaldini Riviere" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457884v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880742v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888619v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888645v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887762v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887767v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801176v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nathalie Cottin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Jenny" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pignol" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perga" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04378718v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801532v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Huntley" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190607357.001.0001" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801656v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801086v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gunn" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017.11" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886825v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray L. Whear" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel James" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017.09" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801306v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Brady" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886809v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lamb" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00934248v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027469v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287345v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015391v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695555v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04378751v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Burnet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910334v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Mou&#233;lic" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877714v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877783v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539914v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351367v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161478v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351372v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351362v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351352v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549968v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fernandes" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vaissi&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasqualini" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piboule" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429867v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830670v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830571v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830538v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830546v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440044v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fernandez" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829286v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440045v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00120355v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/tel-04335987v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292737v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Chiarini" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Milanolo" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-chalmin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9537-773X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121156931" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828666v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanteraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106277" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05543533v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Defrasne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Schmitt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mass&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Giraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Mou&#233;lic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104829v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henderson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-025-02235-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461205v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Savin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05242539v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Buoncristiani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13p3k" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498458v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vignaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12960" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308823v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Allison" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Rowley" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17496" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293291v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schmitt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fligiel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01812-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233548v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102898" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005590v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeau Jean-Victor" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106487v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Pradeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03164883v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Gallach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2021.101156" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03150844v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Soufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22647" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163605v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Biguenet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Chaumillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chagu&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105806" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351321v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115548v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mialanes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Clarkson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Petchey" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.04.027" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382409v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thirault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00882-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01756858v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoerl&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monney" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891044v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01795568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Castets" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryce Barker" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.04.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01767755v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirault Eric" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220399v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leynaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Alvarez-Murga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martinetto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576714027204" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4116B9620210709AFA6F89CDD63D272F04536F28/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349981v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013758v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hoerl&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879635v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.012" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05N10JLZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00827536v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.04.017" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSG251MF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866733v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927613013342" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866728v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927612013773" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00589160v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Carbone" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Marescotti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Luccheti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00806100v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450876v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadefaux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasinto Robles-Camacho" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Arroyo-Cabrales" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450892v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Farges" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon E Brown" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-008-0323-z" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VQSLSN83-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467969v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salom&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bleuet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cauzid" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/186/1/012014" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450941v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01411590701514359" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00450918v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b717442j" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1XBQV1ZL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452348v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693505v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/14/9/310" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-D10N5DVD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549684v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guillermin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003739v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peschaux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801907v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Turnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597711v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923148v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-04791357v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791591v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791652v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefaucher Fanny" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792363v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801917v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428827v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Th&#233;ron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hameau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829204v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pichon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003796v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910341v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kergourlay" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003748v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Blanc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084582v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588026v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829064v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03091621v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Danash" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ziebelin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin-Aljanabi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62327-2_12" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099173v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003755v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430098v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829229v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888594v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881654v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chalmin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Delannoy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801734v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887724v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880736v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887728v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888600v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888554v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Demange" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01888566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880753v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887748v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Hodeau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349448v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887731v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878467v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01893552v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Blyth" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887753v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866780v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893567v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blythe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887738v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801788v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023075v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Revol" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023697v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tual" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023683v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866796v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866793v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933742v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866777v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866790v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866773v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866786v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gay" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933737v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00955901v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720061v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720114v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drysdale" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805086v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00979524v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720118v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720120v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00608607v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N. Drysdale" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720050v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cottin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elodie Perga" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720121v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Saber" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452908v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587869v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452913v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00586021v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Stolarski" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Meibom" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marrocchi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle J. Domart-Coulon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mazur" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00586030v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gorzelak" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stolarski" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marrochi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00589138v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Orial" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycl Bousta" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00358823v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587888v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falkenberg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge. Fleissner" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gue. Fleissner" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schuchardt" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#252;hbacher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452368v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00587824v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Lucchetti" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452401v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sansot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bousta" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452830v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orly&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Geremia" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452932v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Reiche" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199050v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Frisia" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cotte" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452990v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orli&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452856v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452971v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452904v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452877v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pallot-Frossard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496689v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ash" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Bouits" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Clyburn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430344v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829040v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084713v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923300v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goovaerts" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leduc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003782v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blouet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Petitdidier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goffioul Claire" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886143v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084700v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03948764v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416129v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ciavaldini Riviere" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880742v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457884v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888619v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888645v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887762v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887767v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801176v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nathalie Cottin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Jenny" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pignol" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perga" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05536020v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Nicod" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bernard" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04378718v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801532v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Huntley" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190607357.001.0001" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801656v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801306v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gunn" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Brady" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017.11" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886825v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray L. Whear" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel James" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017.09" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01801086v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886809v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lamb" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/TA47.11.2017" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00934248v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027469v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287345v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015391v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695555v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04378751v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Burnet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910334v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877783v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877714v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539914v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161478v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351372v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351367v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351352v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351362v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549968v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fernandes" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vaissi&#233;" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasqualini" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piboule" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429867v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830670v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830571v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830538v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830546v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440044v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fernandez" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440045v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829286v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00120355v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/tel-04335987v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292737v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Chiarini" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Milanolo" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>