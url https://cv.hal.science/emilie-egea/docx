--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -748,295 +748,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity and Food Security: From Trade-offs to Synergies</w:t>
+                <w:t xml:space="preserve">A multispecies approach reveals hot spots and cold spots of diversity and connectivity in invertebrate species with contrasting dispersal modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolfgang Cramer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Egea</w:t>
+                <w:t xml:space="preserve">Abigail E. Cahill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joern Fischer</w:t>
+                <w:t xml:space="preserve">Sophie Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Lux</w:t>
+                <w:t xml:space="preserve">Zoheir Bouzaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
+                <w:t xml:space="preserve">D. Aurelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boissin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-017-1147-z⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (23), pp.6563-6577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01527070v1</w:t>
+                <w:t xml:space="preserve">hal-01681650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multispecies approach reveals hot spots and cold spots of diversity and connectivity in invertebrate species with contrasting dispersal modes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biodiversity and Food Security: From Trade-offs to Synergies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Dubois</w:t>
+                <w:t xml:space="preserve">Wolfgang Cramer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Egea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoheir Bouzaza</w:t>
+                <w:t xml:space="preserve">Joern Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Aurelle</w:t>
+                <w:t xml:space="preserve">Alexandra Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Boissin</w:t>
+                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (23), pp.6563-6577. </w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (5), pp.1257-1259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14389⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10113-017-1147-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681650v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01527070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological and genetic analyses reveal a cryptic species complex in the echinoid Echinocardium cordatum and rule out a stabilizing selection explanation.</w:t>
               </w:r>
@@ -2026,51 +2026,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EAA287E9"/>
+    <w:nsid w:val="F9A35572"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2257,51 +2257,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-egea" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-3516-3887" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166667811" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609267v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Ferrari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Casado" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apotheloz Perret Gentil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.04" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610039v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milinkovitch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06434-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Egea" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gela Alemayehu Bayeta" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arce" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0005772X.2017.1408932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527070v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Cramer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Fischer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-017-1147-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681650v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail E. Cahill" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Bouzaza" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aurelle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14389" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205849v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Chon&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laurin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2015.07.023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01238310v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boissin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11480" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631355v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Merigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mahe-Bezac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.10.007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539514v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chenuil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B. Hoareau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Egea" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Penant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rocher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-10-276" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824034v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rocher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9171-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ML92NQN0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448881v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Arvanitidis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melih Ertan &#199;inar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05363401v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-egea" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-3516-3887" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166667811" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609267v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Ferrari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Casado" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apotheloz Perret Gentil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.04" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610039v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milinkovitch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06434-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Egea" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gela Alemayehu Bayeta" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arce" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0005772X.2017.1408932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681650v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail E. Cahill" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Bouzaza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aurelle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14389" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527070v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Cramer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Fischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-017-1147-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205849v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Chon&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laurin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2015.07.023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01238310v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boissin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11480" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631355v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Merigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mahe-Bezac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.10.007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539514v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chenuil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B. Hoareau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Egea" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Penant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rocher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-10-276" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824034v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rocher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9171-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ML92NQN0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448881v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Arvanitidis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melih Ertan &#199;inar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05363401v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>