--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3536,51 +3536,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (6)</w:t>
+        <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3810,523 +3810,401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis et rapport révisés de l'ANSES relatif à l’état des connaissances sur les huiles essentielles et les plantes d’intérêt pour la phytothérapie et l’aromathérapie des animaux producteurs de denrées alimentaires et proposition d’une méthodologie d’évaluation des risques pour la santé humaine</w:t>
+                <w:t xml:space="preserve">Avis de l’Anses relatif à la réévaluation des risques sanitaires prenant en compte la construction et la mise à jour de valeurs sanitaires de référence (externe et interne) du chlordécone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Bizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Nesslany</w:t>
+                <w:t xml:space="preserve">Claude Atgié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Tack</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
+                <w:t xml:space="preserve">Marie-Yasmine Dechraoui Bottein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">saisine 2020- SA-0083, ANSES. 2022, 284 p</w:t>
+              <w:t xml:space="preserve">Saisine n°2018-SA-0166, Anses. 2022, 110 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04930813v1</w:t>
+                <w:t xml:space="preserve">anses-04082034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l’Anses relatif à la réévaluation des risques sanitaires prenant en compte la construction et la mise à jour de valeurs sanitaires de référence (externe et interne) du chlordécone</w:t>
+                <w:t xml:space="preserve">Avis et rapport révisés de l'ANSES relatif à l’état des connaissances sur les huiles essentielles et les plantes d’intérêt pour la phytothérapie et l’aromathérapie des animaux producteurs de denrées alimentaires et proposition d’une méthodologie d’évaluation des risques pour la santé humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Bizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Nesslany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Tack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Atgié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">saisine 2020- SA-0083, ANSES. 2022, 284 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Atgié</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">anses-04082034v1</w:t>
+                <w:t xml:space="preserve">hal-04930813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l'ANSES relatif à l’évaluation du risque de la fraction nanométrique de l’additif alimentaire E171</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claude Atgié</w:t>
+                <w:t xml:space="preserve">Actualisation de l’évaluation des risques liés à la présence de cyanobactéries et leurs toxines dans les eaux destinées à l’alimentation, les eaux de loisirs et les eaux destinées aux activités de pêche professionnelle et de loisir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Quiblier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouher Amzil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Baurès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Banas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronel Biré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Saisine 2023-SA-0143, ANSES. 2022, 115 p</w:t>
+              <w:t xml:space="preserve">[0] Saisines n° 2016-SA-0165 et 2015-SA-0207, Anses. 2020, pp.495</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...120 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId134"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4473,51 +4351,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953741v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foucault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midoli Goto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00681-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349474v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiwenn Le Meur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quiquand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127344" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095365v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lepoutre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brient" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maurin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins17050245" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bormans" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Reignier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Savar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Briand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2025.108500" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04973434v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouteiller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronel Bir&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda J. Foss" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175339" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314097v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sartor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13101046" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03813059v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14080550" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357759v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Emilie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Robert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117620" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065970v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Quiblier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tricoire-Leignel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2020.110590" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02862833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bormans" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Savar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mineaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10452-020-09764-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207543v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Grilot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jean" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10103426" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280455v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Mineaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2019.101639" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01976647v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10452-019-09674-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01778216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01345296v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia L. Desprat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente Frost Holbech" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gerard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2016.05.024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916719v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Petit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Paty" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2013.09.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496039v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Josso" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dietrich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ernst" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2010.02.014" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCNSXV90-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450634v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Poullain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2008.08.017" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0FBXJBJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04361102v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cosio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374581v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brient" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lepoutre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Savar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01628996v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepoutre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desprat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Wiegand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034619v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Savar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374436v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Legrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159039v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103365v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211102v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Abadie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Berdalet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04928913v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Leblanc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Scippo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930813v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tack" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgi&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082034v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930523v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266191v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baur&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Banas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953741v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foucault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midoli Goto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00681-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349474v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiwenn Le Meur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quiquand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127344" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095365v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lepoutre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brient" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maurin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins17050245" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bormans" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Reignier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Savar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Briand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2025.108500" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04973434v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouteiller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronel Bir&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda J. Foss" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175339" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314097v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sartor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13101046" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03813059v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14080550" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357759v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Emilie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Robert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117620" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065970v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Quiblier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tricoire-Leignel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2020.110590" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02862833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bormans" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Savar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mineaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10452-020-09764-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207543v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Grilot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jean" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10103426" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280455v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Mineaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2019.101639" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01976647v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10452-019-09674-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01778216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01345296v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia L. Desprat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente Frost Holbech" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gerard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2016.05.024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916719v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Petit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Paty" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2013.09.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496039v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Josso" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dietrich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ernst" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2010.02.014" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCNSXV90-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450634v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Poullain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2008.08.017" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0FBXJBJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04361102v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cosio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374581v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brient" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lepoutre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Savar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01628996v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepoutre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desprat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Wiegand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034619v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Savar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374436v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Legrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159039v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103365v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211102v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Abadie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Berdalet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04928913v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Leblanc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Scippo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082034v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgi&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930813v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tack" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266191v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baur&#232;s" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Banas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>