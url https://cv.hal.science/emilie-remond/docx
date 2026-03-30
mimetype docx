--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -456,51 +456,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04912680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interview with Professor Belinda Tynan</w:t>
+                <w:t xml:space="preserve">Entretien avec la Professeure Belinda Tynan : un voyage à travers l’enseignement à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Burgos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dumas</w:t>
@@ -517,94 +517,94 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.5248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/dms.5146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909785v1</w:t>
+                <w:t xml:space="preserve">hal-02909790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entretien avec la Professeure Belinda Tynan : un voyage à travers l’enseignement à distance</w:t>
+                <w:t xml:space="preserve">Interview with Professor Belinda Tynan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Burgos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dumas</w:t>
@@ -621,70 +621,70 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.5146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/dms.5248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909790v1</w:t>
+                <w:t xml:space="preserve">hal-02909785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial</w:t>
               </w:r>
@@ -915,174 +915,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre discours institutionnels et discours d’acteurs : les universités ouvertes asiatiques à l’ère de la globalisation numérique</w:t>
+                <w:t xml:space="preserve">The Shanghai Open University in the heart of the smart city: urban transition and distance learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.2112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339919v1</w:t>
+                <w:t xml:space="preserve">hal-02365080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Shanghai Open University in the heart of the smart city: urban transition and distance learning</w:t>
+                <w:t xml:space="preserve">Entre discours institutionnels et discours d’acteurs : les universités ouvertes asiatiques à l’ère de la globalisation numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.2112⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02365080v1</w:t>
+                <w:t xml:space="preserve">hal-03339919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de l’éducation numérique en Afrique : les MOOC au prisme des discours de Jeune Afrique</w:t>
               </w:r>
@@ -1523,51 +1523,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Quenan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Coopération internationale entre l'Europe et les Amériques : enjeux socio-politiques et nouveaux défis globaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, université de bordeaux, Nov 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">, Université de bordeaux, Nov 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -3331,51 +3331,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436722v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5633" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996144v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathallah Daghmi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gobet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912680v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevret-Castellani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Labelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.8298" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909785v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Burgos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dumas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5248" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909790v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5146" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909795v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.4961" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339913v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365056v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.4038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339919v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365080v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.2112" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365169v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Useille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachimi Abba" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.1034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276341v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Truchot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177176v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond-Paradossi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472345v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Quenan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185450v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314186v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Besneville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brillant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maram Caesar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cerisier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Devauchelle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314211v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lancella" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle F&#233;roc Dumez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365232v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339940v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753151v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institutdesameriques.fr/sites/ida/files/2023-04/Publication%202022%20%C3%89ducation%2C%20num%C3%A9rique%2C%20coh%C3%A9sion%20sociale%20et%20politiques%20publiques%20%20Regards%20crois%C3%A9s%20Europe-Am%C3%A9rique%20latine-Cara%C3%AFbes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339902v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Th Hulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Massou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100312060" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467764v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339925v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491813v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8965-book-08532782-9782745327826.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339930v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460001v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Peterson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01687221v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Remond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017VALE0039" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436722v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5633" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996144v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathallah Daghmi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gobet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912680v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevret-Castellani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Labelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.8298" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909790v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Burgos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dumas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5146" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909785v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5248" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909795v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.4961" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339913v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365056v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.4038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365080v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.2112" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365169v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Useille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachimi Abba" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.1034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276341v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Truchot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177176v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond-Paradossi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472345v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Quenan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185450v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314186v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Besneville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brillant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maram Caesar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cerisier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Devauchelle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314211v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lancella" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle F&#233;roc Dumez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365232v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339940v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753151v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institutdesameriques.fr/sites/ida/files/2023-04/Publication%202022%20%C3%89ducation%2C%20num%C3%A9rique%2C%20coh%C3%A9sion%20sociale%20et%20politiques%20publiques%20%20Regards%20crois%C3%A9s%20Europe-Am%C3%A9rique%20latine-Cara%C3%AFbes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339902v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Th Hulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Massou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100312060" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467764v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339925v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491813v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8965-book-08532782-9782745327826.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339930v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460001v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Peterson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01687221v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Remond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017VALE0039" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>