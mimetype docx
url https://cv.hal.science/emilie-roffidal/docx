--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -655,291 +655,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La notion de réseau en histoire de l’art : jalons et enjeux actuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspective - la revue de l'INHA : actualités de la recherche en histoire de l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les pays nordiques, 2019–1, pp.241-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/perspective.13613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French Academies in the Age of Enlightenment: An Interdisciplinary Research Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal18 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction au numéro &amp;quot;Vrai ou faux ? Qualifier les porcelaines de Chine (XVe-XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 31, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/framespa.6511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157578v1</w:t>
-              </w:r>
-[...171 lines deleted...]
-                <w:t xml:space="preserve">hal-02288710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Art et enjeux politiques en méditerranée : les tombes des gouverneurs de Minorque (1759-1783)</w:t>
               </w:r>
@@ -1767,385 +1767,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05359269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modèles et modulations. La réception d'Alessandro Algardi en Provence, XVIIe-XVIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Provence au carrefour des trajectoires artistiques au XVIIe siècle. Production, marchés, circulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR TELEMME; Centre André Chastel, Sep 2024, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche et libre accès des données. L'exemple du programme ACA-RES sur les Académies d'art et leurs réseaux dans la France préindustrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire d'histoire sociale de l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESEM, Université de Perpignan, Dec 2024, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La statuaire dans l'espace et le temps. La matérialité et ses controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Sartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materiality - Materiality and History : Problems in Method</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIHA, Jun 2024, Lyon (Centre des Congrès), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invitation à croiser les données de recherche (ACA-RES / AcadéC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du programme de recherche AcadèC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graver le visage du &amp;quot;Michel-Ange de la France&amp;quot; : modalités et enjeux du mythe Puget au XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire - Écritures de l'histoire de l'art : l'histoire de l'estampe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École du Louvre; CRIHAM (Université de Poitiers); Université Rennes 2, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827971v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04757151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orléans dans le concert des institutions artistiques de province</w:t>
               </w:r>
@@ -2194,263 +2194,414 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une exposition virtuelle sur les académies d'art et leurs réseaux dans la France préindustrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire -Façons de (re)faire le passé. Objets malmenés, objets disséminés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LERASS; UMR Héritages; INHA; UT2J, Mar 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Connoisseurship Practices of the “Levantines” of Marseille, or When Trade Meets Art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque - Networks and practices of Connoisseurship in the Global Eighteenth Century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universität Hamburg (Art History Department); Massachusetts Institute of Technology (The History, Theory and Criticism Program of the Department of Architecture); Universität Hamburg (Art Hystory Department), Jun 2022, Hamburg, Warburg-Haus, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les académies d'art et la transmission des savoirs au XVIIIe siècle en France : entre beaux-arts et arts appliqués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire -Façons de (re)faire le passé. Objets malmenés, objets disséminés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LERASS; UMR Héritages; INHA; UT2J, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">9e École d'été d'histoire économique. Circulation des savoirs et dynamiques économiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon Sorbonne; UT2J; EPHE; Archives Nationales; LAMOP UMR 8589; FRAMESPA UMR 5136, Aug 2021, Susa, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode et enjeux d'une exposition virtuelle : l'exemple de &amp;quot;Portes ouvertes de 9 à 90 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Histoire &amp; Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Framespa, Nov 2021, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dissémination des institutions de la pédagogie de l'art à travers les archives : le programme ACA-RES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire PHCA-HASTEC. Espaces de la pédagogie de l'art : les écoles d'art françaises et leurs archives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Nationale des Chartes, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participez à la vie des académies d'art ! Retour d'expérience sur le montage d'une exposition virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2466,415 +2617,264 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival d'histoire de l'art - Fontainebleau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INHA; CIHA, May 2021, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce que l'approche transnationale fait à l'analyse de réseaux ? Le cas du programme ACA-RES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude du projet RESET : Qu'est-ce que l'approche transnationale fait à l'analyse de réseaux ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire FRAMESPA; Labex SMS, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les académies d'art et la transmission des savoirs au XVIIIe siècle en France : entre beaux-arts et arts appliqués</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds et budgets de fonctionnement des académies d'art (France. XVIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e École d'été d'histoire économique. Circulation des savoirs et dynamiques économiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 1 Panthéon Sorbonne; UT2J; EPHE; Archives Nationales; LAMOP UMR 8589; FRAMESPA UMR 5136, Aug 2021, Susa, Italie</w:t>
+              <w:t xml:space="preserve">Journée d'étude L'argent de la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex SMS, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...102 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les académies d'art et leurs réseaux dans la France préindustrielle : questions de méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de recherche transversale du Labex SMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Labex SMS, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827863v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04827872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférence introductive, colloque - La formation artistique en France au XVIIIe siècle : une histoire institutionnelle entre beaux-arts et arts décoratifs</w:t>
               </w:r>
@@ -3169,260 +3169,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les réseaux en histoire de l'art, historiographie et méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprendre les Mondes Sociaux - 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« COMPRENDRE LES MONDES SOCIAUX -2018 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perrin Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprendre les Mondes Sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex SMS, Mar 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marseille, contacts et relations inter-académiques : les liens entre l'Académie des sciences et belles-lettres et l'Académie de peinture et de sculpture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des journées d'étude Académies d'art et mondes sociaux (1740-1805), Nouer des liens entre arts, sciences et belles-lettres : entre interaction et distanciation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157598v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-03158424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Verdiguier (1706 ?, Marseille-Cordoue, 1796), une ambition espagnole</w:t>
               </w:r>
@@ -4712,605 +4712,605 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Desprez, Auxerre, 1743 - Stockholm, 1804</w:t>
+                <w:t xml:space="preserve">L'École de dessin de Bayonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les papiers d'ACA-RES, Brefs historiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ACA-RES</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03038268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chaÿs (ou Chaix), Aubagne, 1744 - Paris, 1810</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art et la manière. Dessins français du XVIIIe siècle des musées de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musées de Marseille, Silvana Editoriale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.264-267, 2019, 9788836640133</w:t>
+              <w:t xml:space="preserve">, pp.268-271, 2019, 9788836640133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Verdiguier, Marseille, vers 1706(?) - Cordoue (Espagne), 1796</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bonnefoy, Marseille, vers 1745-1750? - Marseille, 1795</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art et la manière. Dessins français du XVIIIe siècle des musées de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musées de Marseille, Silvana Editoriale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, pp.282-285, 2019, 9788836640133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Grégoire, Aix-en-Provence, 1755 - Aix-en-Provence, 1842</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art et la manière. Dessins français du XVIIIe siècle des musées de Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musées de Marseille, Silvana Editoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.326-333, 2019, 9788836640133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Verdiguier, Marseille, vers 1706(?) - Cordoue (Espagne), 1796</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art et la manière. Dessins français du XVIIIe siècle des musées de Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musées de Marseille, Silvana Editoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, pp.140-141, 2019, 9788836640133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Desprez, Auxerre, 1743 - Stockholm, 1804</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Roffidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art et la manière. Dessins français du XVIIIe siècle des musées de Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musées de Marseille, Silvana Editoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.264-267, 2019, 9788836640133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correspondance romaine d'une académie de province : l'Académie de peinture et de sculpture de Marseille (seconde moitié du XVIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Serenella Rolfi Ozvald; Carla Mazzarelli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Il carteggio d'artista. Fonti, questioni, ricerche tra XVII e XIX secolo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 59, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvana Editoriale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.188-199, 2019, Biblioteca d'arte, 8836641466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270636v1</w:t>
-              </w:r>
-[...326 lines deleted...]
-                <w:t xml:space="preserve">hal-03045130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l' Académie de peinture et de sculpture à la production manufacturière de porcelaines</w:t>
               </w:r>
@@ -5958,51 +5958,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interview : Crossing views on real and fake China porcelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Roffidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6391,51 +6391,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B507BD2B"/>
+    <w:nsid w:val="963A6770"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6622,51 +6622,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-roffidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/052629600" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Blanquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roffidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Souperbie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15d3h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/locus.398" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045151v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.8603" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045147v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perrin Khelissa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.28557" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418900v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Carrez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.10833" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157578v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duhem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6511" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065492v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02288710v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.13613" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834543v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.5373" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830555v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834258v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338453v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.3120" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338391v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830518v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557453v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557424v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485168v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485181v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359269v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hertz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Passeron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757138v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Sartre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827761v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827995v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827971v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757151v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827957v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827925v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827935v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827888v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827859v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827844v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827863v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827872v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827812v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827800v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827787v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157598v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173386v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158424v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835061v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896460v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896478v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485131v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Miller" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rousteau-Chambon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Trouv&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfk-paris.org/fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.992" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rousseau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Heck" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Dekoninck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerindo Ojeda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/histoires-sacrees" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917357v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320277v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045140v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.880.c14878" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045496v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arnaudbizalion.fr/accueil/123-marseille-l-italienne.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043116v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fabre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silvanaeditoriale.it/libro/9788836640133" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043132v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Adamczak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045114v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.silvanaeditoriale.it/libro/9788836640133" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043097v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270636v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silvanaeditoriale.it/libro/9788836641468" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038268v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acares.hypotheses.org/les-papiers-daca-res/bref-historique" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045123v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045119v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045130v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4575" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834498v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somogy.fr/livre/marseillestrong-au-xviiie-siecle?ean=9782757210581" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557972v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pelwww.free.fr/_Histoire_de_l_art.php" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557962v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043045v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039080v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039066v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157609v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maris Boyd Gillette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schroeder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Allen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6428" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157602v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6364" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537939v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557949v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-roffidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/052629600" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Blanquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roffidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Souperbie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15d3h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/locus.398" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045151v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.8603" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045147v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perrin Khelissa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.28557" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418900v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Carrez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.10833" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02288710v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.13613" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157578v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duhem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6511" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834543v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.5373" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830555v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834258v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338453v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.3120" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338391v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830518v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557453v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557424v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485168v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485181v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359269v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hertz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Passeron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757151v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827761v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757138v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Sartre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827995v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827971v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827957v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827935v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827925v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827844v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827904v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827830v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827888v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827859v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827872v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827812v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827800v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827787v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158424v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157598v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835061v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896460v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896478v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485131v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Miller" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rousteau-Chambon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Trouv&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfk-paris.org/fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.992" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rousseau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Heck" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Dekoninck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerindo Ojeda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/histoires-sacrees" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917357v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320277v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045140v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.880.c14878" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045496v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arnaudbizalion.fr/accueil/123-marseille-l-italienne.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043116v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fabre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silvanaeditoriale.it/libro/9788836640133" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043132v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Adamczak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038268v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acares.hypotheses.org/les-papiers-daca-res/bref-historique" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045119v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.silvanaeditoriale.it/libro/9788836640133" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045123v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045130v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043097v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045114v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270636v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silvanaeditoriale.it/libro/9788836641468" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4575" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834498v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somogy.fr/livre/marseillestrong-au-xviiie-siecle?ean=9782757210581" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557972v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pelwww.free.fr/_Histoire_de_l_art.php" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557962v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043045v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039080v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039066v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157609v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maris Boyd Gillette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schroeder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Allen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6428" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157602v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.6364" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537939v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557949v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>