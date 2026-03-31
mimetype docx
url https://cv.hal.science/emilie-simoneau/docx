--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1181,394 +1181,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03462964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidémiologie descriptive de la mobilité des personnes amputées de membre inférieur et intervention pour la réadaptation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correlation between foot pressure and comfort in recreational and advanced tennis players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Toumi</w:t>
+                <w:t xml:space="preserve">Alexis Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Triquet</w:t>
+                <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Wolniewicz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Congrès international de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Footwear Biomechanics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03463362v1</w:t>
+                <w:t xml:space="preserve">hal-03456648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between foot pressure and comfort in recreational and advanced tennis players</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Herbaut</w:t>
+                <w:t xml:space="preserve">Moment de force au niveau de la cheville saine chez des personnes amputées unilatérales du membre inférieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Leteneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Bassement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nils Gueguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Footwear Biomechanics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Brisbane, Australia</w:t>
+              <w:t xml:space="preserve">17ème Congrès international de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456648v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moment de force au niveau de la cheville saine chez des personnes amputées unilatérales du membre inférieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Epidémiologie descriptive de la mobilité des personnes amputées de membre inférieur et intervention pour la réadaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Bassement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Triquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wolniewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Congrès international de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463366v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle nerveux de muscles homologues lors de contractions bilatérales et unilatérales</w:t>
               </w:r>
@@ -1783,90 +1783,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term effects of gradual shoe drop reduction on young tennis players’ kinematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1917,90 +1917,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower shoe drop can reduce impact forces experienced by junior tennis players performing an open-stance forehand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2068,51 +2068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Dessurne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2193,51 +2193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Dessurne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2344,51 +2344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decoufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème édition des journées de la Société Francophone d'Analyse du Mouvement chez l'Enfant et l'Adulte (SOFAMEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Saint Fargeau Ponthierry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2439,51 +2439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pionnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decoufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2547,51 +2547,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximal voluntary contraction assessment: impact of real-time visual feedback of performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th Annual Congress of the European College of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2668,51 +2668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decoufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès de Médecine et Kinésithérapie du Sport (Congrès de l’IRBMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de Recherche du Bien-être, de la Médecine et du Sport Santé, Nov 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2867,51 +2867,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankle joint moment is substantially underestimated when measured with classical ergometers mounted with a uni-dimensional force sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3204,90 +3204,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouvel outil de mesure de la capacité de production de force des muscles de la cheville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3625,90 +3625,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standing posture and balance modalities in unilateral transfemoral and transtibial amputees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Bassement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4021,295 +4021,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untreated adolescent idiopathic scoliotic girls display altered balance modalities during self-paced voluntary body sways compared to able-bodied girls</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of Achilles tendon mechanical properties to torque steadiness in persons with transfemoral amputation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rowan Smart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leteneur</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Georgios A. Stylianides</w:t>
+                <w:t xml:space="preserve">Dimitri Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Bassement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bodywork and Movement Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbmt.2021.01.013⟩</w:t>
+              <w:t xml:space="preserve">Prosthetics and Orthotics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (2), pp.170-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309364620966431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03710412v1</w:t>
+                <w:t xml:space="preserve">hal-03463985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Achilles tendon mechanical properties to torque steadiness in persons with transfemoral amputation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rowan Smart</w:t>
+                <w:t xml:space="preserve">Untreated adolescent idiopathic scoliotic girls display altered balance modalities during self-paced voluntary body sways compared to able-bodied girls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leteneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cremoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Elie</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Leteneur</w:t>
+                <w:t xml:space="preserve">Georgios A. Stylianides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prosthetics and Orthotics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 45 (2), pp.170-177. </w:t>
+              <w:t xml:space="preserve">Journal of Bodywork and Movement Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0309364620966431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbmt.2021.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463985v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankle dysfunction in multiple sclerosis and the effects on walking</w:t>
               </w:r>
@@ -4455,51 +4455,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Jakobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4615,51 +4615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Agnani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 73, pp.180-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4693,103 +4693,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of optimal shoe fitting for children tennis players: Effects of inner-shoe volume and upper stiffness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 80, pp.265-271. </w:t>
@@ -4853,51 +4853,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5085,693 +5085,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02341946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term effects of gradual shoe drop reduction on young tennis players’ kinematics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Influence des chaussures minimalistes sur le risque de blessures de sur-sollicitation du membre inférieur chez l'enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nils Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Footwear Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19424280.2017.1313895⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (3), pp.119-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2016.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03666366v1</w:t>
+                <w:t xml:space="preserve">hal-01691134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des chaussures minimalistes sur le risque de blessures de sur-sollicitation du membre inférieur chez l'enfant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Shoe drop reduction influences the lower limb biomechanics of children tennis players during an open stance forehand: A longitudinal study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (10), pp.1261-1269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2017.1368719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2016.07.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01691134v1</w:t>
+                <w:t xml:space="preserve">hal-01691484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shoe drop reduction influences the lower limb biomechanics of children tennis players during an open stance forehand: A longitudinal study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">The influence of shoe aging on children running biomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56, pp.123-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2017.05.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17461391.2017.1368719⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01691484v1</w:t>
+                <w:t xml:space="preserve">hal-01691141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of shoe aging on children running biomechanics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Correlation between foot pressure and comfort in recreational and advanced tennis players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Footwear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (sup1), pp.S15-S16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19424280.2017.1313896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2017.05.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01691141v1</w:t>
+                <w:t xml:space="preserve">hal-03666360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between foot pressure and comfort in recreational and advanced tennis players</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Long-term effects of gradual shoe drop reduction on young tennis players’ kinematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Guéguen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Footwear Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 9 (sup1), pp.S15-S16. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 9 (sup1), pp.S13-S15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19424280.2017.1313895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19424280.2017.1313896⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03666360v1</w:t>
+                <w:t xml:space="preserve">hal-03666366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonographic quantification of architectural response in tibialis anterior to neuromuscular electrical stimulation</w:t>
               </w:r>
@@ -5913,77 +5913,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Hilaire Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 49, pp.107-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6017,77 +6017,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of shoe drop on the kinematics and kinetics of children tennis players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6151,103 +6151,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode pour évaluer un arrêt non planifié lors de l’initiation de la marche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 46 (4-5), pp.283-284. </w:t>
@@ -6285,103 +6285,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reliable measure of footwear upper comfort enabled by an innovative sock equipped with textile pressure sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Cannard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Gueguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 59 (10), pp.1327-1334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6441,51 +6441,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pionnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decoufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6545,51 +6545,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential impact of visual feedback on plantar- and dorsi-flexion maximal torque output</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Jakobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6675,51 +6675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Dessurne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6783,51 +6783,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced precision of ankle torque measure with an open-unit dynamometer mounted with a 3D force-torque sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6911,512 +6911,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03520701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic ankle instability (CAI) characterization with analysis of various balance tasks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Popineau</w:t>
+                <w:t xml:space="preserve">What is the most efficient for torque steadiness in young adults: a real-time visual feedback of performance or proprioceptive inputs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isam Hilal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2014.03.977⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (sup1), pp.88-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2014.931153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03476562v1</w:t>
+                <w:t xml:space="preserve">hal-03475175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the most efficient for torque steadiness in young adults: a real-time visual feedback of performance or proprioceptive inputs?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isam Hilal</w:t>
+                <w:t xml:space="preserve">Unipodal landing in individuals with unilateral chronic ankle instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Pionnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decoufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 17 (sup1), pp.88-89. </w:t>
+              <w:t xml:space="preserve">, 2014, 17 (sup1), pp.100-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10255842.2014.931153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2014.931334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475175v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unipodal landing in individuals with unilateral chronic ankle instability</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Popineau</w:t>
+                <w:t xml:space="preserve">Chronic low back pain sufferers exhibit freezing-like behaviors when asked to move their trunk as fast as possible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bourigua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Leteneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Ido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2014.931334⟩</w:t>
+              <w:t xml:space="preserve">Spine Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (7), pp.1291-1299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spinee.2013.11.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03475273v1</w:t>
+                <w:t xml:space="preserve">hal-03522326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic low back pain sufferers exhibit freezing-like behaviors when asked to move their trunk as fast as possible</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Imen Bourigua</w:t>
+                <w:t xml:space="preserve">Chronic ankle instability (CAI) characterization with analysis of various balance tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Pionnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decoufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spine Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 14 (7), pp.1291-1299. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57, pp.e270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.spinee.2013.11.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2014.03.977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522326v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is co-contraction responsible for the decline in maximal knee joint torque in older males?</w:t>
               </w:r>
@@ -7584,51 +7584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Dessery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (1), pp.e55256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8375,51 +8375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Kasmieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Mohammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isam Hilal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8544,51 +8544,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1C7D0A5"/>
+    <w:nsid w:val="C8F754FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8775,51 +8775,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-simoneau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2059-884X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112138470" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/210188278" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035875254X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164987v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Yacine Lardjane" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Blandeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wallard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Paglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361226v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pagnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475198v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowan Smart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bassement" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Jakobi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411287v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Arceo Luzanilla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Robinault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Paganelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Jochumsen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01845-0_110" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462088v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911178v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462964v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Desmyttere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463362v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Toumi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Triquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wolniewicz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Herbaut" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gueguen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463366v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463335v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gabrielli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463384v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gu&#233;guen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19424280.2017.1313895" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457371v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dessurne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413134v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460734v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pionnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decoufour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Popineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475268v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475220v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520362v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388652v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815900" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03533968v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388615v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Chikh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Dupuy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815865" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475316v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duclay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03665036v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03715856v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thiry" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Buisseret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22135027" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24040437" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463974v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2021.05.009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426614v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alvarez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Daniel Armenta Moreno" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/acs.2021.136878" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424528v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Al Muhammadee Janjua" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21020572" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710412v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios A. Stylianides" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2021.01.013" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463985v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Elie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309364620966431" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462839v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Massot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Alexandre Guyot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2019.1702726" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathys" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2018.12.023" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462877v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donz&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2019.07.253" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462863v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2017.05.016" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462893v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Farahpour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2019.05.012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341946v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14126" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03666366v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691134v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gueguen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2016.07.010" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691484v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2017.1368719" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691141v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2017.05.011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03666360v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19424280.2017.1313896" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03465129v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.07.008" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03465144v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Hilaire Rivard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2017.09.004" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454789v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2016.1185163" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464746v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.09.115" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464811v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cannard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2016.1142122" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464297v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2016.01.013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464316v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2015-0639" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464838v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145077" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520701v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Debril" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-015-3210-0" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476562v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.03.977" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475175v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isam Hilal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931153" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475273v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931334" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522326v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bourigua" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Ido" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spinee.2013.11.051" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522333v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-014-9616-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544446v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dessery" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055256" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342024v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062943v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080419v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Porter" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques van Hoecke" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.20492" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080421v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03680094v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-01845-0_110" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03642743v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Kasmieh" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mohammad" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emilie-simoneau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2059-884X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112138470" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/210188278" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035875254X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164987v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Yacine Lardjane" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Blandeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wallard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Paglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361226v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pagnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475198v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowan Smart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bassement" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Jakobi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411287v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Arceo Luzanilla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Robinault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Paganelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Jochumsen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01845-0_110" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462088v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911178v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462964v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Desmyttere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456648v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Herbaut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gueguen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463366v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Toumi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463362v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Triquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wolniewicz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463335v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gabrielli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463384v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gu&#233;guen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19424280.2017.1313895" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457371v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dessurne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413134v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460734v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pionnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decoufour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Popineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475268v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475220v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520362v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388652v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815900" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03533968v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388615v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Chikh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Dupuy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815865" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475316v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duclay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03665036v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03715856v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thiry" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Buisseret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22135027" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24040437" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463974v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2021.05.009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426614v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alvarez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Daniel Armenta Moreno" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/acs.2021.136878" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424528v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Al Muhammadee Janjua" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21020572" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463985v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Elie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309364620966431" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710412v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios A. Stylianides" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2021.01.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462839v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Massot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Alexandre Guyot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2019.1702726" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathys" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2018.12.023" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462877v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donz&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2019.07.253" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462863v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2017.05.016" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462893v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Farahpour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2019.05.012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341946v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14126" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691134v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gueguen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2016.07.010" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691484v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2017.1368719" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691141v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2017.05.011" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03666360v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19424280.2017.1313896" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03666366v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03465129v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.07.008" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03465144v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Hilaire Rivard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2017.09.004" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454789v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2016.1185163" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464746v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.09.115" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464811v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cannard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2016.1142122" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464297v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2016.01.013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464316v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2015-0639" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03464838v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145077" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520701v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Debril" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-015-3210-0" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475175v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isam Hilal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931153" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475273v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931334" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522326v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bourigua" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Ido" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spinee.2013.11.051" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476562v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.03.977" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522333v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-014-9616-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544446v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dessery" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055256" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342024v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062943v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080419v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Porter" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques van Hoecke" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.20492" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080421v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03680094v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-01845-0_110" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03642743v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Kasmieh" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mohammad" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>