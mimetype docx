--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -610,1333 +610,1333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05212807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riverine Microplastic Pollution in Vietnam: A Review of Current Scientific Knowledge and Legal Policies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Baseline concentration of microplastics in surface water and sediment of the northern branches of the Mekong River Delta, Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quoc-Thinh Thuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ngoc-Bao Pham</w:t>
+                <w:t xml:space="preserve">Thi-Minh-Tam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35762/aer.2023014⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 187, pp.114605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2023.114605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466449v1</w:t>
+                <w:t xml:space="preserve">hal-03942360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastic accumulation in oysters: Insights from aquaculture and laboratory conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh-Son Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan-Thao La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen-Tran-Sang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc-Thinh Thuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 68, pp.103251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rsma.2023.103251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04271314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline concentration of microplastics in surface water and sediment of the northern branches of the Mekong River Delta, Vietnam</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microplastics in sediments from urban and suburban rivers: Influence of sediment properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi-Minh-Tam Le</w:t>
+                <w:t xml:space="preserve">Thi Thuy Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
+                <w:t xml:space="preserve">Duong Nguyen-Thuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Nam Phuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha My Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Oanh Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2023.114605⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 904, pp.166330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942360v1</w:t>
+                <w:t xml:space="preserve">hal-04185063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastics in sediments from urban and suburban rivers: Influence of sediment properties</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The seasonal variations in the interactions between rare earth elements and organic matter in tropical rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ha My Ngo</w:t>
+                <w:t xml:space="preserve">Duc Huy Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Oanh Doan</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quang Khai Ha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Némery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166330⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 638, pp.121711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185063v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The seasonal variations in the interactions between rare earth elements and organic matter in tropical rivers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Duc Huy Dang</w:t>
+                <w:t xml:space="preserve">Evaluation of microplastic removal efficiency of wastewater-treatment plants in a developing country, Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Minh-Tam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quang Khai Ha</w:t>
+                <w:t xml:space="preserve">Phuoc-Dan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Némery</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quang-Do-Thanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 638, pp.121711. </w:t>
+              <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29, pp.1028994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eti.2022.102994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207626v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of microplastic removal efficiency of wastewater-treatment plants in a developing country, Vietnam</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Riverine Microplastic Pollution in Vietnam: A Review of Current Scientific Knowledge and Legal Policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuoc-Dan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quang-Do-Thanh Le</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
+                <w:t xml:space="preserve">Ngoc-Bao Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29, pp.1028994. </w:t>
+              <w:t xml:space="preserve">Applied Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45 (3), pp.251188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eti.2022.102994⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35762/aer.2023014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03922377v1</w:t>
+                <w:t xml:space="preserve">hal-04466449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytoplankton characterization in a tropical tidal river impacted by a megacity: the case of the Saigon River (Southern Vietnam)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selection of a density separation solution to study microplastics in tropical riverine sediment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Thuy Duong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Truong Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Strady</w:t>
+                <w:t xml:space="preserve">Phuong Thu Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuyet T N Nguyen</w:t>
+                <w:t xml:space="preserve">Thi Nhu Huong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanne Aimé</w:t>
+                <w:t xml:space="preserve">Thi Quynh Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha My Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 29, pp.4076-4092. </w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194 (2), pp.65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-021-15850-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10661-021-09664-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03321091v1</w:t>
+                <w:t xml:space="preserve">hal-03597257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of a density separation solution to study microplastics in tropical riverine sediment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Microplastics in Asian freshwater ecosystems: Current knowledge and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Anh Phuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thuy Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Nhu Huong Nguyen</w:t>
+                <w:t xml:space="preserve">Thi Phuong Quynh Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Quynh Hoang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Trung Kien Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ha My Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 194 (2), pp.65. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 808, pp.151989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10661-021-09664-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.151989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03597257v1</w:t>
+                <w:t xml:space="preserve">hal-03473947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastics in Asian freshwater ecosystems: Current knowledge and perspectives</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anthropogenic fibres in white clams, Meretrix lyrata, cultivated downstream a developing megacity, Ho Chi Minh City, Viet Nam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.151989⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 174, pp.113302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473947v1</w:t>
+                <w:t xml:space="preserve">hal-03510125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic fibres in white clams, Meretrix lyrata, cultivated downstream a developing megacity, Ho Chi Minh City, Viet Nam</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
+                <w:t xml:space="preserve">Phytoplankton characterization in a tropical tidal river impacted by a megacity: the case of the Saigon River (Southern Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Truong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Son Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuyet T N Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 174, pp.113302. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.4076-4092. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-021-15850-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510125v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Field Guide for Monitoring Riverine Macroplastic Entrapment in Water Hyacinths</w:t>
               </w:r>
@@ -2050,429 +2050,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03295419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlights from a review of microplastics in marine sediments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Baseline assessment of microplastic concentrations in marine and freshwater environments of a developing Southeast Asian country, Viet Nam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nam Ngoc Phuong</w:t>
+                <w:t xml:space="preserve">Thi Ha Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fauvelle</w:t>
+                <w:t xml:space="preserve">Thanh Duong Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Grenz</w:t>
+                <w:t xml:space="preserve">Hai Ngoc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Ourgaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Natascha Schmidt</w:t>
+                <w:t xml:space="preserve">Thi Thanh Dung Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146225⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162, pp.111870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2020.111870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03164736v1</w:t>
+                <w:t xml:space="preserve">hal-03114530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastic in atmospheric fallouts of a developing Southeast Asian megacity under tropical climate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thi-Minh-Tam Le</w:t>
+                <w:t xml:space="preserve">Highlights from a review of microplastics in marine sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nam Ngoc Phuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fauvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grenz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Ourgaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natascha Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.129874⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 777, pp.146225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03141123v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline assessment of microplastic concentrations in marine and freshwater environments of a developing Southeast Asian country, Viet Nam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microplastic in atmospheric fallouts of a developing Southeast Asian megacity under tropical climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran-Nguyen-Sang Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thi Thanh Dung Do</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc-Viet Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Minh-Tam Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 162, pp.111870. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 272, pp.129874. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2020.111870⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.129874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03114530v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03141123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plastic Plants: The Role of Water Hyacinths in Plastic Transport in Tropical Rivers</w:t>
               </w:r>
@@ -2586,2128 +2586,2128 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03257612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentological and geochemical data in bed sediments from a tropical river-estuary system impacted by a developing megacity, Ho Chi Minh City - Vietnam</w:t>
+                <w:t xml:space="preserve">Bioaccumulation of trace elements in the hard clam, Meretrix lyrata, reared downstream of a developing megacity, the Saigon-Dongnai River Estuary, Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Noncent</w:t>
+                <w:t xml:space="preserve">Viet Tuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuoc-Dan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105938⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 192 (9), pp.566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-020-08502-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889560v1</w:t>
+                <w:t xml:space="preserve">hal-02925838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace metal dynamics in a tropical mangrove tidal creek: influence of porewater seepage (Can Gio, Vietnam)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics of microplastics in shoreline sediments from a tropical and urbanized beach (Da Nang, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh Anh Tran Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoai Nhu y Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Nho</w:t>
+                <w:t xml:space="preserve">Quy Tuan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Marchand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Taillardat</w:t>
+                <w:t xml:space="preserve">Mau Trinh-Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 161, pp.111768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2020.111768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03389405v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioaccumulation of trace elements in the hard clam, Meretrix lyrata, reared downstream of a developing megacity, the Saigon-Dongnai River Estuary, Vietnam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutrient budgets in the Saigon-Dongnai River basin: Past to future inputs from the developing Ho Chi Minh megacity (Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuyet T N Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viet Tuan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Phuoc-Dan Nguyen</w:t>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 192 (9), pp.566. </w:t>
+              <w:t xml:space="preserve">River Research and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (6), pp.974-990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10661-020-08502-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rra.3552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925838v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient budgets in the Saigon-Dongnai River basin: Past to future inputs from the developing Ho Chi Minh megacity (Vietnam)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regard sur les vies sociales et environnementales des matières plastiques au Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Nemery</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josette Garnier</w:t>
+                <w:t xml:space="preserve">Mikaëla Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Research and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Francophonie en Asie-Pacifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02436346v1</w:t>
+                <w:t xml:space="preserve">halshs-03895481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of microplastics in shoreline sediments from a tropical and urbanized beach (Da Nang, Vietnam)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trace Metal Dynamics in a Tropical Mangrove Tidal Creek: Influence of Porewater Seepage (Can Gio, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truong van Vinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quynh Anh Tran Nguyen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mau Trinh-Dang</w:t>
+                <w:t xml:space="preserve">Pierre Taillardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2020.111768⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fenvs.2020.00139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02991772v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur les vies sociales et environnementales des matières plastiques au Vietnam</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temporal dynamic of anthropogenic fibers in a tropical river-estuarine system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Francophonie en Asie-Pacifique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.113897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.113897⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03895481v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace Metal Dynamics in a Tropical Mangrove Tidal Creek: Influence of Porewater Seepage (Can Gio, Vietnam)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+                <w:t xml:space="preserve">Trace metal dynamics in a tropical mangrove tidal creek: influence of porewater seepage (Can Gio, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Nho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Marchand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Strady</w:t>
+                <w:t xml:space="preserve">C. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truong van Vinh</w:t>
+                <w:t xml:space="preserve">E. Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Taillardat</w:t>
+                <w:t xml:space="preserve">T.V. Vinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Taillardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925837v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03389405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal dynamic of anthropogenic fibers in a tropical river-estuarine system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sedimentological and geochemical data in bed sediments from a tropical river-estuary system impacted by a developing megacity, Ho Chi Minh City - Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Noncent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Némery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Tassin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Denis Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.113897. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.261-269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.113897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02430016v1</w:t>
+                <w:t xml:space="preserve">hal-02889560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where has the pollution gone? A survey of organic contaminants in Ho Chi Minh city / Saigon River (Vietnam) bed sediments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trace metals geochemistry and ecological risks in a tropical mangrove (Can Gio, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Nho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Babut</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nhu-Trang Tran-Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.V. Vinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 217, pp.261-269. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018741v1</w:t>
+                <w:t xml:space="preserve">hal-03333411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace metals geochemistry and ecological risks in a tropical mangrove (Can Gio, Vietnam)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Where has the pollution gone? A survey of organic contaminants in Ho Chi Minh city / Saigon River (Vietnam) bed sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Babut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Simonnet-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 217, pp.261-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.11.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333411v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus adsorption/desorption processes in the tropical Saigon River estuary (Southern Vietnam) impacted by a megacity</w:t>
+                <w:t xml:space="preserve">Nouveau modèle analytique pour une meilleure estimation des flux nets annuels en métaux dissous. Cas du cadmium dans l’estuaire de la Gironde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuyet T.N. Nguyen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Emilie Strady</w:t>
+                <w:t xml:space="preserve">F. Pougnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mulamba-Guilhemat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coynel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gil-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2019.106321⟩</w:t>
+              <w:t xml:space="preserve">Hydroécologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/hydro/2019002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02297484v1</w:t>
+                <w:t xml:space="preserve">hal-02297551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metals geochemistry and ecological risk assessment in a tropical mangrove (Can Gio, Vietnam)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Marchand</w:t>
+                <w:t xml:space="preserve">Seasonality of riverine macroplastic transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van Emmerik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tran-Thi Nhu-Trang</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.11.163⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-50096-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297576v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau modèle analytique pour une meilleure estimation des flux nets annuels en métaux dissous. Cas du cadmium dans l’estuaire de la Gironde</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phosphorus adsorption/desorption processes in the tropical Saigon River estuary (Southern Vietnam) impacted by a megacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Coynel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Gil-Diaz</w:t>
+                <w:t xml:space="preserve">Tuyet T.N. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydroécologie Appliquée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/hydro/2019002⟩</w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 227, pp.106321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2019.106321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297551v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonality of riverine macroplastic transport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tim van Emmerik</w:t>
+                <w:t xml:space="preserve">Metals geochemistry and ecological risk assessment in a tropical mangrove (Can Gio, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truong-Van Vinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luan Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+                <w:t xml:space="preserve">Tran-Thi Nhu-Trang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 219, pp.365-382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-50096-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.11.163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297611v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of trace metal bioaccumulation and trophic transfer in a phytoplankton-zooplankton-small pelagic fish marine food web</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutrient dynamics and eutrophication assessment in the tropical river system of Saigon – Dongnai (southern Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuyet T N Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Chouvelon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christophe Brach-Papa</w:t>
+                <w:t xml:space="preserve">Viet Quoc Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.07.047⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 653, pp.370-383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356815v1</w:t>
+                <w:t xml:space="preserve">hal-02297526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient dynamics and eutrophication assessment in the tropical river system of Saigon – Dongnai (southern Vietnam)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+                <w:t xml:space="preserve">Patterns of trace metal bioaccumulation and trophic transfer in a phytoplankton-zooplankton-small pelagic fish marine food web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chouvelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Harmelin-Vivien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Radakovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viet Quoc Tran</w:t>
+                <w:t xml:space="preserve">Christophe Brach-Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 653, pp.370-383. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 146, pp.1013-1030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.07.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297526v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioaccumulation of some trace elements in tropical mangrove plants and snails (Can Gio, Vietnam)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Huu-Phat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran-Thi Nhu-Trang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 248, pp.635-645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4735,693 +4735,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02297594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace metals partitioning between particulate and dissolved phases along a tropical mangrove estuary (Can Gio, Vietnam)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+                <w:t xml:space="preserve">Macroplastic and microplastic contamination assessment of a tropical river (Saigon River, Vietnam) transversed by a developing megacity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Lahens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tran–thi Nhu-Trang</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank David</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rachid Dris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kada Boukerma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.12.189⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.661-671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2018.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356823v1</w:t>
+                <w:t xml:space="preserve">hal-01711525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macroplastic and microplastic contamination assessment of a tropical river (Saigon River, Vietnam) transversed by a developing megacity.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lisa Lahens</w:t>
+                <w:t xml:space="preserve">A Methodology to Characterize Riverine Macroplastic Emission Into the Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van Emmerik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Loozen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kees van Oeveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kada Boukerma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.661-671. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2018.02.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2018.00372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01711525v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology to Characterize Riverine Macroplastic Emission Into the Ocean</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thuy-Chung Kieu-Le</w:t>
+                <w:t xml:space="preserve">Trace metals partitioning between particulate and dissolved phases along a tropical mangrove estuary (Can Gio, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Loozen</w:t>
+                <w:t xml:space="preserve">Tran–thi Nhu-Trang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kees van Oeveren</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frank David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5, pp.372. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 196, pp.311-322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2018.00372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.12.189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02301074v1</w:t>
+                <w:t xml:space="preserve">hal-02356823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial variation and risk assessment of trace metals in water and sediment of the Mekong Delta</w:t>
+                <w:t xml:space="preserve">Baseline seasonal investigation of nutrients and trace metals in surface waters and sediments along the Saigon River basin impacted by the megacity of Ho Chi Minh (Vietnam)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vu Bich Hanh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guédron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 179, pp.367-378. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (4), pp.3226-3243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.03.105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-016-7660-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357361v1</w:t>
+                <w:t xml:space="preserve">hal-02357360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline seasonal investigation of nutrients and trace metals in surface waters and sediments along the Saigon River basin impacted by the megacity of Ho Chi Minh (Vietnam)</w:t>
+                <w:t xml:space="preserve">Spatial variation and risk assessment of trace metals in water and sediment of the Mekong Delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Némery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vu Bich Hanh Dang</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+                <w:t xml:space="preserve">Thanh Nho Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guédron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 24 (4), pp.3226-3243. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 179, pp.367-378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-016-7660-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2017.03.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357360v1</w:t>
+                <w:t xml:space="preserve">hal-02357361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rare earth element distributions and fractionation in plankton from the northwestern Mediterranean Sea</w:t>
               </w:r>
@@ -5433,51 +5433,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intae Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guebuem Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5549,51 +5549,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Po-210 and Pb-210 trophic transfer within the phytoplankton-zooplankton -anchovy/sardine food web: a case study from the Gulf of Lion (NW Mediterranean Sea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Harmelin-Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Francois Chiffoleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5810,412 +5810,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing cadmium contamination kinetics and pathways in oysters (Crassostrea gigas) by multiple stable Cd isotope spike experiments</w:t>
+                <w:t xml:space="preserve">Roles of regional hydrodynamic and trophic contamination in cadmium bioaccumulation by Pacific oysters in the Marennes-Oléron Bay (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Baudrimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.10.020⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84 (1), pp.80-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2011.02.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357365v1</w:t>
+                <w:t xml:space="preserve">hal-02357367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal variations in trace metal concentrations in surface sediments of the Marennes Oléron Bay. Relation to hydrodynamic forcing</w:t>
+                <w:t xml:space="preserve">Tracing cadmium contamination kinetics and pathways in oysters (Crassostrea gigas) by multiple stable Cd isotope spike experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Kervella</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Schäfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Baudrimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Blanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Continental Shelf Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csr.2011.03.006⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 74 (4), pp.600-606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2010.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357366v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles of regional hydrodynamic and trophic contamination in cadmium bioaccumulation by Pacific oysters in the Marennes-Oléron Bay (France)</w:t>
+                <w:t xml:space="preserve">Spatial and temporal variations in trace metal concentrations in surface sediments of the Marennes Oléron Bay. Relation to hydrodynamic forcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Kervella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Stanisière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84 (1), pp.80-90. </w:t>
+              <w:t xml:space="preserve">Continental Shelf Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 31 (9), pp.997-1007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2011.02.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csr.2011.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357367v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving estuarine net flux estimates for dissolved cadmium export at the annual timescale: Application to the Gironde Estuary</w:t>
               </w:r>
@@ -6621,51 +6621,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eau, Mégapoles et Changement global</w:t>
+                <w:t xml:space="preserve">Water, Megacities and Global Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cléo Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasudha Pangare</w:t>
@@ -6697,93 +6697,93 @@
                 <w:t xml:space="preserve">Emilio J. Lentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Loftus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-200102-3</w:t>
+              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-100161-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01375736v1</w:t>
+                <w:t xml:space="preserve">hal-01449109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agua, Megaciudades y Cambio Climatico</w:t>
+                <w:t xml:space="preserve">Eau, Mégapoles et Changement global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cléo Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasudha Pangare</w:t>
@@ -6815,93 +6815,93 @@
                 <w:t xml:space="preserve">Emilio J. Lentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Loftus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-300051-3</w:t>
+              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-200102-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01449119v1</w:t>
+                <w:t xml:space="preserve">hal-01375736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water, Megacities and Global Change</w:t>
+                <w:t xml:space="preserve">Agua, Megaciudades y Cambio Climatico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cléo Lossouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasudha Pangare</w:t>
@@ -6933,69 +6933,69 @@
                 <w:t xml:space="preserve">Emilio J. Lentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Loftus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-100161-1</w:t>
+              <w:t xml:space="preserve">Alice Aureli, UNESCO-PHI; Jean-Claude Deutsch, ARCEAU-IdF; François Prévot, ARCEAU-IdF; Irina Severin, ARCEAU-IdF; Jean-Pierre Tabuchi, SIAAP; Bruno Tassin, ARCEAU-IdF; Géraldine Izambart, ARCEAU-IdF; Blanca Jiménez-Cisneros, UNESCO-PHI; Cléo Lossouarn, SIAAP; Ismael Madrigal, UNESCO-PHI; Alexandros Makarigakis, UNESCO-PHI; Bruno Nguyen, UNESCO-PHI. UNESCO &amp; ARCEAU-IdF, 2016, 978-92-3-300051-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01449109v1</w:t>
+                <w:t xml:space="preserve">hal-01449119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7270,51 +7270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05101884v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Strady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasp&#233;ri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics4020031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212790v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy-Chung Kieu-Le" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phong Ngo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thanh Lai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Huyen Pham" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Bao-Tran Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscee.2025.101276" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212807v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-N.-S. Truong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-C. Kieu-Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-P. Ngo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-024-05543-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466449v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Nguyen-Sang Truong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc-Dan Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Bao Pham" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35762/aer.2023014" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271314v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Dao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Thao La" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen-Tran-Sang Truong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Thinh Thuong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.103251" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Minh-Tam Le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Viet Tran" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.114605" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04185063v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Duong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Nguyen-Thuy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Ngo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Oanh Doan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166330" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207626v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Huy Dang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Khai Ha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien N&#233;mery" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121711" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922377v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Do-Thanh Le" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2022.102994" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321091v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Truong Nguyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyet T N Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Aim&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15850-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597257v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Thu Le" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nhu Huong Nguyen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Quynh Hoang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-021-09664-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03473947v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Phuong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Quynh Le" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Kien Hoang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151989" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510125v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113302" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295419v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Schreyers" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Emmerik" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Luan Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Anh Phung" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2021.716516" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03164736v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Ngoc Phuong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grenz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ourgaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schmidt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146225" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141123v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.129874" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114530v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Dang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Duong Dao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ngoc Dinh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Dung Do" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111870" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257612v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Castrop" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2021.686334" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889560v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Th&#224;nh-Nho" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Herv&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105938" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389405v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Strady" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.V. Vinh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillardat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Tuan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-020-08502-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436346v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3552" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991772v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Anh Tran Nguyen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nhu y Nguyen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quy Tuan Nguyen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mau Trinh-Dang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111768" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le Meur" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925837v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marchand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong van Vinh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taillardat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00139" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02430016v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.113897" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018741v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Babut" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonnet-Laprade" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333411v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu-Trang Tran-Thi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297484v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyet T.N. Nguyen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2019.106321" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297576v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong-Van Vinh" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Thi Nhu-Trang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.163" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297551v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pougnet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mulamba-Guilhemat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coynel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gil-Diaz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/hydro/2019002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297611v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Nguyen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50096-1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356815v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chouvelon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brach-Papa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.07.047" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297526v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Quoc Tran" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.319" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297594v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Huu-Phat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.02.041" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356823v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran&#8211;thi Nhu-Trang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank David" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.189" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01711525v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lahens" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Boukerma" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.02.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301074v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Loozen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees van Oeveren" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00372" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357361v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuc Dinh" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Nho Nguyen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.03.105" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357360v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Bich Hanh Dang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7660-7" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296494v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intae Kim" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guebuem Kim" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.05.049" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDWPMBHQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295614v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Chiffoleau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Veron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Tronczynski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2015.02.019" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357364v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lanceleur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Blanc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1045-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8989718AF7EC978B5529DD4F0DD2E441BBAFD59E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357365v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrimont" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.10.020" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357366v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Kervella" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Robert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Stanisi&#232;re" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.03.006" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357367v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.02.051" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.07.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357369v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.05.006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357372v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Pohl" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Yakushev" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Kr&#252;ger" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Hennings" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2007.07.051" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01375736v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Lossouarn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasudha Pangare" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sun Fenghua" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio J. Lentini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Loftus" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01449119v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01449109v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357363v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Chung Kieu-Le" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morganne Perset" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05101884v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Strady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasp&#233;ri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics4020031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212790v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy-Chung Kieu-Le" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phong Ngo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thanh Lai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Huyen Pham" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Bao-Tran Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscee.2025.101276" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212807v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-N.-S. Truong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-C. Kieu-Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-P. Ngo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-024-05543-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942360v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Thinh Thuong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Nguyen-Sang Truong" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Minh-Tam Le" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Viet Tran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.114605" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271314v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Dao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Thao La" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen-Tran-Sang Truong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.103251" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04185063v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Duong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Nguyen-Thuy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Ngo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Oanh Doan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166330" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Huy Dang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Khai Ha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien N&#233;mery" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121711" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc-Dan Nguyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Do-Thanh Le" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2022.102994" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466449v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Bao Pham" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35762/aer.2023014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597257v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Thu Le" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nhu Huong Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Quynh Hoang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-021-09664-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03473947v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Phuong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Quynh Le" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Kien Hoang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151989" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510125v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113302" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321091v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Truong Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyet T N Nguyen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Aim&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15850-x" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295419v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Schreyers" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Emmerik" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Luan Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Anh Phung" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2021.716516" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Dang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Duong Dao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ngoc Dinh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Dung Do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111870" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03164736v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Ngoc Phuong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grenz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ourgaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schmidt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146225" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141123v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.129874" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257612v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Castrop" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2021.686334" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925838v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Tuan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-020-08502-z" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991772v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Anh Tran Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nhu y Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quy Tuan Nguyen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mau Trinh-Dang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111768" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436346v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3552" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895481v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le Meur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925837v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Th&#224;nh-Nho" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marchand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong van Vinh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taillardat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2020.00139" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02430016v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.113897" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389405v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nho" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Strady" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.V. Vinh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taillardat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889560v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Herv&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105938" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333411v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu-Trang Tran-Thi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018741v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Babut" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonnet-Laprade" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.008" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297551v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pougnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mulamba-Guilhemat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coynel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gil-Diaz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/hydro/2019002" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297611v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luan Nguyen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50096-1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297484v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyet T.N. Nguyen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2019.106321" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297576v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong-Van Vinh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Thi Nhu-Trang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.163" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297526v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Quoc Tran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.319" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356815v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chouvelon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harmelin-Vivien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brach-Papa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.07.047" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297594v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Huu-Phat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.02.041" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01711525v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lahens" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Boukerma" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.02.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301074v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Loozen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees van Oeveren" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00372" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran&#8211;thi Nhu-Trang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank David" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.189" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357360v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Bich Hanh Dang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuc Dinh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7660-7" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357361v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Nho Nguyen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.03.105" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296494v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intae Kim" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guebuem Kim" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.05.049" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDWPMBHQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295614v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Chiffoleau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Veron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Tronczynski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2015.02.019" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357364v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lanceleur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Blanc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1045-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8989718AF7EC978B5529DD4F0DD2E441BBAFD59E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357367v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrimont" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Robert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.02.051" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357365v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2010.10.020" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357366v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Kervella" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Stanisi&#232;re" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.03.006" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357371v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.07.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357369v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.05.006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357372v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Pohl" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Yakushev" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Kr&#252;ger" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Hennings" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2007.07.051" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01449109v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Lossouarn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasudha Pangare" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sun Fenghua" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio J. Lentini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Loftus" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01375736v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01449119v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357363v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Chung Kieu-Le" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morganne Perset" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>