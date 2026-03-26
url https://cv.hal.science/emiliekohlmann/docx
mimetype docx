--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -166,477 +166,477 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immersions et expériences de nature : peut-on encore se passer du numérique ?</w:t>
+                <w:t xml:space="preserve">Le livre dans les activités de médiation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut-Lazzarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Inaudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Gagnebien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29, </w:t>
+              <w:t xml:space="preserve">Communication, Technologies et Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13lfh⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/14147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05015931v1</w:t>
+                <w:t xml:space="preserve">hal-05092573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le livre dans les activités de médiation scientifique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux de légitimité dans la médiation scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Inaudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Coulbaut-Lazzarini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication, Technologies et Développement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.80-94</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05092573v1</w:t>
+                <w:t xml:space="preserve">hal-05362722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de légitimité dans la médiation scientifique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sousveillance du bien-être animal : évolutions communicationnelles de la filière équestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Trémé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
+                <w:t xml:space="preserve">Amélie Coulbaut-Lazzarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communication &amp; Organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 67, pp.133-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14jdj⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05362722v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05232301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sousveillance du bien-être animal : évolutions communicationnelles de la filière équestre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Immersions et expériences de nature : peut-on encore se passer du numérique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+                <w:t xml:space="preserve">Amélie Coubault-Lazzarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Trémé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amélie Coulbaut-Lazzarini</w:t>
+                <w:t xml:space="preserve">Anne Gagnebien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; Organisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 67, pp.133-150. </w:t>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/14jdj⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/13lfh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05232301v1</w:t>
+                <w:t xml:space="preserve">hal-05015931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les formules et les dispositifs à propos des « transitions » invisibilisent la biodiversité dans les politiques autour de la nature?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -683,77 +683,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communiquer sur le bien-être équin en contexte contraint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal. Science proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (2), pp.175-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -800,51 +800,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations numériques à la nature : une sociabilité à repenser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Charvolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 30 (2), pp.196-200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -878,51 +878,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolutions de la communication du Parc naturel régional du Pilat à travers le thème de la biodiversité : 2010-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les carnets du cediscor</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, La biodiversité en discours : communication, transmission, traduction, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -956,51 +956,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre communication et médiation : le rôle complexe des parcs naturels régionaux. La biodiversité dans le Parc du Pilat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 187, pp.Recherches</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1025,51 +1025,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Lamy, Dominique Carré, dirs, Temps, temporalité(s) et dispositifs de médiation‪. Paris, Éd. L’Harmattan, coll. Communication et médias, 2017, 166 pages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1400,51 +1400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’indiscipline du sujet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 56, pp.96 - 103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1504,480 +1504,480 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles transitions traversent les SIC à travers la question du vivant et du non-humain ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Transition éthique dans le milieu équestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Allard-Huver</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128861v1</w:t>
+                <w:t xml:space="preserve">hal-05128841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensibiliser/former les futurs professionnels de l’information communication</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Transparence et obscurité de la communication sur les actions en faveur du développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transition(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Défis et opportunités de la communication au service du développement durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des Controverses et de la Communication Sensible; UM6P | Story Shool, Nov 2025, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128821v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition éthique dans le milieu équestre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quelles transitions traversent les SIC à travers la question du vivant et du non-humain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Allard-Huver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataly Botero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Courbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gagnebien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128841v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparence et obscurité de la communication sur les actions en faveur du développement durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sensibiliser/former les futurs professionnels de l’information communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Défis et opportunités de la communication au service du développement durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie des Controverses et de la Communication Sensible; UM6P | Story Shool, Nov 2025, Rabat, Morocco</w:t>
+              <w:t xml:space="preserve">Transition(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFSIC, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392668v1</w:t>
+                <w:t xml:space="preserve">hal-05128821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Récits autour du cheval : entre maltraitance animale, mise en scène du mignon et nouvelles ontologies, quelles perspectives ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles Ontologies dans la Relation à l'Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRESEC, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1996,791 +1996,791 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages innovants du livre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aude Inaudi</w:t>
+                <w:t xml:space="preserve">Communiquer sur le bien-être équin en contexte contraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La CSTI contemporaine : Transitions et liens aux territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMCSTI, Jun 2023, Bastia, France</w:t>
+              <w:t xml:space="preserve">Journées Sciences et Innovations Equines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFCE, Jun 2023, Saumur, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199493v1</w:t>
+                <w:t xml:space="preserve">hal-04132339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communiquer sur le bien-être équin en contexte contraint</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le livre dans les activités de médiation scientifique : mutation des pratiques, évaluation et dimension sociale de la médiation des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Inaudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Sciences et Innovations Equines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFCE, Jun 2023, Saumur, France</w:t>
+              <w:t xml:space="preserve">13ème colloque international ISKO-France "Épistémologie sociale dans l’organisation des connaissances"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISKO-France; ELICO; Université Jean Moulin Lyon III, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132339v1</w:t>
+                <w:t xml:space="preserve">hal-04397723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le livre dans les activités de médiation scientifique : mutation des pratiques, évaluation et dimension sociale de la médiation des connaissances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Médiatisation du bien-être animal dans la filière équine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème colloque international ISKO-France "Épistémologie sociale dans l’organisation des connaissances"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISKO-France; ELICO; Université Jean Moulin Lyon III, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">La numérisation des sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397723v1</w:t>
+                <w:t xml:space="preserve">hal-04132334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médiatisation du bien-être animal dans la filière équine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Expérimenter des formes d’écriture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La numérisation des sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Sciences participatives et communication scientifique : écrire, publier, valoriser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journée nationale du réseau des URFIST, Nov 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132334v1</w:t>
+                <w:t xml:space="preserve">hal-04338627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter des formes d’écriture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Gouverner, observer et comprendre la nature grâce au numérique : injonctions, conflits, normes et territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carlino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Francony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Wallendorf Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences participatives et communication scientifique : écrire, publier, valoriser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Journée nationale du réseau des URFIST, Nov 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">XXIIIe Congrès de la Société française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française des sciences de l'information et de la communication; Médiations informations communication arts (Mica, Université Bordeaux Montaigne), Jun 2023, Bordeaux, France. pp.508-509</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338627v1</w:t>
+                <w:t xml:space="preserve">hal-04557434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouverner, observer et comprendre la nature grâce au numérique : injonctions, conflits, normes et territoires</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Effets de cadrage des dispositifs numériques participatifs d’observation et de sensibilisation à la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe Congrès de la Société française des sciences de l'information et de la communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française des sciences de l'information et de la communication; Médiations informations communication arts (Mica, Université Bordeaux Montaigne), Jun 2023, Bordeaux, France. pp.508-509</w:t>
+              <w:t xml:space="preserve">La numérisation de la société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557434v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de cadrage des dispositifs numériques participatifs d’observation et de sensibilisation à la biodiversité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">La numérisation des démarches de concertation : usages de plateformes contributives et mobilisations citoyennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cambone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorreine Petters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La numérisation de la société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Congrès SFSIC Bordeaux 2023 - La numérisation des sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04138848v1</w:t>
+                <w:t xml:space="preserve">hal-04532643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La numérisation des démarches de concertation : usages de plateformes contributives et mobilisations citoyennes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Cambone</w:t>
+                <w:t xml:space="preserve">Usages innovants du livre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Inaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lorreine Petters</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SFSIC Bordeaux 2023 - La numérisation des sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">La CSTI contemporaine : Transitions et liens aux territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMCSTI, Jun 2023, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532643v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner la transition numérique dans des dispositifs de mediation à la nature en Isère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2818,51 +2818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de visibilité autour de la biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire transversal GRESEC : visibilité/invisibilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRESEC, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2887,64 +2887,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panel #15 : Le livre dans la médiation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Inaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Counillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3006,221 +3006,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution d’étude : Le rôle du livre dans les organisations de médiation scientifique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Plateforme Nature-Isère Raconter la nature à partir de données naturalistes issues de dispositifs participatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude Inaudi</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cambone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La nouvelle donne de la CSTI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMCSTI, Dec 2020, En ligne, France</w:t>
+              <w:t xml:space="preserve">Humains et données : création, médiation, décision, narration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque International. 7e conférence Document numérique et Société, Sep 2020, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213409v1</w:t>
+                <w:t xml:space="preserve">hal-03952448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme Nature-Isère Raconter la nature à partir de données naturalistes issues de dispositifs participatifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Restitution d’étude : Le rôle du livre dans les organisations de médiation scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Cambone</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Inaudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humains et données : création, médiation, décision, narration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque International. 7e conférence Document numérique et Société, Sep 2020, Nancy, France</w:t>
+              <w:t xml:space="preserve">La nouvelle donne de la CSTI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMCSTI, Dec 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952448v1</w:t>
+                <w:t xml:space="preserve">hal-04213409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un rapport ambigu au recours à la communication externe : dissonances des registres de valeurs chez des professionnels de la protection de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le "côté obscur" de la communication des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3245,51 +3245,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensions communicationnelle et participative du thème de la biodiversité dans le Parc Naturel Régional du Pilat : 2010-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La biodiversité en discours : communication, transmission, traduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, REBOUL TOURE, Sandrine et RAKOTONOELINA, Florimond, Mar 2017, Paris 3 Sorbonne Nouvelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3314,51 +3314,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer/aimer : communication et nature dans le Parc Naturel Régional du Pilat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ce que la nature fait aux sciences de la communication (et vice versa)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BABOU, Igor et LE MAREC, Joëlle, Apr 2015, Paris 8 Diderot, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3415,77 +3415,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utiliser le livre dans la médiation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Inaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.144, 2024, Les outils malins, 9782706154966</w:t>
             </w:r>
           </w:p>
@@ -3512,51 +3512,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking with nature in the digital age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE; WILEY, 1 (1), pp.252, 2024, 9781786308580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3574,51 +3574,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lien à la nature à l'ère numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, pp.243, 2023, Série Communication Environnement Science et Société, Andrea Catellani; Céline Pascual-Espuny, 978-1-78405-944-6</w:t>
             </w:r>
           </w:p>
@@ -3671,208 +3671,208 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Benchmarks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Wallendorf Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linking with Nature in the Digital Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, pp.209-214, 2024, 9781786308580</w:t>
+              <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, pp.3-14, 2024, 9781786308580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04543883v1</w:t>
+                <w:t xml:space="preserve">hal-04543863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Wallendorf Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linking with Nature in the Digital Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, pp.3-14, 2024, 9781786308580</w:t>
+              <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, pp.209-214, 2024, 9781786308580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04543863v1</w:t>
+                <w:t xml:space="preserve">hal-04543883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forms of Linking with Nature and with Others through a Digital Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linking with Nature in the Digital Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, pp.53-72, 2024, 9781786308580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3897,51 +3897,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linking with Nature in the Digital Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1 (1), ISTE; WILEY, 2024, 9781786308580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3960,289 +3960,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Points de repères</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Wallendorf Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Kohlmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le lien à la nature à l'ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, ISTE éditions, 2023, Communication, environnement, science, société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04138922v1</w:t>
+                <w:t xml:space="preserve">hal-04138909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formes de lien à la nature et à l'autre à travers un dispositif numérique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Points de repères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Wallendorf Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Kohlmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le lien à la nature à l'ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, ISTE éditions, 2023, Communication, environnement, science, société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04138900v1</w:t>
+                <w:t xml:space="preserve">hal-04138922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Formes de lien à la nature et à l'autre à travers un dispositif numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Kohlmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le lien à la nature à l'ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, ISTE éditions, 2023, Communication, environnement, science, société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04138909v1</w:t>
+                <w:t xml:space="preserve">hal-04138900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Kohlmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le lien à la nature à l'ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, ISTE éditions, 2023, Communication, environnement, science, société</w:t>
@@ -4271,51 +4271,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plateforme Nature-Isère : raconter la nature à partir de données naturalistes issues de dispositifs participatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4357,51 +4357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un rapport ambigu au recours à la communication externe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valérie Carayol; Valérie Lépine; Laurent Morillon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le côté obscur des la communication des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des Sciences de l'Homme Aquitaine, pp.37-50, 2020, 978-2-85892-605-3</w:t>
@@ -4462,64 +4462,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude sur la place du livre dans les organisations de médiation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Inaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Grenoble Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4573,51 +4573,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication environnementale et biodiversité dans le Parc naturel régional du Pilat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'information et de la communication. Université de la Réunion, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016LARE0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4676,77 +4676,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communiquer sur le bien-être équin en contexte contraint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Science et Innovation Equine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Saumur, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4784,64 +4784,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La numérisation des démarches de concertation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cambone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorreine Petters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La numérisation des sociétés 23ème congrès de la SFSIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4866,77 +4866,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médiatisation du bien-être animal dans la filière équine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Kohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Coulbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La numérisation des sociétés 23ème congrès de la SFSIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5051,51 +5051,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F3CB4F1A"/>
+    <w:nsid w:val="7C1EF4FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5282,51 +5282,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emiliekohlmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079862004" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015931v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Kohlmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coubault-Lazzarini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lfh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092573v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Inaudi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14147" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362722v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232301v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tr&#233;m&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059089v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cambone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13vhq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552086v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799986v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Charvolin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022028" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415891v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.2942" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441162v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857760v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850960v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Kohlmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.4642" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848822v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.385" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Botero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128821v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128841v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392668v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199493v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132339v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397723v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132334v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338627v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557434v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carlino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wallendorf Gauthier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138848v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532643v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorreine Petters" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952307v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957596v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199525v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Counillon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Desplas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delattre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213409v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952448v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148243v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2097/9782706154966/utiliser-le-livre-dans-la-mediation-scientifique" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543849v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155040v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/en/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543883v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543863v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543877v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543856v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138922v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138900v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138909v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138913v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03007104v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182548v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01391443v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LARE0002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634582v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634567v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emiliekohlmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079862004" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092573v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Inaudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Kohlmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14147" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362722v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232301v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tr&#233;m&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coubault-Lazzarini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lfh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059089v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cambone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13vhq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552086v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799986v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Charvolin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022028" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415891v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.2942" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441162v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857760v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850960v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Kohlmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.4642" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848822v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.385" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128841v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392668v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128861v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Botero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128821v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132339v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397723v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132334v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338627v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557434v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carlino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wallendorf Gauthier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532643v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorreine Petters" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199493v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952307v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957596v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199525v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Counillon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Desplas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delattre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952448v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148243v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2097/9782706154966/utiliser-le-livre-dans-la-mediation-scientifique" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543849v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155040v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/en/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543863v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543883v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543877v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543856v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138909v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138922v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138900v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138913v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03007104v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182548v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01391443v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LARE0002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634582v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634567v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>