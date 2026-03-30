--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1013,394 +1013,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01697781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble funéraire du Haut Empire le long de la voie de l'Océan (Lyon 9e)</w:t>
+                <w:t xml:space="preserve">Nouvelles découvertes sur l’âge du Fer à Lyon : un &amp;lt;i&amp;gt;tumulus&amp;lt;/i&amp;gt; Ha C et une occupation La Tène D1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Schmitt</w:t>
+                <w:t xml:space="preserve">Stéphane Carrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Clémence Mège</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bouvard-Mor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michèle Monin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Archéologie de l'Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 59, pp.287-351</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association française pour l'étude de l'âge du Fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28, pp.15-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00592061v1</w:t>
+                <w:t xml:space="preserve">halshs-02514907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles découvertes sur l’âge du Fer à Lyon : un &amp;lt;i&amp;gt;tumulus&amp;lt;/i&amp;gt; Ha C et une occupation La Tène D1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un ensemble funéraire du haut Empire situé dans une suburbium de Lugdunum le long de la voie de l’Océan (Lyon 9).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Michèle Monin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bouvard-Mor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Carrara</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michèle Monin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association française pour l'étude de l'âge du Fer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 28, pp.15-21</w:t>
+              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59, pp.287-349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02514907v1</w:t>
+                <w:t xml:space="preserve">hal-01893166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble funéraire du haut Empire situé dans une suburbium de Lugdunum le long de la voie de l’Océan (Lyon 9).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un ensemble funéraire du Haut Empire le long de la voie de l'Océan (Lyon 9e)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Monin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bouvard-Mor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Schmitt</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Carrara</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 59, pp.287-349</w:t>
+              <w:t xml:space="preserve">Revue de l'Archéologie de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59, pp.287-351</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01893166v1</w:t>
+                <w:t xml:space="preserve">halshs-00592061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution paléo-environnementale d'un site archéologique insulaire : le prieuré clunisien de Grelonges en bord de Saône (Fareins, département de l'Ain)</w:t>
               </w:r>
@@ -3609,51 +3609,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DD65CC55"/>
+    <w:nsid w:val="6037FDA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3840,51 +3840,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emma-bouvard-mor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135648" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/146161512114770561648" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186371v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.12572" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885592v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vanhove" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tastavin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815749v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.24521" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095775v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12621" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LWVG4WXV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672937v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Puel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ardouin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gerstenkorn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.835" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697781v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00592061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carrara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514907v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#232;ge" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893166v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119644v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mitton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Nectoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867943v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Lefevre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02887429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hernot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131230v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanial" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854093v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorin Camille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03424453v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Nouvel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316156v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04494353v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Adam" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803276021" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/9781803276021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Fellague" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875005v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/67665" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.67665" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885582v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ducourthial" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otilia Stoica" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095312v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895240v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.4875" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890405v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Hofmann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andr&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bardot-Cambot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815693v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crausaz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/emma-bouvard-mor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135648" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/146161512114770561648" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186371v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.12572" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885592v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vanhove" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tastavin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815749v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.24521" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095775v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12621" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LWVG4WXV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672937v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Puel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ardouin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gerstenkorn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.835" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697781v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514907v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carrara" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#232;ge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893166v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00592061v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119644v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mitton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Nectoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867943v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Lefevre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02887429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hernot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131230v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanial" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854093v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorin Camille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03424453v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Nouvel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316156v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04494353v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Adam" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803276021" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/9781803276021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Fellague" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875005v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/67665" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.67665" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885582v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ducourthial" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otilia Stoica" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095312v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895240v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.4875" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890405v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Hofmann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andr&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bardot-Cambot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815693v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerisay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Crausaz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>