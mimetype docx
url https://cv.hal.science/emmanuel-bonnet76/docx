--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,934 +66,934 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the effect of nearby armed conflict on access to maternal and child health services in Burkina Faso’s primary healthcare facilities</w:t>
+                <w:t xml:space="preserve">High coverage and equitable distribution of COVID-19 vaccine uptake in two vulnerable areas in Bangladesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Amberg</w:t>
+                <w:t xml:space="preserve">Muhammed Nazmul Islam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karl Blanchet</w:t>
+                <w:t xml:space="preserve">Manuela de Allegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neha Singh</w:t>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valéry Ridde</w:t>
+                <w:t xml:space="preserve">Malabika Sarker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+                <w:t xml:space="preserve">Jean-Marc Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Global Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (6), pp.e015507. </w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.e0004178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjgh-2024-015507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0004178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124530v1</w:t>
+                <w:t xml:space="preserve">hal-04895428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors associated with Senegalese health workers’ willingness to receive mobile digital payments: cross-sectional study</w:t>
+                <w:t xml:space="preserve">The evolution of facility-based deliveries at primary healthcare centres during an insecurity and conflict crisis in Burkina Faso: a geospatial analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amadou Ibra Diallo</w:t>
+                <w:t xml:space="preserve">Felix Amberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela de Allegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Louart</w:t>
+                <w:t xml:space="preserve">Ali Sie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatoumata Binetou Diongue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ibrahima Gaye</w:t>
+                <w:t xml:space="preserve">Mariam Seynou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Global Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjgh-2024-017468⟩</w:t>
+              <w:t xml:space="preserve">Conflict and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (1), pp.78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13031-025-00723-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05374949v1</w:t>
+                <w:t xml:space="preserve">hal-05342935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of SARS-CoV-2 infection across three sentinels sites in Benin during 2021: A multicentric surveillance study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving an integrative framework of health system resilience and climate change: Lessons from Bangladesh and Haiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mrittika Barua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Atchade</w:t>
+                <w:t xml:space="preserve">Alain Casseus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anges Yadouleton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Yovo</w:t>
+                <w:t xml:space="preserve">Lucie Clech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0004227⟩</w:t>
+              <w:t xml:space="preserve">PLOS Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (6), pp.e0000512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pclm.0000512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05465513v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05116281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High coverage and equitable distribution of COVID-19 vaccine uptake in two vulnerable areas in Bangladesh</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Examining the effect of nearby armed conflict on access to maternal and child health services in Burkina Faso’s primary healthcare facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Amberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0004178⟩</w:t>
+              <w:t xml:space="preserve">BMJ Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (6), pp.e015507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjgh-2024-015507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04895428v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of facility-based deliveries at primary healthcare centres during an insecurity and conflict crisis in Burkina Faso: a geospatial analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Determinants of SARS-CoV-2 infection across three sentinels sites in Benin during 2021: A multicentric surveillance study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuela de Allegri</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mariam Seynou</w:t>
+                <w:t xml:space="preserve">Aurore Atchade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anges Yadouleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fiogbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daleb Abdoulaye Alfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Yovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conflict and Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13031-025-00723-8⟩</w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (2), pp.e0004227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0004227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05342935v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05465513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving an integrative framework of health system resilience and climate change: Lessons from Bangladesh and Haiti</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valéry Ridde</w:t>
+                <w:t xml:space="preserve">Factors associated with Senegalese health workers’ willingness to receive mobile digital payments: cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Ibra Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mrittika Barua</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+                <w:t xml:space="preserve">Sarah Louart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Casseus</w:t>
+                <w:t xml:space="preserve">Fatoumata Binetou Diongue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Clech</w:t>
+                <w:t xml:space="preserve">Ibrahima Gaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 4 (6), pp.e0000512. </w:t>
+              <w:t xml:space="preserve">BMJ Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (Suppl 4), pp.e017468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pclm.0000512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjgh-2024-017468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05116281v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05374949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 vaccination at a hospital in Paris: Spatial analyses and inverse equity hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health in Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 7, pp.100459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1066,64 +1066,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dansiné Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Touré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Global Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 7 (Suppl 9), pp.e012816. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1183,51 +1183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konan Azongnibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Négnorogo Guindo-Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maimouna Kokro-Djahouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1285,338 +1285,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Knowledge of COVID-19 and the impact on indigents’ access to healthcare in Burkina Faso</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les contraintes socio-spatiales à l'allaitement maternel exclusif chez les mères séropositives à Ouagadougou (Burkina Faso)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Beaugé</w:t>
+                <w:t xml:space="preserve">Alix Tougma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M F Ba</w:t>
+                <w:t xml:space="preserve">Frédéric Le Marcis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Sidibé</w:t>
+                <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M de Allegri</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bonnet Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Espace, Territoires, Sociétés et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (11), pp.197-212</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04149576v1</w:t>
+                <w:t xml:space="preserve">hal-04203181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contraintes socio-spatiales à l'allaitement maternel exclusif chez les mères séropositives à Ouagadougou (Burkina Faso)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correction: Knowledge of COVID-19 and the impact on indigents’ access to healthcare in Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Beaugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Tougma</w:t>
+                <w:t xml:space="preserve">M F Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Le Marcis</w:t>
+                <w:t xml:space="preserve">S Sidibé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Nikiema</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M de Allegri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Espace, Territoires, Sociétés et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (1), pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12939-022-01797-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203181v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financial issues in times of a COVID-19 pandemic in a tertiary hospital in Mali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdourahmane Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Touré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Zinszer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1680,77 +1680,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of interviewer-administered telephone surveys during infectious disease outbreaks, epidemics and pandemics: a scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sayaka Arita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoumana Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1827,77 +1827,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rudasingwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmund Yeboah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela de Allegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 21 (1), pp.25. </w:t>
@@ -1987,51 +1987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Mank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diletta Parisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 17 (9), pp.094006. </w:t>
@@ -2069,90 +2069,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acceptability of government measures against COVID-19 pandemic in Senegal: A mixed methods study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babacar Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahima Gaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadou Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2242,51 +2242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Hangnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2337,90 +2337,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors associated with COVID-19 vaccine hesitancy in Senegal: A mixed study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Faly Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babacar Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadou Ibra Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2465,1807 +2465,1941 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03824650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the force of infection for dengue virus using repeated serosurveys, Ouagadougou, Burkina Faso</w:t>
+                <w:t xml:space="preserve">A situational analysis of the care of road traffic victims in Burkina Faso: a challenge to achieve sustainable development objectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.K. Lim</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Guiard Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Carabali</w:t>
+                <w:t xml:space="preserve">Thierry Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Edwards</w:t>
+                <w:t xml:space="preserve">Sié Ahmed Ouatarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barro</w:t>
+                <w:t xml:space="preserve">Salifou Gandema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.S. Lee</w:t>
+                <w:t xml:space="preserve">Armel Brice Tapsoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27 (1), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Journal of Global Health Economics and Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 (12), pp.e005810. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid2701.191650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.52872/001c.28386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03202566v1</w:t>
+                <w:t xml:space="preserve">hal-03824734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participating in a vaccine trial for COVID-19 in Senegal: trust and information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The COVID-19 pandemic in francophone West Africa: from the first cases to responses in seven countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Ridde</w:t>
+                <w:t xml:space="preserve">Oriane Bodson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Marcis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ba</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Bonnet</w:t>
+                <w:t xml:space="preserve">Emmanuel Sambieni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21645515.2021.1951097⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (Article number: 1490), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-021-11529-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03824746v1</w:t>
+                <w:t xml:space="preserve">inserm-03313193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A situational analysis of the care of road traffic victims in Burkina Faso: a challenge to achieve sustainable development objectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Armel Brice Tapsoba</w:t>
+                <w:t xml:space="preserve">Does the implementation of UHC reforms foster greater equality in health spending? Evidence from a benefit incidence analysis in Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela de Allegri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rudasingwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmund Yeboah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul André Somé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Health Economics and Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.52872/001c.28386⟩</w:t>
+              <w:t xml:space="preserve">BMJ Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (12), pp.e005810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjgh-2021-005810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03824734v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03824718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the implementation of UHC reforms foster greater equality in health spending? Evidence from a benefit incidence analysis in Burkina Faso</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Telephones in public health policy processes in sub-Saharan Africa : a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendkouni Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Global Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjgh-2021-005810⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global Health Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.e2021048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29392/001c.24167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03824718v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Information and Communication Technologies to Engage Citizens in Health System Governance in Burkina Faso: Protocol for Action Research</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">UN ENJEU DE SANTE PUBLIQUE MAJEUR THE USE OF HELMETS IN CIRCULATION IN OUAGADOUGOU AND BOBO-DIOULASSO: A MAJOR PUBLIC HEALTH ISSUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikiema Aude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Espace, Territoires, Sociétés et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (8), pp.121-129</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03824743v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UN ENJEU DE SANTE PUBLIQUE MAJEUR THE USE OF HELMETS IN CIRCULATION IN OUAGADOUGOU AND BOBO-DIOULASSO: A MAJOR PUBLIC HEALTH ISSUE</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Using Information and Communication Technologies to Engage Citizens in Health System Governance in Burkina Faso: Protocol for Action Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dagenais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela de Allegri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoumana Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Espace, Territoires, Sociétés et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (11), pp.e28780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/28780⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713178v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03824743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telephones in public health policy processes in sub-Saharan Africa : a scoping review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wendkouni Ouedraogo</w:t>
+                <w:t xml:space="preserve">Participating in a vaccine trial for COVID-19 in Senegal: trust and information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Biau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Health Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.29392/001c.24167⟩</w:t>
+              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (11), pp.3907-3912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21645515.2021.1951097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322750v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03824746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a community-based intervention on Aedes aegypti and its spatial distribution in Ouagadougou, Burkina Faso</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+                <w:t xml:space="preserve">Estimating the force of infection for dengue virus using repeated serosurveys, Ouagadougou, Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.K. Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Carabali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Edwards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Fournet</w:t>
+                <w:t xml:space="preserve">A. Barro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarik Benmarhnia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roch Dabiré</w:t>
+                <w:t xml:space="preserve">J.S. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious Diseases of Poverty</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40249-020-00675-6⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2701.191650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03248666v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closer is not better : distance and proximity in the use of health care by women living with HIV and AIDS in Ouagadougou (Burkina Faso)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of a community-based intervention on Aedes aegypti and its spatial distribution in Ouagadougou, Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Benmarhnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samiratou Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roch Dabiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.31502⟩</w:t>
+              <w:t xml:space="preserve">Infectious Diseases of Poverty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40249-020-00675-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01997804v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveys of Arboviruses Vectors in Four Cities Stretching Along a Railway Transect of Burkina Faso: Risk Transmission and Insecticide Susceptibility Status of Potential Vectors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Closer is not better : distance and proximity in the use of health care by women living with HIV and AIDS in Ouagadougou (Burkina Faso)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Tougma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Marcis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00140⟩</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, document 883, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.31502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02434718v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01997804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épidémies récurrentes de la dengue au Burkina Faso : préférences communautaires pour une intervention de prévention de la maladie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surveys of Arboviruses Vectors in Four Cities Stretching Along a Railway Transect of Burkina Faso: Risk Transmission and Insecticide Susceptibility Status of Potential Vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lissy Parfait Eric Ouattara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Sangaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Namountougou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sayouba Ouedraogo</w:t>
+                <w:t xml:space="preserve">Aristide Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Degroote</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+                <w:t xml:space="preserve">Ali Ouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2019.08.002⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488777v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of effectiveness of a community-based intervention for control of dengue virus vector, Ouagadougou, Burkina Faso</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Épidémies récurrentes de la dengue au Burkina Faso : préférences communautaires pour une intervention de prévention de la maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayouba Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Degroote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ouédraogo</w:t>
+                <w:t xml:space="preserve">S.A. Barro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Benmarhnia</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">P.-A. Somé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. S. Barro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2410.180069⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 67, pp.375 - 382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2019.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100379v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective surveillance systems for vector-borne diseases in urban settings and translation of the data into action: a scoping review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Fournet</w:t>
+                <w:t xml:space="preserve">Evaluation of effectiveness of a community-based intervention for control of dengue virus vector, Ouagadougou, Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ouédraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Benmarhnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Jourdain</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. A. Some</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Barro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious Diseases of Poverty</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40249-018-0473-9⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (10), pp.1859-1867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2410.180069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02434790v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effective surveillance systems for vector-borne diseases in urban settings and translation of the data into action: a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Degroote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infectious Diseases of Poverty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40249-018-0473-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Performance-based financing in low-income and middle-income countries : isn't it time for a rethink ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. N'Sambuka Bisala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bodson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Global Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (1), pp.art. e000664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/bmjgh-2017-000664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4275,231 +4409,231 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les traumatismes routiers en Afrique de l'Ouest : l'épidémie oubliée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zenodo; ESBC, 2023, 978-2-925128-26-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.8114953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas scolaire permanent numérique de Ouagadougou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pilon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dramane Boly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issiaka Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habibou Ouédraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRD; INSS. 57 p., 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03339282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4509,503 +4643,503 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques enjeux contemporains de la santé au Sahel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Mallé Samb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Fillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadidiatou Kadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agence française de développement. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'économie africaine 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 798, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Découverte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.61-76, 2023, Repères Economie, 978-2-348-07765-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04154430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le besoin de navigateurs et navigatrices en santé pour soutenir l'accès aux soins des indigent-e-s en Afrique subsaharienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Louart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadidiatou Kadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ridde, Valéry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une couverture sanitaire universelle en 2030 ? : réformes en Afrique subsaharienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Science et Bien commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03339307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'analyse spatiale : un cas d'intervention communautaire de lutte contre le moustique Aedes aegypti au Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ouédraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Saré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ridde, Valéry (ed.); Dagenais, C. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Évaluation des interventions de santé mondiale : méthodes avancées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ed. Science et Bien Commun; IRD, p. 333-351, 2019, 978-2-7099-2766-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention et stratégies d’adaptation face aux risques : mesures réglementaires et comportements individuels suite aux inondations de 2009 à Ouagadougou (Burkina Faso)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Hangnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Meunier-Nikiema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">karthala. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’état réhabilité en Afrique : Réinventer les politiques publiques à l’ère néolibérale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5015,209 +5149,209 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forfait obstétrical en Mauritanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais N'Landu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrainolo Ravalihasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Ridde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03514031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportements des Ouagalais face aux inondations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5225,113 +5359,113 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Hangnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connaissances des inondations par les Ouagalais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5339,201 +5473,315 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Hangnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Assessing the burden of road traffic injuries: a one-year prospective study in Ouagadougou, Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Sana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Guiard-Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Petitfour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05542943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Improving an Integrative Framework of Health System Resilience and Climate Change: Lessons from Bangladesh and Haiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mrittika Barua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Casseus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Clech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5543,131 +5791,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants géographiques des événements de santé en Afrique de l’Ouest, entretien avec Emmanuel Bonnet (IRD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sepulveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kexin Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId199"/>
+      <w:footerReference w:type="default" r:id="rId207"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5814,51 +6062,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Amberg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blanchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Singh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2024-015507" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Ibra Diallo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Faly Ba" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Louart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Binetou Diongue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Gaye" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2024-017468" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05465513v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Atchade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anges Yadouleton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fiogbe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daleb Abdoulaye Alfa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Yovo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0004227" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895428v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammed Nazmul Islam" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela de Allegri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malabika Sarker" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goudet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0004178" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342935v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Seynou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13031-025-00723-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116281v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrittika Barua" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casseus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Clech" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000512" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369188v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.puhip.2023.100459" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zombr&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dansin&#233; Diarra" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tour&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2023-012816" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950950v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konan Azongnibo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;gnorogo Guindo-Coulibaly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maimouna Kokro-Djahouri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konan Fabrice Assouho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/trstmh/trac112" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Beaug&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M F Ba" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sidib&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Allegri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-022-01797-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203181v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Tougma" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Marcis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nikiema" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Emmanuel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673837v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Coulibaly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Zinszer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hpm.3690" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149577v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayaka Arita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoumana Traor&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Faye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2022-011109" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824699v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rudasingwa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Yeboah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-022-01624-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824663v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naasegnibe Kuunibe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mank" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Parisi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac84f3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824657v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babacar Kane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0000041" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mwingn&#232; Laure Carolle Da" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Hangnon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38243" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824650v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Junot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2022.2060020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202566v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Lim" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carabali" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Edwards" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Lee" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2701.191650" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824746v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ridde" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gaye" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diallo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.1951097" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Guiard Schmid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Comte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si&#233; Ahmed Ouatarra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salifou Gandema" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Brice Tapsoba" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52872/001c.28386" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824718v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andr&#233; Som&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2021-005810" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824743v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Biau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dagenais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/28780" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713178v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikiema Aude" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322750v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendkouni Ouedraogo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29392/001c.24167" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03248666v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Benmarhnia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiratou Ouedraogo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Dabir&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-020-00675-6" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997804v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.31502" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434718v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissy Parfait Eric Ouattara" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sangar&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Namountougou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Hien" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouari" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00140" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488777v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayouba Ouedraogo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Barro" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Som&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.08.002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100379v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benmarhnia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Some" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Barro" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2410.180069" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434790v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jourdain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-018-0473-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100463v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paul" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. N'Sambuka Bisala" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bodson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2017-000664" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713152v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8114953" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03339282v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pilon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Boly" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Ouedraogo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154430v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mall&#233; Samb" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fillol" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadidiatou Kadio" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_economie_africaine_2023-9782348077654" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03339307v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scienceetbiencommun.pressbooks.pub/cus/chapter/le-besoin-de-navigateurs-en-sante-pour-soutenir-lacces-aux-soins-des-indigent-e-s/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305992v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sar&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507685v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Meunier-Nikiema" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03514031v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais N'Landu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Audibert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Ravalihasy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362050v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362045v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734507v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04836555v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammed Nazmul Islam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela de Allegri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malabika Sarker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0004178" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342935v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Amberg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Seynou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13031-025-00723-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116281v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrittika Barua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casseus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Clech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000512" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blanchet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Singh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2024-015507" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05465513v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Atchade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anges Yadouleton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fiogbe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daleb Abdoulaye Alfa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Yovo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0004227" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374949v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Ibra Diallo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Faly Ba" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Louart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Binetou Diongue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Gaye" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2024-017468" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369188v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.puhip.2023.100459" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zombr&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dansin&#233; Diarra" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tour&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2023-012816" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950950v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konan Azongnibo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;gnorogo Guindo-Coulibaly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maimouna Kokro-Djahouri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konan Fabrice Assouho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/trstmh/trac112" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203181v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Tougma" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Marcis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nikiema" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Emmanuel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149576v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Beaug&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M F Ba" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sidib&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Allegri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-022-01797-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673837v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Coulibaly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Zinszer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hpm.3690" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149577v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayaka Arita" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoumana Traor&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Faye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2022-011109" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824699v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rudasingwa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Yeboah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-022-01624-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824663v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naasegnibe Kuunibe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mank" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Parisi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac84f3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824657v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babacar Kane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0000041" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mwingn&#232; Laure Carolle Da" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Hangnon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38243" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824650v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Junot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2022.2060020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824734v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Guiard Schmid" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Comte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si&#233; Ahmed Ouatarra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salifou Gandema" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Brice Tapsoba" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52872/001c.28386" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03313193v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bodson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sambieni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-11529-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824718v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andr&#233; Som&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2021-005810" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322750v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendkouni Ouedraogo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Biau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29392/001c.24167" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713178v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikiema Aude" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824743v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dagenais" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/28780" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824746v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ridde" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gaye" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diallo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.1951097" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202566v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Lim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carabali" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Edwards" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Lee" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2701.191650" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03248666v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Benmarhnia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiratou Ouedraogo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Dabir&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-020-00675-6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997804v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.31502" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434718v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissy Parfait Eric Ouattara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sangar&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Namountougou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Hien" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouari" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00140" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488777v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayouba Ouedraogo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Barro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Som&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.08.002" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100379v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benmarhnia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Some" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Barro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2410.180069" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434790v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jourdain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-018-0473-9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100463v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paul" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. N'Sambuka Bisala" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bodson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2017-000664" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713152v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8114953" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03339282v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pilon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Boly" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Ouedraogo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154430v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mall&#233; Samb" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fillol" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadidiatou Kadio" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_economie_africaine_2023-9782348077654" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03339307v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scienceetbiencommun.pressbooks.pub/cus/chapter/le-besoin-de-navigateurs-en-sante-pour-soutenir-lacces-aux-soins-des-indigent-e-s/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305992v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sar&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507685v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Meunier-Nikiema" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03514031v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais N'Landu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Audibert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Ravalihasy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362050v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362045v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05542943v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sana" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Guiard-Schmid" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Petitfour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734507v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04836555v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>