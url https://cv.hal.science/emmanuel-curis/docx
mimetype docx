--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1038,1726 +1038,1726 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04092093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual differences in cocaine-induced conditioned place preference in male rats: Behavioral and transcriptomic evidence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crise des opioïdes : la pratique rhumatologique augmente-t-elle le risque pour les patients ? Enquête nationale sur la prescription d’opioïdes par les rhumatologues et l’adhésion aux recommandations relatives à l’utilisation des opioïdes forts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Priscille Trouvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisa Alessandra Atehortua Martinez</w:t>
+                <w:t xml:space="preserve">Chouki Chenaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Riquelme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Larrieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cindie Courtin</w:t>
+                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/02698811221123047⟩</w:t>
+              <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 89 (2), pp.145--152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rhum.2021.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03784427v1</w:t>
+                <w:t xml:space="preserve">hal-03831134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence and severity of cocaine-induced hallucinations: Two distinct phenotypes with shared clinical factors but specific genetic risk factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Individual differences in cocaine-induced conditioned place preference in male rats: Behavioral and transcriptomic evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Alessandra Atehortua Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El-Hadi Zerdazi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Nawel Mekdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Karsinti</w:t>
+                <w:t xml:space="preserve">Claire Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Icick</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maeva Fortias</w:t>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2022.109270⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (10), pp.1161-1175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/02698811221123047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840561v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical Investigation of Fertility After Uterine Artery Embolization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Occurrence and severity of cocaine-induced hallucinations: Two distinct phenotypes with shared clinical factors but specific genetic risk factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hadi Zerdazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Serres-Cousine</w:t>
+                <w:t xml:space="preserve">Emily Karsinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiene Marie Kuijper</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Romain Icick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana Atashroo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maeva Fortias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obstetrical and Gynecological Survey</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 77 (2), pp.92-93. </w:t>
+              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 232 (11), pp.109270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/01.ogx.0000816496.50775.90⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2022.109270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831197v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence and severity of cocaine-induced hallucinations: Two distinct phenotypes with shared clinical factors but specific genetic risk factors</w:t>
+                <w:t xml:space="preserve">Clinical Investigation of Fertility After Uterine Artery Embolization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Laredo</w:t>
+                <w:t xml:space="preserve">Olivier Serres-Cousine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiene Marie Kuijper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Voicu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mégarbane</w:t>
+                <w:t xml:space="preserve">Diana Atashroo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2022.109270⟩</w:t>
+              <w:t xml:space="preserve">Obstetrical and Gynecological Survey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77 (2), pp.92-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.ogx.0000816496.50775.90⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03819740v1</w:t>
+                <w:t xml:space="preserve">hal-03831197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise des opioïdes : la pratique rhumatologique augmente-t-elle le risque pour les patients ? Enquête nationale sur la prescription d’opioïdes par les rhumatologues et l’adhésion aux recommandations relatives à l’utilisation des opioïdes forts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occurrence and severity of cocaine-induced hallucinations: Two distinct phenotypes with shared clinical factors but specific genetic risk factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chouki Chenaf</w:t>
+                <w:t xml:space="preserve">Mikael Laredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Riquelme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Elisabeth Masson-Fron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sebastian Voicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mégarbane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rhum.2021.10.007⟩</w:t>
+              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 232 (11), pp.109270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2022.109270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831134v1</w:t>
+                <w:t xml:space="preserve">hal-03819740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does COVID-19 alter the oxyhemoglobin dissociation curve? – An observational cohort study using a mixed-effect modelling</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pharmacodynamics of eftrenonacog-alfa (rFIX-Fc) in severe hemophilia B patients: A real-life study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Senade Atsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Furlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syrine Ellouze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Sourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/cclm-2021-0387⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 891, pp.173764 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2020.173764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03858359v1</w:t>
+                <w:t xml:space="preserve">hal-03493163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets respiratoires et sur la température de la buprénorphine en présence ou non de diazépam chez le rat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Study of thrombin generation with St Genesia to evaluate xaban pharmacodynamics: Analytical performances over 18 months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Foulon-Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Jourdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Abdoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (4), pp.821-830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijlh.13443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03958266v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network of co-expressed circadian genes, childhood maltreatment and sleep quality in bipolar disorders</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Gross</w:t>
+                <w:t xml:space="preserve">Effets respiratoires et sur la température de la buprénorphine en présence ou non de diazépam chez le rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatyana Auvermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Milleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronobiology International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, UMR 9 Cas pratiques d'analyses de données expérimentales, 4, pp.1-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03239600v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03958266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de la concentration plasmatique en 4-androstènedione par chromatographie en phase liquide à très haute performance couplée à la spectrométrie de masse en mode tandem</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does COVID-19 alter the oxyhemoglobin dissociation curve? – An observational cohort study using a mixed-effect modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Laredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Masson-Fron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Voicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mégarbane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (11), pp.e416-e419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/cclm-2021-0387⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04314191v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications of physical and functional integrity of the blood-brain barrier in an inducible mouse model of neurodegeneration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Network of co-expressed circadian genes, childhood maltreatment and sleep quality in bipolar disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grillault Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Taccola</w:t>
+                <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Barneoud</w:t>
+                <w:t xml:space="preserve">F. Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvaine Cartot-Cotton</w:t>
+                <w:t xml:space="preserve">C. Nepost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Valente</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Schussler</w:t>
+                <w:t xml:space="preserve">G. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2021.108588⟩</w:t>
+              <w:t xml:space="preserve">Chronobiology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07420528.2021.1903028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908526v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03239600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opioid epidemic: Does rheumatological practice favors risk for patients? National survey on rheumatologists’ opioid prescriptions and compliance to guidelines for strong opioid prescription</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Mesure de la concentration plasmatique en 4-androstènedione par chromatographie en phase liquide à très haute performance couplée à la spectrométrie de masse en mode tandem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Bestaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Nicolis</w:t>
+                <w:t xml:space="preserve">Théodora Chiriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fidéline Bonnet-Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Bone Spine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, UMR 9 Cas pratiques d'analyses de données expérimentales, 4, pp.19-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831178v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacodynamics of eftrenonacog-alfa (rFIX-Fc) in severe hemophilia B patients: A real-life study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modifications of physical and functional integrity of the blood-brain barrier in an inducible mouse model of neurodegeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Duchemin</w:t>
+                <w:t xml:space="preserve">Camille Taccola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syrine Ellouze</w:t>
+                <w:t xml:space="preserve">Pascal Barneoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élise Sourdeau</w:t>
+                <w:t xml:space="preserve">Sylvaine Cartot-Cotton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Schussler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2020.173764⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191, pp.108588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2021.108588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493163v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of thrombin generation with St Genesia to evaluate xaban pharmacodynamics: Analytical performances over 18 months</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johan Abdoul</w:t>
+                <w:t xml:space="preserve">Opioid epidemic: Does rheumatological practice favors risk for patients? National survey on rheumatologists’ opioid prescriptions and compliance to guidelines for strong opioid prescription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Priscille Trouvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Chenaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Riquelme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Paris</w:t>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 43 (4), pp.821-830. </w:t>
+              <w:t xml:space="preserve">Joint Bone Spine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 88 (1), pp.105046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ijlh.13443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbspin.2020.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102064v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du trait drépanocytaire de l'hémoglobine sur la fixation par les anticorps des hématies infectées du Plasmodium falciparum dans le paludisme gestationnel.</w:t>
               </w:r>
@@ -2862,295 +2862,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Childhood maltreatment and HPA axis gene expression in bipolar disorders: A gene network analysis.</w:t>
+                <w:t xml:space="preserve">Preserved efficiency of sickle cell disease placentas despite altered morphology and function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Grillault Laroche</w:t>
+                <w:t xml:space="preserve">Anne-Gael Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Curis</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Bellivier</w:t>
+                <w:t xml:space="preserve">Francoise Vibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Nepost</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cindie Courtin</w:t>
+                <w:t xml:space="preserve">Jelena Martinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2020.104753⟩</w:t>
+              <w:t xml:space="preserve">Placenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100, pp.81-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2020.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03024265v1</w:t>
+                <w:t xml:space="preserve">hal-03192061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserved efficiency of sickle cell disease placentas despite altered morphology and function</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Childhood maltreatment and HPA axis gene expression in bipolar disorders: A gene network analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Bouvier</w:t>
+                <w:t xml:space="preserve">D Grillault Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Vibert</w:t>
+                <w:t xml:space="preserve">E Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jelena Martinovic</w:t>
+                <w:t xml:space="preserve">F Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+                <w:t xml:space="preserve">C Nepost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Placenta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 100, pp.81-88. </w:t>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 120, pp.104753. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.placenta.2020.08.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2020.104753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03192061v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lean Body Mass and Endocrine Status But Not Age Are Determinants of Resting Energy Expenditure in Patients with Non-Small Cell Lung Cancer</w:t>
               </w:r>
@@ -3296,51 +3296,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Priscille Trouvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Beller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3524,2797 +3524,2797 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential usefulness of activated charcoal (DOAC remove®) for dRVVT testing in patients receiving Direct Oral AntiCoagulants</w:t>
+                <w:t xml:space="preserve">Pain assessment and factors influencing pain during bone marrow aspiration: A prospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Jourdi</w:t>
+                <w:t xml:space="preserve">Nicolas Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Delrue</w:t>
+                <w:t xml:space="preserve">Sara Zia Chahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Stepanian</w:t>
+                <w:t xml:space="preserve">Géraldine Poenou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Valaize</w:t>
+                <w:t xml:space="preserve">Nadia Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Foulon-Pinto</w:t>
+                <w:t xml:space="preserve">Tiphaine Belleville-Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 184, pp.86-91. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (8), pp.e0221534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397750v1</w:t>
+                <w:t xml:space="preserve">inserm-02317645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pain assessment and factors influencing pain during bone marrow aspiration: A prospective study</w:t>
+                <w:t xml:space="preserve">Rivaroxaban pharmacodynamics in healthy volunteers evaluated with thrombin generation and the active protein C system modeling and assessing inter-individual variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gendron</w:t>
+                <w:t xml:space="preserve">Virginie Siguret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Abdoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Zia Chahabi</w:t>
+                <w:t xml:space="preserve">Xavier Delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Poenou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Belleville-Rolland</w:t>
+                <w:t xml:space="preserve">Audrey Carlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221534⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (10), pp.1670-1682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jth.14541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03892944v1</w:t>
+                <w:t xml:space="preserve">hal-02179152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential usefulness of activated charcoal (DOAC remove®) for dRVVT testing in patients receiving Direct Oral AntiCoagulants</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Foulon-Pinto</w:t>
+                <w:t xml:space="preserve">Pain assessment and factors influencing pain during bone marrow aspiration: A prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Zia Chahabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Poenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Belleville-Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 184, pp.86-91. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (8), pp.e0221534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03892917v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selecting reference genes in RT-qPCR based on equivalence tests: a network based approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Potential usefulness of activated charcoal (DOAC remove®) for dRVVT testing in patients receiving Direct Oral AntiCoagulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jourdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Stepanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Valaize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calypso Nepost</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
+                <w:t xml:space="preserve">G. Foulon-Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-52217-2⟩</w:t>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 184, pp.86-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032928v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased plasma levels of high mobility group box 1 protein in patients with bipolar disorder: A pilot study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
+                <w:t xml:space="preserve">Potential usefulness of activated charcoal (DOAC remove®) for dRVVT testing in patients receiving Direct Oral AntiCoagulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Jourdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Stepanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Valaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Foulon-Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jneuroim.2019.576993⟩</w:t>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 184, pp.86-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.thromres.2019.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02335130v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selecting reference genes in RT-qPCR based on equivalence tests: a network based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calypso Nepost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Grillault Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindie Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.16231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-52217-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355149v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modified ROTEM for the detection of rivaroxaban and apixaban anticoagulant activity in whole blood</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased plasma levels of high mobility group box 1 protein in patients with bipolar disorder: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Siguret</w:t>
+                <w:t xml:space="preserve">Cynthia Marie-Claire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Gandrille</w:t>
+                <w:t xml:space="preserve">Elodie Bouaziz-Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000000903⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 334, pp.576993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneuroim.2019.576993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03892963v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02335130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of the interindividual variability in serum cytidine deaminase activity of patients with solid tumours</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Huillard</w:t>
+                <w:t xml:space="preserve">Selecting reference genes in RT-qPCR based on equivalence tests: a network based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calypso Nepost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Grillault Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bcp.13849⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-52217-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03830874v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomics analysis of human acute graft- versus-host disease reveals changes in host and microbiota-derived metabolites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sivapriya Ramamoorthy</w:t>
+                <w:t xml:space="preserve">Modified ROTEM for the detection of rivaroxaban and apixaban anticoagulant activity in whole blood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Pailleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Jourdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Siguret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gandrille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-13498-3⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (6), pp.449-456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000000903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02626069v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pain assessment and factors influencing pain during bone marrow aspiration: A prospective study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Belleville-Rolland</w:t>
+                <w:t xml:space="preserve">Determinants of the interindividual variability in serum cytidine deaminase activity of patients with solid tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Preta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Joste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Huillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221534⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (6), pp.1227-1238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.13849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02317645v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rivaroxaban pharmacodynamics in healthy volunteers evaluated with thrombin generation and the active protein C system modeling and assessing inter-individual variability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johan Abdoul</w:t>
+                <w:t xml:space="preserve">Metabolomics analysis of human acute graft- versus-host disease reveals changes in host and microbiota-derived metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Michonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Latis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Delavenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Laetitia Dubouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Carlo</w:t>
+                <w:t xml:space="preserve">Sivapriya Ramamoorthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17 (10), pp.1670-1682. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.5695. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jth.14541⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-13498-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179152v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02626069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intoxication oculaire au formaldéhyde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of sets of covariating gene expression using graph analysis on pairwise expression ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Bassi</w:t>
+                <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Boisseillier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Bruno Saubaméa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35, pp.258 - 265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bty629⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877093v1</w:t>
+                <w:t xml:space="preserve">hal-03033388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du stress oxydant après une ischémie cérébrale chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Berbak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandy Berbak</w:t>
+                <w:t xml:space="preserve">Noémie Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Haddad</w:t>
+                <w:t xml:space="preserve">Zina Lanseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Thiebot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2, pp.15-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and differential transcriptome of vascular smooth muscle cells and mid-capillary pericytes from the rat brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intoxication oculaire au formaldéhyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Bassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Chasseigneaux</w:t>
+                <w:t xml:space="preserve">Clément Boisseillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmine Moraca</w:t>
+                <w:t xml:space="preserve">Brivel Massamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Cochois-Guégan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alice Gilbert</w:t>
+                <w:t xml:space="preserve">Françoise Brignole-Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.7-13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868957v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of sets of covariating gene expression using graph analysis on pairwise expression ratios</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cindie Courtin</w:t>
+                <w:t xml:space="preserve">Isolation and differential transcriptome of vascular smooth muscle cells and mid-capillary pericytes from the rat brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Chasseigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Moraca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cochois-Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
+                <w:t xml:space="preserve">Anne-Cécile Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Saubamea</w:t>
+                <w:t xml:space="preserve">Alice Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.12272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bty629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-30739-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01904746v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tutorial on conducting genome-wide association studies: Quality control and statistical analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of sets of covariating gene expression using graph analysis on pairwise expression ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Laplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andries Marees</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">Bruno Saubamea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Methods in Psychiatric Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mpr.1608⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bty629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01904753v1</w:t>
+                <w:t xml:space="preserve">hal-01904746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosage d'acides gras dans le cerveau de rats traités par le LPS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Joanny-Flinois</w:t>
+                <w:t xml:space="preserve">A tutorial on conducting genome-wide association studies: Quality control and statistical analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andries Marees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilde de Kluiver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Stringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vorspan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorota Desaulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Methods in Psychiatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mpr.1608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877086v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01904753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrombin generation test: A reliable tool to evaluate the pharmacodynamics of vitamin K antagonist rodenticides in rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges Jourdi</w:t>
+                <w:t xml:space="preserve">Dosage d'acides gras dans le cerveau de rats traités par le LPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gu-Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amani Tebtoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Joanny-Flinois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lefebvre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascale Gaussem</w:t>
+                <w:t xml:space="preserve">Dorota Desaulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pesticide Biochemistry and Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.1-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713957v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heckman imputation models for binary or continuous MNAR outcomes and MAR predictors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Chevret</w:t>
+                <w:t xml:space="preserve">Thrombin generation test: A reliable tool to evaluate the pharmacodynamics of vitamin K antagonist rodenticides in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Jourdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Bonniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gaussem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12874-018-0547-1⟩</w:t>
+              <w:t xml:space="preserve">Pesticide Biochemistry and Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 146, pp.19 - 24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pestbp.2018.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02310563v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and differential transcriptome of vascular smooth muscle cells and mid-capillary pericytes from the rat brain</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heckman imputation models for binary or continuous MNAR outcomes and MAR predictors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Emmanuel Galimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chevret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Resche-Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-30739-5⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (1), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12874-018-0547-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908519v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02310563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of sets of covariating gene expression using graph analysis on pairwise expression ratios</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cindie Courtin</w:t>
+                <w:t xml:space="preserve">Isolation and differential transcriptome of vascular smooth muscle cells and mid-capillary pericytes from the rat brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Chasseigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Moraca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cochois-Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Saubaméa</w:t>
+                <w:t xml:space="preserve">Anne-Cécile Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 35, pp.258 - 265. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.12272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bty629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-30739-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033388v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornithine Aminotransferase, an Important Glutamate-Metabolizing Enzyme at the Crossroads of Multiple Metabolic Pathways</w:t>
               </w:r>
@@ -6339,51 +6339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Cynober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 6 (1), pp.18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6417,90 +6417,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium response in bipolar disorder: No difference in GADL1 gene expression between cell lines from excellent-responders and non-responders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Marie-Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeverson Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindie Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6551,77 +6551,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium response in bipolar disorders and core clock genes expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindie Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeverson Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6854,51 +6854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camélia Marnia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paméla Nguele Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Siguret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7091,51 +7091,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. P. Trouvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7434,287 +7434,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01379539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium poisoning in the intensive care unit: predictive factors of severity and indications for extracorporeal toxin removal to improve outcome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of lithium on sleep and chronotypes in remitted patients with bipolar disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alexis Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vodovar</w:t>
+                <w:t xml:space="preserve">Ludovic Samalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souleiman El Balkhi</w:t>
+                <w:t xml:space="preserve">Pierre-Michel Llorca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Deye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mégarbane</w:t>
+                <w:t xml:space="preserve">Frank Bellivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 54 (8), pp.615-623. </w:t>
+              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 204, pp.32-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15563650.2016.1185110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jad.2016.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03860370v1</w:t>
+                <w:t xml:space="preserve">hal-02174749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of lithium on sleep and chronotypes in remitted patients with bipolar disorder</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lithium poisoning in the intensive care unit: predictive factors of severity and indications for extracorporeal toxin removal to improve outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Samalin</w:t>
+                <w:t xml:space="preserve">Dominique Vodovar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Michel Llorca</w:t>
+                <w:t xml:space="preserve">Souleiman El Balkhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Bellivier</w:t>
+                <w:t xml:space="preserve">Nicolas Deye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mégarbane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Affective Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 204, pp.32-39. </w:t>
+              <w:t xml:space="preserve">Clinical Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54 (8), pp.615-623. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jad.2016.06.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15563650.2016.1185110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174749v1</w:t>
+                <w:t xml:space="preserve">hal-03860370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAT0571 Trends in Strong Opioid Analgesic Prescriptions by French Rheumatologists: A Nationwide Survey</w:t>
               </w:r>
@@ -7726,51 +7726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-P. Trouvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7886,51 +7886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Casalino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Juvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mégarbane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Clinical Pharmacology and Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 116 (4), pp.372-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8003,51 +8003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grigioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Dedreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8232,90 +8232,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Value of Baseline Resistance in Early Response to Antidepressants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Icick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lépine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8388,51 +8388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouillanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8535,51 +8535,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Hamon-Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8770,488 +8770,488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00924338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endotoxemia affects citrulline, arginine and glutamine bioavailability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical Methodology for the Detection of Small Changes in Distances by EXAFS: Application to the Antimalarial Ruthenoquine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatimazahra Elwafi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Neveux</w:t>
+                <w:t xml:space="preserve">Faustine Dubar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Chaumeil</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simone Bénazeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Biot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2362.2011.02581.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116 (23), pp.5577--5585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp301811r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01992156v1</w:t>
+                <w:t xml:space="preserve">hal-03831284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An in silico model of enterocytic glutamine to citrulline conversion pathway</w:t>
+                <w:t xml:space="preserve">Endotoxemia affects citrulline, arginine and glutamine bioavailability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Bensaci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Nicolis</w:t>
+                <w:t xml:space="preserve">Fatimazahra Elwafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Zerrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-P De Bandt</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Claude Chaumeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amino Acids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Clinical Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42 (3), pp.282-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2362.2011.02581.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00726-012-1257-3⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831283v1</w:t>
+                <w:t xml:space="preserve">hal-01992156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Methodology for the Detection of Small Changes in Distances by EXAFS: Application to the Antimalarial Ruthenoquine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+                <w:t xml:space="preserve">An in silico model of enterocytic glutamine to citrulline conversion pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bensaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faustine Dubar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
+                <w:t xml:space="preserve">J-P De Bandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Bénazeth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Biot</w:t>
+                <w:t xml:space="preserve">S Bénazeth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Amino Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-012-1257-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp301811r⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03831284v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsenite medicinal use, metabolism, pharmacokinetics and monitoring in human hair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9323,64 +9323,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological Study Using XAS of an Arsenic Based Antileukemia Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bohic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9621,51 +9621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Oudadesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Irigaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Benazeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9707,77 +9707,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of hair as a diagnostic tool: X-ray fluorescence Zn monitoring in hairs of patients under parenteral nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9959,51 +9959,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering with missing data: Pooling multiple imputation results with consensus clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilith Faucheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Resche-Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Audigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10123,51 +10123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Irigaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bernache-Assollant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Biomaterials 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Barcelone, Spain. pp.144-144</w:t>
@@ -10248,51 +10248,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Irigaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Benazeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Medical and Biological Engineering Conference 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2002, Vienne, Austria. pp.162-163</w:t>
@@ -10360,64 +10360,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Oudadesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Irigaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Mediterranean Conference in Inorganic Chemistry FGIPS Meeting in Inorganic Chemistry 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1999, Toulouse, France</w:t>
@@ -10498,51 +10498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Irigaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Curis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europeen Conference on Biomaterials 15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, Bordeaux-Arcachon, France</w:t>
@@ -10603,51 +10603,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of baseline parameters associated with the inter-individual variability in cytidine deaminase serum activity, a key enzyme in the metabolism of pyrimidine analogue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.-H. Preta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10655,51 +10655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bessone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Narjoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the 41st ESMO Congress (ESMO 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Copenhagen, Denmark. 27, pp.vi42, 2016, </w:t>
@@ -11206,51 +11206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232507v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Foulon-Pinto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jourdi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delrue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Lafuente-Lafuente" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Cavalie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2025.102969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483417v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Villar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Schlageter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bosselut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00262-025-04046-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237052v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre de Fautereau-Vassel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mokhtarian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mangenot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Krekounian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kousignian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.14166" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892903v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Lafuente" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Guen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Tall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1981-1763" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03970387v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefr&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sakka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Fourati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Levasseur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2022.11.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04075027v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Darnaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Daali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscille Trouvin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perrot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15030979" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04092093v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Alessandra Atehortua Martinez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mekdad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Larrieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindie Courtin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02698811221123047" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840561v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Zerdazi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Karsinti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Icick" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Fortias" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugalcdep.2022.109270" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831197v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Serres-Cousine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiene Marie Kuijper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Atashroo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ogx.0000816496.50775.90" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819740v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Laredo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Masson-Fron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Voicu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M&#233;garbane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhum.2021.10.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2021-0387" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958266v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Auvermann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pereira" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Milleville" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chevillard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239600v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grillault Laroche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Curis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellivier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nepost" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gross" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07420528.2021.1903028" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04314191v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bestaoui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Chiriac" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ji" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gibert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#233;line Bonnet-Serrano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908526v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Taccola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barneoud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Cartot-Cotton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Valente" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schussler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2021.108588" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831178v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.06.019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senade Atsou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Furlan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duchemin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Ellouze" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Sourdeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2020.173764" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102064v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perrin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Abdoul" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.13443" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04347766v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gendrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Doria" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Reboul" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chaigneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024265v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Grillault Laroche" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Curis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bellivier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nepost" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104753" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192061v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gael Cordier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouvier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vibert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Martinovic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2020.08.008" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840569v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ulmann" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouinot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tlemsani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000504874" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831177v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Beller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.05.012" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Webb" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577520005822" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02397750v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jourdi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delrue" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stepanian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valaize" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Foulon-Pinto" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2019.11.001" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892944v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gendron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zia Chahabi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poenou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rivet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Belleville-Rolland" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221534" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892917v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stepanian" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valaize" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032928v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calypso Nepost" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Grillault Laroche" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Laplanche" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52217-2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335130v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Marie-Claire" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouaziz-Amar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2019.576993" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892963v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pailleret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Siguret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouin-Thibault" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000903" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830874v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Preta" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joste" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Huillard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13849" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02626069v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michonneau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Latis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubouchet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivapriya Ramamoorthy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13498-3" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02317645v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02179152v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carlo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.14541" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877093v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boisseillier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivel Massamba" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brignole-Baudouin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877101v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Berbak" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Haddad" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Lanseur" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Thiebot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01868957v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chasseigneaux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Moraca" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cochois-Gu&#233;gan" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Boulay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gilbert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30739-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904746v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexis Geoffroy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Saubamea" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty629" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904753v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Marees" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde de Kluiver" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Stringer" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vorspan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.1608" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877086v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu-Lu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Tebtoub" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joanny-Flinois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Desaulle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713957v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lefebvre" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Le Bonniec" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gaussem" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2018.02.004" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02310563v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Emmanuel Galimard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-018-0547-1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908519v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033388v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Saubam&#233;a" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831231v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ginguay" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cynober" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology6010018" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904761v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeverson Moreira" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.02.022" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904765v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morvillers" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15622975.2017.1282174" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957132v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Breuillard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane S. Le Plenier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moinard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.10.020" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379565v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laoudy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Marnia" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Nguele Anne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379574v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tauty" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Kon&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane de Panthou" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nivet-Antoine" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831229v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Trouvin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dahan" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Javier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379549v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Silva" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Pizzighella" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sabbagh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379539v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pijeaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bottin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Kouoi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berthat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Besson" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860370v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleiman El Balkhi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15563650.2016.1185110" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02174749v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Samalin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Llorca" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bellivier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2016.06.015" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831230v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P. Trouvin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-M. Javier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-eular.5594" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871703v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaune" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Casalino" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Juvin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcpt.12311" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372200v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquot" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grigioni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dedreux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.12481" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103437v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Blanchet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latournerie" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Antignac" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Houssel-Debry" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2014.12.018" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037037v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Millet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#233;pine" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2014.03.002" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302497v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouillanne" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Neveux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2013.10.006" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831273v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hamon-Vilcot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chr&#233;tien" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2012.08.015" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z245P9NF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00924338v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senda Bahri" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Zerrouk" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aussel" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crenn" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2012.07.002" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01992156v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimazahra Elwafi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Chaumeil" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2362.2011.02581.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9B49BQSJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831283v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bensaci" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P De Bandt" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;nazeth" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-012-1257-3" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HPM51KH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831284v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone B&#233;nazeth" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Biot" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp301811r" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895148v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deschamps" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;nazeth" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.06.003" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNRWG2BN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400518v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000241v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chelala" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Imbeaud" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Zoorob" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cox" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218339002000743" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011500v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oudadesse" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Irigaray" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benazeth" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007166v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevallier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Corriol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616646v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lasserre" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000687v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilith Faucheux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Audigier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Soumelis" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012523v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guibert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012522v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009356v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009313v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brun" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831124v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-H. Preta" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessone" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Narjoz" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdw363.89" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831472v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Deschamps" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rart" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc-Jouyaux" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landais" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786932v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola F&#233;r&#233; G&#233;ly" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Camboulive" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Petipre" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Corvis" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232507v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Foulon-Pinto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jourdi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delrue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Lafuente-Lafuente" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Cavalie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2025.102969" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483417v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Villar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Schlageter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bosselut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00262-025-04046-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237052v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre de Fautereau-Vassel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mokhtarian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mangenot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Krekounian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kousignian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.14166" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892903v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Lafuente" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Guen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Tall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1981-1763" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03970387v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefr&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Sakka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Fourati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Levasseur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2022.11.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04075027v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Darnaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Daali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscille Trouvin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perrot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15030979" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04092093v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831134v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhum.2021.10.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784427v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Alessandra Atehortua Martinez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mekdad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Larrieu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindie Courtin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02698811221123047" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840561v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Zerdazi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Karsinti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Icick" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Fortias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugalcdep.2022.109270" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831197v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Serres-Cousine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiene Marie Kuijper" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Atashroo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ogx.0000816496.50775.90" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819740v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Laredo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Masson-Fron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Voicu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M&#233;garbane" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493163v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senade Atsou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Furlan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duchemin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Ellouze" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Sourdeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2020.173764" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102064v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perrin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Abdoul" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.13443" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958266v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Auvermann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pereira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Milleville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chevillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858359v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2021-0387" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239600v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grillault Laroche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Curis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellivier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nepost" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gross" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07420528.2021.1903028" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04314191v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bestaoui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Chiriac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ji" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gibert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#233;line Bonnet-Serrano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908526v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Taccola" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barneoud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Cartot-Cotton" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Valente" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schussler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2021.108588" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831178v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.06.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04347766v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gendrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Doria" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Reboul" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chaigneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192061v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gael Cordier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouvier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vibert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Martinovic" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2020.08.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024265v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Grillault Laroche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Curis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bellivier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Nepost" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104753" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840569v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ulmann" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouinot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tlemsani" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000504874" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831177v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Beller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.05.012" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Webb" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577520005822" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02317645v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gendron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zia Chahabi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poenou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rivet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Belleville-Rolland" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221534" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02179152v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Siguret" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carlo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.14541" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892944v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02397750v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jourdi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delrue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stepanian" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valaize" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Foulon-Pinto" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2019.11.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892917v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stepanian" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valaize" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032928v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calypso Nepost" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Grillault Laroche" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Laplanche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52217-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335130v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Marie-Claire" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouaziz-Amar" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2019.576993" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355149v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892963v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pailleret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouin-Thibault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000903" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830874v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Preta" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joste" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Huillard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13849" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02626069v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michonneau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Latis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubouchet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivapriya Ramamoorthy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13498-3" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033388v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexis Geoffroy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Saubam&#233;a" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty629" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877101v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Berbak" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Haddad" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Lanseur" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Thiebot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877093v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boisseillier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivel Massamba" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brignole-Baudouin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01868957v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chasseigneaux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Moraca" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cochois-Gu&#233;gan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Boulay" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gilbert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30739-5" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904746v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Saubamea" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904753v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Marees" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde de Kluiver" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Stringer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vorspan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mpr.1608" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877086v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu-Lu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Tebtoub" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joanny-Flinois" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Desaulle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713957v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lefebvre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Le Bonniec" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gaussem" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2018.02.004" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02310563v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Emmanuel Galimard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-018-0547-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908519v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831231v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ginguay" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cynober" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology6010018" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904761v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeverson Moreira" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.02.022" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904765v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morvillers" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15622975.2017.1282174" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01957132v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Breuillard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane S. Le Plenier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moinard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.10.020" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379565v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laoudy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Marnia" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Nguele Anne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379574v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tauty" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Kon&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane de Panthou" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nivet-Antoine" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831229v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Trouvin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dahan" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Javier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379549v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Silva" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Pizzighella" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sabbagh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379539v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pijeaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bottin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Kouoi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berthat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Besson" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02174749v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Samalin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Llorca" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bellivier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2016.06.015" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860370v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleiman El Balkhi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15563650.2016.1185110" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831230v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P. Trouvin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-M. Javier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-eular.5594" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871703v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaune" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Casalino" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Juvin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcpt.12311" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372200v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquot" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grigioni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dedreux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.12481" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103437v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Blanchet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latournerie" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Antignac" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Houssel-Debry" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2014.12.018" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037037v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Millet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#233;pine" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2014.03.002" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302497v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouillanne" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Neveux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2013.10.006" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831273v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hamon-Vilcot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chr&#233;tien" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2012.08.015" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z245P9NF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00924338v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senda Bahri" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Zerrouk" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aussel" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crenn" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2012.07.002" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831284v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone B&#233;nazeth" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Biot" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp301811r" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01992156v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimazahra Elwafi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Chaumeil" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2362.2011.02581.x" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9B49BQSJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831283v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bensaci" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P De Bandt" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;nazeth" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-012-1257-3" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HPM51KH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895148v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deschamps" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;nazeth" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.06.003" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNRWG2BN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400518v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000241v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chelala" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Imbeaud" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Zoorob" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cox" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218339002000743" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011500v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oudadesse" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Irigaray" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benazeth" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007166v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevallier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Corriol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616646v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lasserre" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000687v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilith Faucheux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Audigier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Soumelis" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012523v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guibert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012522v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009356v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009313v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brun" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831124v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-H. Preta" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessone" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Narjoz" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdw363.89" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831472v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Deschamps" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rart" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc-Jouyaux" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landais" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786932v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola F&#233;r&#233; G&#233;ly" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Camboulive" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Petipre" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Corvis" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>