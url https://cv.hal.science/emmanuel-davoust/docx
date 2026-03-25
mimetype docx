--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -571,51 +571,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -683,776 +683,1056 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le voyage de l'expédition allemande pour observer le passage de Vénus du 8 décembre 1874 aux îles Kerguelen, et son séjour en ces lieux</w:t>
+                <w:t xml:space="preserve">Sauvegarde, inventaire et valorisation du patrimoine de l'Observatoire Midi-Pyré nées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pulsar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 733, pp.8-12</w:t>
+              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 129, pp.41-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02993178v1</w:t>
+                <w:t xml:space="preserve">hal-05552035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernand Baldet (1885 – 1964), un astronome épris de paix</w:t>
+                <w:t xml:space="preserve">Le voyage de l'expédition allemande pour observer le passage de Vénus du 8 décembre 1874 aux îles Kerguelen, et son séjour en ces lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ciel &amp; Espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 353, pp.60-63</w:t>
+              <w:t xml:space="preserve">Pulsar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 733, pp.8-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309191v1</w:t>
+                <w:t xml:space="preserve">hal-02993178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Devaux (1902-1936), météorologiste au Pic du Midi</w:t>
+                <w:t xml:space="preserve">Fernand Baldet (1885 – 1964), un astronome épris de paix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Météorologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 8è série, numéro spécial,, pp.22-28</w:t>
+              <w:t xml:space="preserve">Ciel &amp; Espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 353, pp.60-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02991233v1</w:t>
+                <w:t xml:space="preserve">hal-04309191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'éclipse de Soleil du 30 août 1905 à Alcala de Chisvert</w:t>
+                <w:t xml:space="preserve">Joseph Devaux (1902-1936), météorologiste au Pic du Midi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Astronomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 109, pp.309-313</w:t>
+              <w:t xml:space="preserve">La Météorologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 8è série, numéro spécial,, pp.22-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02991200v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quoi sert l'astronomie ?</w:t>
+                <w:t xml:space="preserve">Pożytki z astronomii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pulsar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 39, pp.315-322</w:t>
+              <w:t xml:space="preserve">Postępy Astronomii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 44 (2), pp.56-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02991226v1</w:t>
+                <w:t xml:space="preserve">hal-05549176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'éclipse de Soleil du 30 août 1905 à Alcala de Chisvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Astronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 109, pp.309-313</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quoi sert l'astronomie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pulsar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 39, pp.315-322</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A quoi sert la scientométrie?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal des Astronomes Francais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02979890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séances d'astronomie dans 41 écoles de Besançon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Clairaut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1982, 18, pp.27-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Datation d'un astrolabe des Frères Prêcheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Observatoire Midi-Pyrénées. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269582v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plasticité matérielle des instruments. Les usages du télescope de 80 cm de l’Observatoire de Toulouse (XIXe-XXe siècles),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque Matières à raisonner 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RÖSCH, Jean (1915-1999)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jeannine Verdès-Leroux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Algérie et la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Robert Laffont, 2009, Bouquins, 978-2-221-10946-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution des usages du grand télescope de Toulouse au 20e siècle (Mondes Sociaux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u95g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1462,91 +1742,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernand Baldet (1885 -1964) A freedom-loving astronomer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1556,111 +1836,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des références dans le discours astronomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "une nouvelle donne pour les revues scientifiques?",</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1997, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02979151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1670,185 +1950,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur la structure et la dynamique des galaxies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Planète et Univers [physics]. Universté de Franche-Comté, 1983. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02316381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles analytiques pour la structure et l'évolution des systèmes stellaires sphériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Davoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. Université Pierre &amp; Marie Curie - Paris 6, 1977. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02196321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1995,51 +2275,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945645v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Davoust" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945659v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016627v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016613v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723912v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraix-Burnet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309205v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343106v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1515m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993178v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309191v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991233v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Meyer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991200v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991226v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979890v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269582v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03814637v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04827008v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u95g" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979151v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Girard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02316381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02196321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945645v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Davoust" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945659v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016627v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016613v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723912v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraix-Burnet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309205v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343106v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1515m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552035v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993178v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309191v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991233v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Meyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549176v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991200v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991226v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979890v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549333v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269582v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03814637v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551775v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04827008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u95g" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313850v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979151v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Girard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02316381v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02196321v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>